--- v0 (2025-12-11)
+++ v1 (2026-01-01)
@@ -19620,71 +19620,86 @@
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N187" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P187" t="inlineStr">
         <is>
           <t>10.3133/ofr79220</t>
         </is>
       </c>
       <c r="T187" t="inlineStr">
         <is>
           <t>1978</t>
         </is>
       </c>
       <c r="U187" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V187" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W187" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z187" t="inlineStr">
         <is>
-          <t>69 p. :ill., maps ;28 cm.</t>
+          <t>68 p.</t>
+        </is>
+      </c>
+      <c r="AM187" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN187" t="inlineStr">
+        <is>
+          <t>Nevada</t>
+        </is>
+      </c>
+      <c r="AQ187" t="inlineStr">
+        <is>
+          <t>Yucca Lake</t>
         </is>
       </c>
       <c r="AW187" t="inlineStr">
         <is>
           <t>Zohdy, Adel A. R.; Bisdorf, Robert J.</t>
         </is>
       </c>
       <c r="AZ187" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA187" t="inlineStr">
         <is>
           <t>4f4e4a0de4b07f02db5fd482</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr78212</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>11027</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>ofr78212</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">