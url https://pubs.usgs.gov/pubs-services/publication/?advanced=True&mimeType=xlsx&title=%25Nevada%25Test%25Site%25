--- v1 (2026-01-01)
+++ v2 (2026-02-26)
@@ -9708,50 +9708,55 @@
       <c r="AF86" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="AJ86" t="inlineStr">
         <is>
           <t>Proceedings of the 2nd Annual International Conference on High Level Radioactive Waste Management</t>
         </is>
       </c>
       <c r="AK86" t="inlineStr">
         <is>
           <t>Las Vegas, NV, USA</t>
         </is>
       </c>
       <c r="AL86" t="inlineStr">
         <is>
           <t>28 April 1991 through 3 May 1991</t>
         </is>
       </c>
       <c r="AW86" t="inlineStr">
         <is>
           <t>Stuckless, J. S.</t>
         </is>
       </c>
+      <c r="AX86" t="inlineStr">
+        <is>
+          <t>Anon</t>
+        </is>
+      </c>
       <c r="AZ86" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA86" t="inlineStr">
         <is>
           <t>505a0c6fe4b0c8380cd52b48</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr9087</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>20371</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>ofr9087</t>
@@ -11301,50 +11306,55 @@
       <c r="AM102" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN102" t="inlineStr">
         <is>
           <t>Nevada</t>
         </is>
       </c>
       <c r="AO102" t="inlineStr">
         <is>
           <t>Nye County</t>
         </is>
       </c>
       <c r="AQ102" t="inlineStr">
         <is>
           <t>Pahute Mesa</t>
         </is>
       </c>
       <c r="AT102" t="inlineStr">
         <is>
           <t>48000</t>
         </is>
       </c>
+      <c r="AW102" t="inlineStr">
+        <is>
+          <t>Water Resources Division, U.S. Geological Survey</t>
+        </is>
+      </c>
       <c r="AZ102" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="BA102" t="inlineStr">
         <is>
           <t>4f4e4a7fe4b07f02db648874</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr87506</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>40229</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>ofr87506</t>
@@ -14693,51 +14703,51 @@
           <t>1983</t>
         </is>
       </c>
       <c r="U137" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V137" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W137" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z137" t="inlineStr">
         <is>
           <t>11 p. maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW137" t="inlineStr">
         <is>
-          <t>Muller, D.C.; Kibler, J. E.</t>
+          <t>Muller, D. C.; Kibler, J. E.</t>
         </is>
       </c>
       <c r="AZ137" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="BA137" t="inlineStr">
         <is>
           <t>4f4e4b24e4b07f02db6ae625</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr83642</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>8733</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
@@ -17767,1045 +17777,1045 @@
       </c>
       <c r="Z168" t="inlineStr">
         <is>
           <t>iii, 30 p. :ill., map ;28 cm.</t>
         </is>
       </c>
       <c r="AW168" t="inlineStr">
         <is>
           <t>Hoover, D. L.; Swadley, W. C.; Gordon, A.J.</t>
         </is>
       </c>
       <c r="AZ168" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA168" t="inlineStr">
         <is>
           <t>4f4e4ad8e4b07f02db6846f9</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr80941</t>
+          <t>https://pubs.usgs.gov/publication/ofr80929</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>23263</t>
+          <t>24583</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>ofr80941</t>
+          <t>ofr80929</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
-          <t>Interpretation of geophysical well-log measurements in drill hole UE25a-1, Nevada Test Site, radioactive waste program</t>
+          <t>Preliminary interpretations of geologic results obtained from boreholes UE25a-4,-5,-6, and -7, Yucca Mountain, Nevada Test Site</t>
         </is>
       </c>
       <c r="H169" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I169" t="inlineStr">
         <is>
-          <t>80-941</t>
+          <t>80-929</t>
         </is>
       </c>
       <c r="M169" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N169" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P169" t="inlineStr">
         <is>
-          <t>10.3133/ofr80941</t>
+          <t>10.3133/ofr80929</t>
         </is>
       </c>
       <c r="T169" t="inlineStr">
         <is>
           <t>1980</t>
         </is>
       </c>
       <c r="U169" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V169" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W169" t="inlineStr">
         <is>
-          <t>U.S. Dept. of the Interior, Geological Survey ; Open-File Services Section, Branch of Distribution, U.S. Geological Survey [distributor],</t>
+          <t>U.S. Dept. of the Interior, Geological Survey ; Open-File Services Section, Branch of Distribution, U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z169" t="inlineStr">
         <is>
-          <t>34 p. ill. ;28 cm.</t>
+          <t>iii, 35 p. ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW169" t="inlineStr">
         <is>
-          <t>Hagstrum, J.T.; Daniels, Jeffrey J.; Scott, J. H.</t>
+          <t>Spengler, Richard W.; Rosenbaum, J. G.</t>
         </is>
       </c>
       <c r="AZ169" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA169" t="inlineStr">
         <is>
-          <t>4f4e49dae4b07f02db5e03b3</t>
+          <t>4f4e4abce4b07f02db673223</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr80929</t>
+          <t>https://pubs.usgs.gov/publication/ofr80941</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>24583</t>
+          <t>23263</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>ofr80929</t>
+          <t>ofr80941</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
-          <t>Preliminary interpretations of geologic results obtained from boreholes UE25a-4,-5,-6, and -7, Yucca Mountain, Nevada Test Site</t>
+          <t>Interpretation of geophysical well-log measurements in drill hole UE25a-1, Nevada Test Site, radioactive waste program</t>
         </is>
       </c>
       <c r="H170" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I170" t="inlineStr">
         <is>
-          <t>80-929</t>
+          <t>80-941</t>
         </is>
       </c>
       <c r="M170" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N170" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P170" t="inlineStr">
         <is>
-          <t>10.3133/ofr80929</t>
+          <t>10.3133/ofr80941</t>
         </is>
       </c>
       <c r="T170" t="inlineStr">
         <is>
           <t>1980</t>
         </is>
       </c>
       <c r="U170" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V170" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W170" t="inlineStr">
         <is>
-          <t>U.S. Dept. of the Interior, Geological Survey ; Open-File Services Section, Branch of Distribution, U.S. Geological Survey,</t>
+          <t>U.S. Dept. of the Interior, Geological Survey ; Open-File Services Section, Branch of Distribution, U.S. Geological Survey [distributor],</t>
         </is>
       </c>
       <c r="Z170" t="inlineStr">
         <is>
-          <t>iii, 35 p. ill., maps ;28 cm.</t>
+          <t>34 p. ill. ;28 cm.</t>
         </is>
       </c>
       <c r="AW170" t="inlineStr">
         <is>
-          <t>Spengler, Richard W.; Rosenbaum, J. G.</t>
+          <t>Hagstrum, J.T.; Daniels, Jeffrey J.; Scott, J. H.</t>
         </is>
       </c>
       <c r="AZ170" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA170" t="inlineStr">
         <is>
-          <t>4f4e4abce4b07f02db673223</t>
+          <t>4f4e49dae4b07f02db5e03b3</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr80942</t>
+          <t>https://pubs.usgs.gov/publication/ofr80963</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>23387</t>
+          <t>8270</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>ofr80942</t>
+          <t>ofr80963</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
-          <t>Geology of the Syncline Ridge area related to nuclear waste disposal, Nevada Test Site, Nye County, Nevada</t>
+          <t>Flood potential of Topopah Wash and tributaries, eastern part of Jackass Flats, Nevada Test Site, southern Nevada</t>
         </is>
       </c>
       <c r="H171" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I171" t="inlineStr">
         <is>
-          <t>80-942</t>
+          <t>80-963</t>
         </is>
       </c>
       <c r="M171" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N171" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P171" t="inlineStr">
         <is>
-          <t>10.3133/ofr80942</t>
+          <t>10.3133/ofr80963</t>
         </is>
       </c>
       <c r="T171" t="inlineStr">
         <is>
           <t>1980</t>
         </is>
       </c>
       <c r="U171" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V171" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W171" t="inlineStr">
         <is>
-          <t>U.S. Dept. of the Interior, Geological Survey :
-Purchase from Open-File Services Section, Branch of Distribution, U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z171" t="inlineStr">
         <is>
-          <t>iv, 74 p. ill., maps ;28 cm.</t>
+          <t>iv, 26 p. ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW171" t="inlineStr">
         <is>
-          <t>Hoover, D. L.; Morrison, J.N.</t>
+          <t>Christensen, Rulon C.; Spahr, Norman E. nspahr@usgs.gov</t>
         </is>
       </c>
       <c r="AZ171" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA171" t="inlineStr">
         <is>
-          <t>4f4e4acce4b07f02db67e3c3</t>
+          <t>4f4e49f2e4b07f02db5eeb77</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr80569</t>
+          <t>https://pubs.usgs.gov/publication/ofr80942</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>24887</t>
+          <t>23387</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>ofr80569</t>
+          <t>ofr80942</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G172" t="inlineStr">
         <is>
-          <t>Paleohydrology of the southern Great Basin, with special reference to water table fluctuations beneath the Nevada Test Site during the late(?) Pleistocene</t>
+          <t>Geology of the Syncline Ridge area related to nuclear waste disposal, Nevada Test Site, Nye County, Nevada</t>
         </is>
       </c>
       <c r="H172" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I172" t="inlineStr">
         <is>
-          <t>80-569</t>
+          <t>80-942</t>
         </is>
       </c>
       <c r="M172" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N172" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P172" t="inlineStr">
         <is>
-          <t>10.3133/ofr80569</t>
+          <t>10.3133/ofr80942</t>
         </is>
       </c>
       <c r="T172" t="inlineStr">
         <is>
           <t>1980</t>
         </is>
       </c>
       <c r="U172" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V172" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W172" t="inlineStr">
         <is>
-          <t>U.S. Dept. of the Interior, Geological Survey ; Open-file Services Section, U.S. Geological Survey [distributor],</t>
+          <t>U.S. Dept. of the Interior, Geological Survey :
+Purchase from Open-File Services Section, Branch of Distribution, U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z172" t="inlineStr">
         <is>
-          <t>iv, 97 p. ill., maps ;28 cm.</t>
+          <t>iv, 74 p. ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW172" t="inlineStr">
         <is>
-          <t>Winograd, Isaac Judah; Doty, Gene C.</t>
+          <t>Hoover, D. L.; Morrison, J.N.</t>
         </is>
       </c>
       <c r="AZ172" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA172" t="inlineStr">
         <is>
-          <t>4f4e4ae4e4b07f02db689d2c</t>
+          <t>4f4e4acce4b07f02db67e3c3</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr80847</t>
+          <t>https://pubs.usgs.gov/publication/ofr80569</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>22388</t>
+          <t>24887</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>ofr80847</t>
+          <t>ofr80569</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
-          <t>A vertical seismic profiling experiment to determine depth and dip of the Paleozoic surface at drill hole U10bd, Nevada Test Site, Nevada</t>
+          <t>Paleohydrology of the southern Great Basin, with special reference to water table fluctuations beneath the Nevada Test Site during the late(?) Pleistocene</t>
         </is>
       </c>
       <c r="H173" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I173" t="inlineStr">
         <is>
-          <t>80-847</t>
+          <t>80-569</t>
         </is>
       </c>
       <c r="M173" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N173" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P173" t="inlineStr">
         <is>
-          <t>10.3133/ofr80847</t>
+          <t>10.3133/ofr80569</t>
         </is>
       </c>
       <c r="T173" t="inlineStr">
         <is>
           <t>1980</t>
         </is>
       </c>
       <c r="U173" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V173" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W173" t="inlineStr">
         <is>
-          <t>U.S. Dept. of the Interior, Geological Survey,</t>
+          <t>U.S. Dept. of the Interior, Geological Survey ; Open-file Services Section, U.S. Geological Survey [distributor],</t>
         </is>
       </c>
       <c r="Z173" t="inlineStr">
         <is>
-          <t>iii, 29 p., 11 over-size sheets, ill., charts, maps ;28 cm.</t>
+          <t>iv, 97 p. ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW173" t="inlineStr">
         <is>
-          <t>Balch, Alfred H.; Lee, Myung W. mlee@usgs.gov; Muller, D.C.</t>
+          <t>Winograd, Isaac Judah; Doty, Gene C.</t>
         </is>
       </c>
       <c r="AZ173" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA173" t="inlineStr">
         <is>
-          <t>4f4e4b16e4b07f02db6a543a</t>
+          <t>4f4e4ae4e4b07f02db689d2c</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr80126</t>
+          <t>https://pubs.usgs.gov/publication/ofr80847</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>13251</t>
+          <t>22388</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>ofr80126</t>
+          <t>ofr80847</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
-          <t>Borehole geophysical measurements for hole UE25-3, Nevada Test Site, Nuclear Waste Isolation Program</t>
+          <t>A vertical seismic profiling experiment to determine depth and dip of the Paleozoic surface at drill hole U10bd, Nevada Test Site, Nevada</t>
         </is>
       </c>
       <c r="H174" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I174" t="inlineStr">
         <is>
-          <t>80-126</t>
+          <t>80-847</t>
         </is>
       </c>
       <c r="M174" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N174" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P174" t="inlineStr">
         <is>
-          <t>10.3133/ofr80126</t>
+          <t>10.3133/ofr80847</t>
         </is>
       </c>
       <c r="T174" t="inlineStr">
         <is>
           <t>1980</t>
         </is>
       </c>
       <c r="U174" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V174" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W174" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S. Dept. of the Interior, Geological Survey,</t>
         </is>
       </c>
       <c r="Z174" t="inlineStr">
         <is>
-          <t>32 p.</t>
-[...14 lines deleted...]
-          <t>Nevada Test Site</t>
+          <t>iii, 29 p., 11 over-size sheets, ill., charts, maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW174" t="inlineStr">
         <is>
-          <t>Daniels, Jeffrey J.; Scott, James H.</t>
+          <t>Balch, Alfred H.; Lee, Myung W. mlee@usgs.gov; Muller, D. C.</t>
         </is>
       </c>
       <c r="AZ174" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA174" t="inlineStr">
         <is>
-          <t>4f4e4a14e4b07f02db6029fe</t>
+          <t>4f4e4b16e4b07f02db6a543a</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr80826</t>
+          <t>https://pubs.usgs.gov/publication/ofr80126</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>24444</t>
+          <t>13251</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>ofr80826</t>
+          <t>ofr80126</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
-          <t>Analysis of thermal data from drill holes UE25a-3 and UE25a-1, Calico Hills and Yucca Mountain, Nevada Test Site</t>
+          <t>Borehole geophysical measurements for hole UE25-3, Nevada Test Site, Nuclear Waste Isolation Program</t>
         </is>
       </c>
       <c r="H175" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I175" t="inlineStr">
         <is>
-          <t>80-826</t>
+          <t>80-126</t>
         </is>
       </c>
       <c r="M175" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N175" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P175" t="inlineStr">
         <is>
-          <t>10.3133/ofr80826</t>
+          <t>10.3133/ofr80126</t>
         </is>
       </c>
       <c r="T175" t="inlineStr">
         <is>
           <t>1980</t>
         </is>
       </c>
       <c r="U175" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V175" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W175" t="inlineStr">
         <is>
-          <t>U.S. Dept of the Interior, Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z175" t="inlineStr">
         <is>
-          <t>25 p. ill. ;28 cm.</t>
+          <t>32 p.</t>
+        </is>
+      </c>
+      <c r="AM175" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN175" t="inlineStr">
+        <is>
+          <t>Nevada</t>
+        </is>
+      </c>
+      <c r="AQ175" t="inlineStr">
+        <is>
+          <t>Nevada Test Site</t>
         </is>
       </c>
       <c r="AW175" t="inlineStr">
         <is>
-          <t>Sass, J.H.; Lachenbruch, Arthur H.; Mase, C. W.</t>
+          <t>Daniels, Jeffrey J.; Scott, James H.</t>
         </is>
       </c>
       <c r="AZ175" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA175" t="inlineStr">
         <is>
-          <t>4f4e4acee4b07f02db67ff63</t>
+          <t>4f4e4a14e4b07f02db6029fe</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr80466</t>
+          <t>https://pubs.usgs.gov/publication/ofr80826</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>22335</t>
+          <t>24444</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>ofr80466</t>
+          <t>ofr80826</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
-          <t>Resistivity sounding investigation by the Schlumberger method in the Syncline Ridge area, Nevada Test Site, Nevada</t>
+          <t>Analysis of thermal data from drill holes UE25a-3 and UE25a-1, Calico Hills and Yucca Mountain, Nevada Test Site</t>
         </is>
       </c>
       <c r="H176" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I176" t="inlineStr">
         <is>
-          <t>80-466</t>
+          <t>80-826</t>
         </is>
       </c>
       <c r="M176" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N176" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P176" t="inlineStr">
         <is>
-          <t>10.3133/ofr80466</t>
+          <t>10.3133/ofr80826</t>
         </is>
       </c>
       <c r="T176" t="inlineStr">
         <is>
           <t>1980</t>
         </is>
       </c>
       <c r="U176" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V176" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W176" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S. Dept of the Interior, Geological Survey,</t>
         </is>
       </c>
       <c r="Z176" t="inlineStr">
         <is>
-          <t>70 p.</t>
-[...14 lines deleted...]
-          <t>Syncline Ridge area</t>
+          <t>25 p. ill. ;28 cm.</t>
         </is>
       </c>
       <c r="AW176" t="inlineStr">
         <is>
-          <t>Anderson, L. A.; Bisdorf, R.J.; Schoenthaler, D.R.</t>
+          <t>Sass, J.H.; Lachenbruch, Arthur H.; Mase, C. W.</t>
         </is>
       </c>
       <c r="AZ176" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA176" t="inlineStr">
         <is>
-          <t>4f4e4a51e4b07f02db629e6b</t>
+          <t>4f4e4acee4b07f02db67ff63</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr80817</t>
+          <t>https://pubs.usgs.gov/publication/ofr80466</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>13817</t>
+          <t>22335</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>ofr80817</t>
+          <t>ofr80466</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G177" t="inlineStr">
         <is>
-          <t>Bibliography of reports by U.S. Geological Survey personnel pertaining to underground nuclear testing and radioactive waste disposal at the Nevada Test Site, and radioactive waste disposal at the WIPP site, New Mexico, January 1, 1979, to December 31, 1979</t>
+          <t>Resistivity sounding investigation by the Schlumberger method in the Syncline Ridge area, Nevada Test Site, Nevada</t>
         </is>
       </c>
       <c r="H177" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I177" t="inlineStr">
         <is>
-          <t>80-817</t>
+          <t>80-466</t>
         </is>
       </c>
       <c r="M177" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N177" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P177" t="inlineStr">
         <is>
-          <t>10.3133/ofr80817</t>
+          <t>10.3133/ofr80466</t>
         </is>
       </c>
       <c r="T177" t="inlineStr">
         <is>
           <t>1980</t>
         </is>
       </c>
       <c r="U177" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V177" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W177" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z177" t="inlineStr">
         <is>
-          <t>23 p. :maps ;28 cm.</t>
+          <t>70 p.</t>
+        </is>
+      </c>
+      <c r="AM177" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN177" t="inlineStr">
+        <is>
+          <t>Nevada</t>
+        </is>
+      </c>
+      <c r="AQ177" t="inlineStr">
+        <is>
+          <t>Syncline Ridge area</t>
         </is>
       </c>
       <c r="AW177" t="inlineStr">
         <is>
-          <t>Glanzman, V.M.</t>
+          <t>Anderson, L. A.; Bisdorf, R.J.; Schoenthaler, D.R.</t>
         </is>
       </c>
       <c r="AZ177" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA177" t="inlineStr">
         <is>
-          <t>4f4e4a4ee4b07f02db627f01</t>
+          <t>4f4e4a51e4b07f02db629e6b</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr80963</t>
+          <t>https://pubs.usgs.gov/publication/ofr80817</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>8270</t>
+          <t>13817</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>ofr80963</t>
+          <t>ofr80817</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
-          <t>Flood potential of Topopah Wash and tributaries, eastern part of Jackass Flats, Nevada Test Site, southern Nevada</t>
+          <t>Bibliography of reports by U.S. Geological Survey personnel pertaining to underground nuclear testing and radioactive waste disposal at the Nevada Test Site, and radioactive waste disposal at the WIPP site, New Mexico, January 1, 1979, to December 31, 1979</t>
         </is>
       </c>
       <c r="H178" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I178" t="inlineStr">
         <is>
-          <t>80-963</t>
+          <t>80-817</t>
         </is>
       </c>
       <c r="M178" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N178" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P178" t="inlineStr">
         <is>
-          <t>10.3133/ofr80963</t>
+          <t>10.3133/ofr80817</t>
         </is>
       </c>
       <c r="T178" t="inlineStr">
         <is>
           <t>1980</t>
         </is>
       </c>
       <c r="U178" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V178" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W178" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z178" t="inlineStr">
         <is>
-          <t>iv, 26 p. ill., maps ;28 cm.</t>
+          <t>23 p. :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW178" t="inlineStr">
         <is>
-          <t>Christensen, Rulon C.; Spahr, Norman E. nspahr@usgs.gov</t>
+          <t>Glanzman, V.M.</t>
         </is>
       </c>
       <c r="AZ178" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA178" t="inlineStr">
         <is>
-          <t>4f4e49f2e4b07f02db5eeb77</t>
+          <t>4f4e4a4ee4b07f02db627f01</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr801098</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>48565</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>ofr801098</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
@@ -19145,51 +19155,51 @@
           <t>United States</t>
         </is>
       </c>
       <c r="AN182" t="inlineStr">
         <is>
           <t>Nevada</t>
         </is>
       </c>
       <c r="AQ182" t="inlineStr">
         <is>
           <t>Calico Hills</t>
         </is>
       </c>
       <c r="AU182" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV182" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW182" t="inlineStr">
         <is>
-          <t>Maldonado, Florian fmaldona@usgs.gov; Muller, D.C.; Morrison, J.N.</t>
+          <t>Maldonado, Florian fmaldona@usgs.gov; Muller, D. C.; Morrison, J.N.</t>
         </is>
       </c>
       <c r="AZ182" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA182" t="inlineStr">
         <is>
           <t>5620ce8fe4b06217fc478b08</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr791244</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>11280</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
@@ -19242,357 +19252,357 @@
           <t>1979</t>
         </is>
       </c>
       <c r="U183" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V183" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W183" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z183" t="inlineStr">
         <is>
           <t>iii, 46 p., 1 over-size sheet ;27 cm.</t>
         </is>
       </c>
       <c r="AW183" t="inlineStr">
         <is>
-          <t>Spengler, Richard W.; Muller, D.C.; Livermore, R.B.</t>
+          <t>Spengler, Richard W.; Muller, D. C.; Livermore, R.B.</t>
         </is>
       </c>
       <c r="AZ183" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA183" t="inlineStr">
         <is>
           <t>4f4e4aafe4b07f02db66c969</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr79760</t>
+          <t>https://pubs.usgs.gov/publication/ofr79277</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>11163</t>
+          <t>8852</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>ofr79760</t>
+          <t>ofr79277</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E184" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G184" t="inlineStr">
         <is>
-          <t>Inventory of clay-rich bedrock and metamorphic derivatives in eastern Nevada, excluding the Nevada Test Site</t>
+          <t>A slingram survey on the Nevada Test Site: part of an integrated geologic geophysical study of site evaluation for nuclear waste disposal</t>
         </is>
       </c>
       <c r="H184" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I184" t="inlineStr">
         <is>
-          <t>79-760</t>
+          <t>79-277</t>
         </is>
       </c>
       <c r="M184" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N184" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P184" t="inlineStr">
         <is>
-          <t>10.3133/ofr79760</t>
+          <t>10.3133/ofr79277</t>
         </is>
       </c>
       <c r="T184" t="inlineStr">
         <is>
           <t>1979</t>
         </is>
       </c>
       <c r="U184" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V184" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W184" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z184" t="inlineStr">
         <is>
-          <t>iv, 151 p., 7 over-size sheets :maps (some fold. in envelope) ; scale 1:500,000 ;27 cm.</t>
-[...4 lines deleted...]
-          <t>500000</t>
+          <t>34 p. :graphs, maps ;27 cm.</t>
         </is>
       </c>
       <c r="AW184" t="inlineStr">
         <is>
-          <t>Simpson, H.; Weir, J. E.; Woodward, Lee A.</t>
+          <t>Flanigan, Vincent J.</t>
         </is>
       </c>
       <c r="AZ184" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA184" t="inlineStr">
         <is>
-          <t>4f4e492ee4b07f02db580049</t>
+          <t>4f4e4b17e4b07f02db6a63d9</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr79277</t>
+          <t>https://pubs.usgs.gov/publication/ofr79926</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>8852</t>
+          <t>8470</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>ofr79277</t>
+          <t>ofr79926</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E185" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G185" t="inlineStr">
         <is>
-          <t>A slingram survey on the Nevada Test Site: part of an integrated geologic geophysical study of site evaluation for nuclear waste disposal</t>
+          <t>Major-element geochemistry of the Silent Canyon-Black Mountain peralkaline volcanic centers, northwestern Nevada Test Site: applications to an assessment of renewed volcanism</t>
         </is>
       </c>
       <c r="H185" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I185" t="inlineStr">
         <is>
-          <t>79-277</t>
+          <t>79-926</t>
         </is>
       </c>
       <c r="M185" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N185" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P185" t="inlineStr">
         <is>
-          <t>10.3133/ofr79277</t>
+          <t>10.3133/ofr79926</t>
         </is>
       </c>
       <c r="T185" t="inlineStr">
         <is>
           <t>1979</t>
         </is>
       </c>
       <c r="U185" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V185" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W185" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z185" t="inlineStr">
         <is>
-          <t>34 p. :graphs, maps ;27 cm.</t>
+          <t>ii, 27 p. :ill., map ;27 cm.</t>
         </is>
       </c>
       <c r="AW185" t="inlineStr">
         <is>
-          <t>Flanigan, Vincent J.</t>
+          <t>Crowe, Bruce M.; Sargent, Kenneth A.</t>
         </is>
       </c>
       <c r="AZ185" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA185" t="inlineStr">
         <is>
-          <t>4f4e4b17e4b07f02db6a63d9</t>
+          <t>4f4e4a80e4b07f02db649b10</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr79926</t>
+          <t>https://pubs.usgs.gov/publication/ofr79760</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>8470</t>
+          <t>11163</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>ofr79926</t>
+          <t>ofr79760</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E186" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G186" t="inlineStr">
         <is>
-          <t>Major-element geochemistry of the Silent Canyon-Black Mountain peralkaline volcanic centers, northwestern Nevada Test Site: applications to an assessment of renewed volcanism</t>
+          <t>Inventory of clay-rich bedrock and metamorphic derivatives in eastern Nevada, excluding the Nevada Test Site</t>
         </is>
       </c>
       <c r="H186" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I186" t="inlineStr">
         <is>
-          <t>79-926</t>
+          <t>79-760</t>
         </is>
       </c>
       <c r="M186" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N186" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P186" t="inlineStr">
         <is>
-          <t>10.3133/ofr79926</t>
+          <t>10.3133/ofr79760</t>
         </is>
       </c>
       <c r="T186" t="inlineStr">
         <is>
           <t>1979</t>
         </is>
       </c>
       <c r="U186" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V186" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W186" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z186" t="inlineStr">
         <is>
-          <t>ii, 27 p. :ill., map ;27 cm.</t>
+          <t>iv, 151 p., 7 over-size sheets :maps (some fold. in envelope) ; scale 1:500,000 ;27 cm.</t>
+        </is>
+      </c>
+      <c r="AT186" t="inlineStr">
+        <is>
+          <t>500000</t>
         </is>
       </c>
       <c r="AW186" t="inlineStr">
         <is>
-          <t>Crowe, Bruce M.; Sargent, Kenneth A.</t>
+          <t>Simpson, H.; Weir, J. E.; Woodward, Lee A.</t>
         </is>
       </c>
       <c r="AZ186" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>8</t>
         </is>
       </c>
       <c r="BA186" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db649b10</t>
+          <t>4f4e492ee4b07f02db580049</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr79220</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>11818</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>ofr79220</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
@@ -19849,71 +19859,86 @@
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N189" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P189" t="inlineStr">
         <is>
           <t>10.3133/ofr78983</t>
         </is>
       </c>
       <c r="T189" t="inlineStr">
         <is>
           <t>1978</t>
         </is>
       </c>
       <c r="U189" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V189" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W189" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z189" t="inlineStr">
         <is>
-          <t>17 p. :ill., map ;27 cm.</t>
+          <t>16 p.</t>
+        </is>
+      </c>
+      <c r="AM189" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN189" t="inlineStr">
+        <is>
+          <t>Nevada</t>
+        </is>
+      </c>
+      <c r="AO189" t="inlineStr">
+        <is>
+          <t>Nye County</t>
         </is>
       </c>
       <c r="AW189" t="inlineStr">
         <is>
-          <t>Kososki, Bruce A.; Schmoker, J. W.; Robbins, Stephen L.</t>
+          <t>Kososki, Bruce A.; Robbins, Stephen L.; Schmoker, J. W.</t>
         </is>
       </c>
       <c r="AZ189" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA189" t="inlineStr">
         <is>
           <t>4f4e4ae5e4b07f02db68a54d</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr78269</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>19444</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>ofr78269</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
@@ -20529,50 +20554,55 @@
       <c r="T195" t="inlineStr">
         <is>
           <t>1976</t>
         </is>
       </c>
       <c r="U195" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V195" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W195" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z195" t="inlineStr">
         <is>
           <t>iii, 64 p. (1 folded) :ill. ;28 cm.</t>
         </is>
       </c>
+      <c r="AW195" t="inlineStr">
+        <is>
+          <t>Water Resources Division, U.S. Geological Survey</t>
+        </is>
+      </c>
       <c r="AZ195" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA195" t="inlineStr">
         <is>
           <t>4f4e4a06e4b07f02db5f8924</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr76832</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>10904</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>ofr76832</t>
@@ -21429,71 +21459,86 @@
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N204" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P204" t="inlineStr">
         <is>
           <t>10.3133/ofr70235</t>
         </is>
       </c>
       <c r="T204" t="inlineStr">
         <is>
           <t>1970</t>
         </is>
       </c>
       <c r="U204" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V204" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W204" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z204" t="inlineStr">
         <is>
-          <t>5 p. ill., photographs, map ;28 cm.</t>
+          <t>Report: 5 p.; 6 Figures: 11.51 x 15.88 inches</t>
+        </is>
+      </c>
+      <c r="AM204" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN204" t="inlineStr">
+        <is>
+          <t>Nevada</t>
+        </is>
+      </c>
+      <c r="AQ204" t="inlineStr">
+        <is>
+          <t>Pahute Mesa</t>
         </is>
       </c>
       <c r="AW204" t="inlineStr">
         <is>
           <t>Morris, Robert Hamilton; Carter, William Douglas; Orkild, Paul P.</t>
         </is>
       </c>
       <c r="AZ204" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
       <c r="BA204" t="inlineStr">
         <is>
           <t>4f4e4ac9e4b07f02db67cb13</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr69125</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>14064</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>ofr69125</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
@@ -22121,103 +22166,113 @@
       <c r="C211" t="inlineStr">
         <is>
           <t>70011516</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
           <t>Shock and thermal metamorphism of basalt by nuclear explosion, Nevada test site</t>
         </is>
       </c>
       <c r="H211" t="inlineStr">
         <is>
           <t>Science</t>
         </is>
       </c>
+      <c r="P211" t="inlineStr">
+        <is>
+          <t>10.1126/science.166.3913.1615</t>
+        </is>
+      </c>
       <c r="R211" t="inlineStr">
         <is>
           <t>166</t>
         </is>
       </c>
       <c r="S211" t="inlineStr">
         <is>
           <t>3913</t>
         </is>
       </c>
       <c r="T211" t="inlineStr">
         <is>
           <t>1969</t>
         </is>
       </c>
       <c r="U211" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V211" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="AA211" t="inlineStr">
-[...11 lines deleted...]
-          <t>Science</t>
+      <c r="W211" t="inlineStr">
+        <is>
+          <t>American Association for the Advancement of Science</t>
+        </is>
+      </c>
+      <c r="Z211" t="inlineStr">
+        <is>
+          <t>6 p.</t>
         </is>
       </c>
       <c r="AD211" t="inlineStr">
         <is>
           <t>1615</t>
         </is>
       </c>
       <c r="AE211" t="inlineStr">
         <is>
           <t>1620</t>
         </is>
       </c>
-      <c r="AF211" t="inlineStr">
-[...1 lines deleted...]
-          <t>6</t>
+      <c r="AM211" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN211" t="inlineStr">
+        <is>
+          <t>Nevada</t>
+        </is>
+      </c>
+      <c r="AQ211" t="inlineStr">
+        <is>
+          <t>Nevada test site</t>
         </is>
       </c>
       <c r="AW211" t="inlineStr">
         <is>
           <t>James, O.B.</t>
         </is>
       </c>
       <c r="AZ211" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA211" t="inlineStr">
         <is>
           <t>505b8e7be4b08c986b318975</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr68206</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">