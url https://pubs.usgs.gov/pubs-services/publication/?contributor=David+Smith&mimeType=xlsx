--- v0 (2025-12-05)
+++ v1 (2026-01-01)
@@ -657,51 +657,51 @@
           <t>WMA - Integrated Modeling and Prediction Division</t>
         </is>
       </c>
       <c r="Z4" t="inlineStr">
         <is>
           <t>e13250, 15 p.</t>
         </is>
       </c>
       <c r="AM4" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN4" t="inlineStr">
         <is>
           <t>Arizona, Colorado, Delaware, Kansas, Maryland, Massachusetts, Nebraska, New Jersey, New Mexico, New York, Ohio, Oklahoma, Pennsylvania, Utah, Vermont, Virginia, West Virginia, Wyoming</t>
         </is>
       </c>
       <c r="AW4" t="inlineStr">
         <is>
           <t>Eng, Ken 0000-0001-6838-5849 keng@usgs.gov; Medalie, Laura 0000-0002-2440-2149; Skinner, Kenneth D. 0000-0003-1774-6565; Ivahnenko, Tamara 0000-0002-1124-7688; Heilman, Julian A. 0000-0002-2987-4057 jahr@usgs.gov; Smith, Jared David 0000-0003-3124-8255</t>
         </is>
       </c>
       <c r="AZ4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70262887</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>70262887</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>70262887</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
@@ -1448,51 +1448,51 @@
           <t>Science</t>
         </is>
       </c>
       <c r="Y12" t="inlineStr">
         <is>
           <t>Fort Collins Science Center</t>
         </is>
       </c>
       <c r="Z12" t="inlineStr">
         <is>
           <t>5 p.</t>
         </is>
       </c>
       <c r="AD12" t="inlineStr">
         <is>
           <t>679</t>
         </is>
       </c>
       <c r="AE12" t="inlineStr">
         <is>
           <t>683</t>
         </is>
       </c>
       <c r="AW12" t="inlineStr">
         <is>
-          <t>Robinson, Moria 0000-0001-8025-4024; Abbott, Karen C; Allen, Warwick J.; Andrade, Janete 0000-0003-2027-7173; Angulo, Diego 0000-0002-5678-4946; Anjos, Diego 0000-0002-3104-9988; Anstett, Daniel 0000-0001-7552-5539; Bagchi, Robert 0000-0003-4035-4105; Bagchi, Sumanta; Barbosa, Milton 0000-0003-4243-7895; Barrett, Sarah; Baskett, Carina 0000-0002-7354-8574; Ben-Simchon, Eyal 0000-0003-1216-7505; Bloodworth, Kathryn 0000-0001-5830-2712; Bronstein, Judith L.; Bruna, Emilio 0000-0003-3381-8477; Buckley, Yvonne 0000-0001-7599-3201; Burghardt, Karin 0000-0002-9302-6802; Bustos-Segura, Carlos 0000-0002-8624-3251; Cacho, N. Ivalu; Calixto, Eduardo Soares 0000-0003-3617-2464; Carvalho, Raquel 0000-0003-3734-0271; Castagneyrol, Bastien 0000-0001-8795-7806; Chiuffo, Mariana 0000-0003-3896-3104; Cinoğlu, Damla; Cinto Mejia, Elizeth 0000-0002-1418-5494; Cock, Marina 0000-0001-8336-8019; Cogni, Rodrigo 0000-0001-9907-9297; Cope, Olivia 0000-0002-5559-8164; Cornelissen, Tatiana 0000-0002-2721-7010; Cortez, Dezirea; Crowder, David 0000-0002-3720-1581; Dallstream, Caroline 0000-0002-9193-0611; Dattilo, Wesley 0000-0002-4758-4379; Davis, Julien 0000-0002-4902-675X; Dimarco, Romina; Dole, Haley; Dyer, Lee 0000-0002-0867-8874; Egbon, Ikponmwosa 0000-0001-7582-2138; Ejomah, Afure 0000-0001-8488-9668; Elderd, Bret D; Endara, Maria-Jose 0000-0002-8805-1456; Eubanks, Micky D.; Everingham, Susan; Farah, Keiko; Farias, Rafael de Paiva 0000-0003-3252-2236; Fernandes, Geraldo 0000-0003-1559-6049; Ferrante, Marco 0000-0003-2421-396X; Finn, Alain 0000-0002-2209-9553; Florjancic, Grace; Forister, Matthew L.; Fox, Quinn 0000-0002-4835-9587; Frago, Enric 0000-0001-8817-1303; Franca, Filipe M.; Getman-Pickering, Abigail 0000-0002-8006-3460; Getman-Pickering, Zoe 0000-0002-5695-858X; Gooden, Ben 0000-0003-0575-9078; Gossner, Martin M.; Greig, Keri 0000-0002-9570-5665; Gripenberg, Sofia 0000-0002-8788-2258; Groenteman, Ronny 0000-0003-3444-5262; Grof-Tisza, Patrick 0000-0002-0217-4253; Haack, Nora 0000-0001-6666-7332; Hahn, Lisa; Hahn, Philip 0000-0001-9717-9489; Haq, Shiekh Marifatul 0000-0002-8709-8658; Hennecke, Justus 0000-0002-6839-2333; Hermann, Sara 0000-0003-2570-9027; Holeski, Liza M.; Hutchinson, Matthew 0000-0002-2423-4026; Inouye, Brian; Jackson, Eleanor 0000-0002-9884-2972; Kagiya, Shinnosuke; Kalwajtys, Michael; Karban, Richard; Kariyat, Rupesh 0000-0002-6565-6276; Keasar, Tamar 0000-0002-4925-0823; Kersch-Becker, Monica 0000-0002-7578-2858; Kharouba, Heather 0000-0002-3250-9253; Kim, Tania 0000-0002-9098-073X; Kimuyu, Duncan; Kluse, Jennifer; Koerner, Sally E.; Komatsu, Kimberly; Krishnan, Sushmita 0000-0002-4409-1966; Laihonen, Miika 0000-0001-5964-0940; Lamelas-Lopez, Lucas 0000-0002-2230-7033; LaScaleia, Michael 0000-0002-8777-5962; Lecomte, Nicolas; Lehn, Carlos; Li, Xiaofei; Lindroth, Richard L; LoPresti, Eric; Losada, Maria 0000-0002-5778-282X; Louthan, Allison M; Luizzi, Victoria 0000-0002-1510-2283; Lynn, Joshua 0000-0002-7190-7991; Lyon, Nicholas 0000-0003-3905-1078; Maia, Lais 0000-0001-6391-3518; Maia, Renata 0000-0003-3923-2928; Mannall, Tosca 0000-0003-0802-3971; Martin, Bruce 0000-0003-4412-8965; Massad, Tara 0000-0002-7669-3312; McCall, Andrew 0000-0001-6300-1738; McGurrin, Kelsey 0000-0001-9607-6541; Merwin, Andrew 0000-0002-4341-097X; Mijango-Ramos, Zarluis 0000-0001-8105-5107; Mills, Charlotte 0000-0001-5823-4924; Moles, Angela 0000-0003-2041-7762; Moore, Christopher; Morrison, Colin 0000-0003-2370-3617; Moshobane, Moleseng 0000-0001-7498-8451; Muola, Anne 0000-0003-1828-6425; Nakadai, Ryosuke 0000-0002-9512-8511; Nakajima, Kazuhide 0000-0003-0729-5326; Novais, Samuel 0000-0003-3863-0860; Ogbebor, Charlee 0000-0001-8927-5518; Ohsaki, Haruna 0000-0003-1219-2989; Pan, Vincent 0000-0001-9892-7805; Pardikes, Nicholas 0000-0002-9175-4494; Parthasarathy, Narayanaswamy 0000-0002-4172-5441; Pawar, Rohit 0000-0003-0177-705X; Paynter, Quentin 0000-0003-4568-5720; Pearse, Ian 0000-0001-7098-0495; Penczykowski, Rachel 0000-0003-4559-0609; Pepi, Adam 0000-0002-8253-6938; Pereira, Cassio 0000-0002-6017-4083; Phartyal, Shyam 0000-0003-3266-6619; Piper, Frida I.; Poveda, Katja 0000-0002-5222-6947; Pringle, Elizabeth 0000-0002-4398-9272; Puy, Javier 0000-0002-6422-2791; Quijano, Teresa 0000-0002-6438-3886; Quintero, Carolina 0000-0003-1269-4030; Rasmann, Sergio 0000-0002-3120-6226; Rosche, Christoph 0000-0002-4257-3072; Rosenheim, Leah 0000-0003-3061-5703; Runyon, Justin B.; Sadeh, Asaf 0000-0002-2704-4033; Sakata, Yuzu 0000-0003-1602-1482; Salcido, Danielle 0000-0001-6970-7387; Salgado-Luarte, Cristian 0000-0003-0845-2928; Santos, Braulio 0000-0001-6046-4024; Sapir, Yuval 0000-0001-9685-8076; Sasal, Yamila 0000-0001-6826-6225; Sato, Yasuhiro 0000-0002-6466-723X; Sawant, Manasi; Schroeder, Hayley 0000-0001-6797-5169; Schumann, Isabell 0000-0001-8354-2523; Segoli, Michal 0000-0002-3728-4030; Segre, Hila 0000-0002-3354-4675; Shelef, Oren 0000-0001-7218-6949; Shinohara, Naoto 0000-0002-0816-2536; Singh, Rachit Pratap 0000-0001-6158-7659; Smith, David 0000-0001-6074-9257; Sobral, Mar 0000-0001-6995-0491; Stotz, Gisela 0000-0001-8687-7361; Tack, Ayco 0000-0002-3550-1070; Tayal, Mandeep 0000-0002-3573-4544; Tooker, John 0000-0002-9303-6699; Torrico-Bazoberry, Daniel 0000-0001-6787-7702; Tougeron, Kevin 0000-0003-4897-3787; Underwood, Nora 0000-0003-3312-5064; Utsumi, Shunsuke 0000-0003-1558-8073; Uyi, Osariyekemwen 0000-0001-5268-4676; Vaca-Uribe, Jessica 0000-0003-0978-9696; Valtonen, Anu 0000-0003-1532-1563; van Dijk, Laura 0000-0003-1015-8496; Vandvik, Vigdis; Villellas, Jesus 0000-0001-7805-5683; Waller, Lauren 0000-0002-7110-6027; Weber, Marjorie G.; Wetzel, William C.; Whitehead, Susan 0000-0002-7089-4594; Yamawo, Akira 0000-0003-2928-8151; Yim, Samantha; Zehr, Luke 0000-0003-4311-5150; Zhong, Zhiwei 0000-0001-8598-961X</t>
+          <t>Robinson, Moria 0000-0001-8025-4024; Abbott, Karen C; Allen, Warwick J.; Andrade, Janete 0000-0003-2027-7173; Angulo, Diego 0000-0002-5678-4946; Anjos, Diego 0000-0002-3104-9988; Anstett, Daniel 0000-0001-7552-5539; Bagchi, Robert 0000-0003-4035-4105; Bagchi, Sumanta; Barbosa, Milton 0000-0003-4243-7895; Barrett, Sarah; Baskett, Carina 0000-0002-7354-8574; Ben-Simchon, Eyal 0000-0003-1216-7505; Bloodworth, Kathryn 0000-0001-5830-2712; Bronstein, Judith L.; Bruna, Emilio 0000-0003-3381-8477; Buckley, Yvonne 0000-0001-7599-3201; Burghardt, Karin 0000-0002-9302-6802; Bustos-Segura, Carlos 0000-0002-8624-3251; Cacho, N. Ivalu; Calixto, Eduardo Soares 0000-0003-3617-2464; Carvalho, Raquel 0000-0003-3734-0271; Castagneyrol, Bastien 0000-0001-8795-7806; Chiuffo, Mariana 0000-0003-3896-3104; Cinoğlu, Damla; Cinto Mejia, Elizeth 0000-0002-1418-5494; Cock, Marina 0000-0001-8336-8019; Cogni, Rodrigo 0000-0001-9907-9297; Cope, Olivia 0000-0002-5559-8164; Cornelissen, Tatiana 0000-0002-2721-7010; Cortez, Dezirea; Crowder, David 0000-0002-3720-1581; Dallstream, Caroline 0000-0002-9193-0611; Dattilo, Wesley 0000-0002-4758-4379; Davis, Julien 0000-0002-4902-675X; Dimarco, Romina; Dole, Haley; Dyer, Lee 0000-0002-0867-8874; Egbon, Ikponmwosa 0000-0001-7582-2138; Ejomah, Afure 0000-0001-8488-9668; Elderd, Bret D; Endara, Maria-Jose 0000-0002-8805-1456; Eubanks, Micky D.; Everingham, Susan; Farah, Keiko; Farias, Rafael de Paiva 0000-0003-3252-2236; Fernandes, Geraldo 0000-0003-1559-6049; Ferrante, Marco 0000-0003-2421-396X; Finn, Alain 0000-0002-2209-9553; Florjancic, Grace; Forister, Matthew L.; Fox, Quinn 0000-0002-4835-9587; Frago, Enric 0000-0001-8817-1303; Franca, Filipe M.; Getman-Pickering, Abigail 0000-0002-8006-3460; Getman-Pickering, Zoe 0000-0002-5695-858X; Gooden, Ben 0000-0003-0575-9078; Gossner, Martin M.; Greig, Keri 0000-0002-9570-5665; Gripenberg, Sofia 0000-0002-8788-2258; Groenteman, Ronny 0000-0003-3444-5262; Grof-Tisza, Patrick 0000-0002-0217-4253; Haack, Nora 0000-0001-6666-7332; Hahn, Lisa; Hahn, Philip 0000-0001-9717-9489; Haq, Shiekh Marifatul 0000-0002-8709-8658; Hennecke, Justus 0000-0002-6839-2333; Hermann, Sara 0000-0003-2570-9027; Holeski, Liza M.; Hutchinson, Matthew 0000-0002-2423-4026; Inouye, Brian; Jackson, Eleanor 0000-0002-9884-2972; Kagiya, Shinnosuke; Kalwajtys, Michael; Karban, Richard; Kariyat, Rupesh 0000-0002-6565-6276; Keasar, Tamar 0000-0002-4925-0823; Kersch-Becker, Monica 0000-0002-7578-2858; Kharouba, Heather 0000-0002-3250-9253; Kim, Tania 0000-0002-9098-073X; Kimuyu, Duncan; Kluse, Jennifer; Koerner, Sally E.; Komatsu, Kimberly; Krishnan, Sushmita 0000-0002-4409-1966; Laihonen, Miika 0000-0001-5964-0940; Lamelas-Lopez, Lucas 0000-0002-2230-7033; LaScaleia, Michael 0000-0002-8777-5962; Lecomte, Nicolas; Lehn, Carlos; Li, Xiaofei; Lindroth, Richard L; LoPresti, Eric; Losada, Maria 0000-0002-5778-282X; Louthan, Allison M; Luizzi, Victoria 0000-0002-1510-2283; Lynn, Joshua 0000-0002-7190-7991; Lyon, Nicholas 0000-0003-3905-1078; Maia, Lais 0000-0001-6391-3518; Maia, Renata 0000-0003-3923-2928; Mannall, Tosca 0000-0003-0802-3971; Martin, Bruce 0000-0003-4412-8965; Massad, Tara 0000-0002-7669-3312; McCall, Andrew 0000-0001-6300-1738; McGurrin, Kelsey 0000-0001-9607-6541; Merwin, Andrew 0000-0002-4341-097X; Mijango-Ramos, Zarluis 0000-0001-8105-5107; Mills, Charlotte 0000-0001-5823-4924; Moles, Angela 0000-0003-2041-7762; Moore, Christopher; Morrison, Colin 0000-0003-2370-3617; Moshobane, Moleseng 0000-0001-7498-8451; Muola, Anne 0000-0003-1828-6425; Nakadai, Ryosuke 0000-0002-9512-8511; Nakajima, Kazuhide 0000-0003-0729-5326; Novais, Samuel 0000-0003-3863-0860; Ogbebor, Charlee 0000-0001-8927-5518; Ohsaki, Haruna 0000-0003-1219-2989; Pan, Vincent S. 0000-0001-9892-7805; Pardikes, Nicholas 0000-0002-9175-4494; Parthasarathy, Narayanaswamy 0000-0002-4172-5441; Pawar, Rohit 0000-0003-0177-705X; Paynter, Quentin 0000-0003-4568-5720; Pearse, Ian 0000-0001-7098-0495; Penczykowski, Rachel 0000-0003-4559-0609; Pepi, Adam 0000-0002-8253-6938; Pereira, Cassio 0000-0002-6017-4083; Phartyal, Shyam 0000-0003-3266-6619; Piper, Frida I.; Poveda, Katja 0000-0002-5222-6947; Pringle, Elizabeth 0000-0002-4398-9272; Puy, Javier 0000-0002-6422-2791; Quijano, Teresa 0000-0002-6438-3886; Quintero, Carolina 0000-0003-1269-4030; Rasmann, Sergio 0000-0002-3120-6226; Rosche, Christoph 0000-0002-4257-3072; Rosenheim, Leah 0000-0003-3061-5703; Runyon, Justin B.; Sadeh, Asaf 0000-0002-2704-4033; Sakata, Yuzu 0000-0003-1602-1482; Salcido, Danielle 0000-0001-6970-7387; Salgado-Luarte, Cristian 0000-0003-0845-2928; Santos, Braulio 0000-0001-6046-4024; Sapir, Yuval 0000-0001-9685-8076; Sasal, Yamila 0000-0001-6826-6225; Sato, Yasuhiro 0000-0002-6466-723X; Sawant, Manasi; Schroeder, Hayley 0000-0001-6797-5169; Schumann, Isabell 0000-0001-8354-2523; Segoli, Michal 0000-0002-3728-4030; Segre, Hila 0000-0002-3354-4675; Shelef, Oren 0000-0001-7218-6949; Shinohara, Naoto 0000-0002-0816-2536; Singh, Rachit Pratap 0000-0001-6158-7659; Smith, David 0000-0001-6074-9257; Sobral, Mar 0000-0001-6995-0491; Stotz, Gisela 0000-0001-8687-7361; Tack, Ayco 0000-0002-3550-1070; Tayal, Mandeep 0000-0002-3573-4544; Tooker, John 0000-0002-9303-6699; Torrico-Bazoberry, Daniel 0000-0001-6787-7702; Tougeron, Kevin 0000-0003-4897-3787; Underwood, Nora 0000-0003-3312-5064; Utsumi, Shunsuke 0000-0003-1558-8073; Uyi, Osariyekemwen 0000-0001-5268-4676; Vaca-Uribe, Jessica 0000-0003-0978-9696; Valtonen, Anu 0000-0003-1532-1563; van Dijk, Laura 0000-0003-1015-8496; Vandvik, Vigdis; Villellas, Jesus 0000-0001-7805-5683; Waller, Lauren 0000-0002-7110-6027; Weber, Marjorie G.; Wetzel, William C.; Whitehead, Susan 0000-0002-7089-4594; Yamawo, Akira 0000-0003-2928-8151; Yim, Samantha; Zehr, Luke 0000-0003-4311-5150; Zhong, Zhiwei 0000-0001-8598-961X</t>
         </is>
       </c>
       <c r="AZ12" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70248757</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>70248757</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>70248757</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
@@ -12375,268 +12375,268 @@
       </c>
       <c r="AE107" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="AW107" t="inlineStr">
         <is>
           <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Wang, Xueqiu; Reeder, Shaun; Demetriades, Alecos</t>
         </is>
       </c>
       <c r="AZ107" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA107" t="inlineStr">
         <is>
           <t>5200c96ae4b009d47a4c23e9</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70044961</t>
+          <t>https://pubs.usgs.gov/publication/70043598</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>70044961</t>
+          <t>70043598</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>70044961</t>
+          <t>70043598</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
-          <t>History and progress of the North American Soil Geochemical Landscapes Project, 2001-2010</t>
+          <t>Shale Gas Development and Brook Trout: Scaling Best Management Practices to Anticipate Cumulative Effects</t>
         </is>
       </c>
       <c r="H108" t="inlineStr">
         <is>
-          <t>Earth Science Frontiers</t>
+          <t>Environmental Practice</t>
+        </is>
+      </c>
+      <c r="P108" t="inlineStr">
+        <is>
+          <t>10.1017/S1466046612000397</t>
         </is>
       </c>
       <c r="R108" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>14</t>
         </is>
       </c>
       <c r="S108" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>4</t>
         </is>
       </c>
       <c r="T108" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
       <c r="U108" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V108" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W108" t="inlineStr">
         <is>
-          <t>China University of Geosciences</t>
+          <t>Cambridge</t>
         </is>
       </c>
       <c r="Y108" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
-[...4 lines deleted...]
-          <t>14 p.</t>
+          <t>Leetown Science Center</t>
+        </is>
+      </c>
+      <c r="AA108" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB108" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC108" t="inlineStr">
+        <is>
+          <t>Environmental Practice</t>
         </is>
       </c>
       <c r="AD108" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>366</t>
         </is>
       </c>
       <c r="AE108" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>381</t>
+        </is>
+      </c>
+      <c r="AM108" t="inlineStr">
+        <is>
+          <t>United States</t>
         </is>
       </c>
       <c r="AW108" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Rivera, Francisco Moreira; Rencz, Andrew N.; Garrett, Robert G.</t>
+          <t>Smith, David 0000-0001-6074-9257; Snyder, Craig D. 0000-0002-3448-597X csnyder@usgs.gov; Hitt, Nathaniel P. 0000-0002-1046-4568 nhitt@usgs.gov; Young, John A. 0000-0002-4500-3673 jyoung@usgs.gov; Faulkner, Stephen P. 0000-0001-5295-1383 faulkners@usgs.gov</t>
         </is>
       </c>
       <c r="AZ108" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA108" t="inlineStr">
         <is>
-          <t>51af0c6ae4b08a3322c2c2ec</t>
+          <t>516fc467e4b05024ef3cd41c</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70043598</t>
+          <t>https://pubs.usgs.gov/publication/70044961</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>70043598</t>
+          <t>70044961</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>70043598</t>
+          <t>70044961</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
-          <t>Shale Gas Development and Brook Trout: Scaling Best Management Practices to Anticipate Cumulative Effects</t>
+          <t>History and progress of the North American Soil Geochemical Landscapes Project, 2001-2010</t>
         </is>
       </c>
       <c r="H109" t="inlineStr">
         <is>
-          <t>Environmental Practice</t>
-[...4 lines deleted...]
-          <t>10.1017/S1466046612000397</t>
+          <t>Earth Science Frontiers</t>
         </is>
       </c>
       <c r="R109" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>19</t>
         </is>
       </c>
       <c r="S109" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>3</t>
         </is>
       </c>
       <c r="T109" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
       <c r="U109" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V109" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W109" t="inlineStr">
         <is>
-          <t>Cambridge</t>
+          <t>China University of Geosciences</t>
         </is>
       </c>
       <c r="Y109" t="inlineStr">
         <is>
-          <t>Leetown Science Center</t>
-[...14 lines deleted...]
-          <t>Environmental Practice</t>
+          <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
+        </is>
+      </c>
+      <c r="Z109" t="inlineStr">
+        <is>
+          <t>14 p.</t>
         </is>
       </c>
       <c r="AD109" t="inlineStr">
         <is>
-          <t>366</t>
+          <t>19</t>
         </is>
       </c>
       <c r="AE109" t="inlineStr">
         <is>
-          <t>381</t>
-[...4 lines deleted...]
-          <t>United States</t>
+          <t>32</t>
         </is>
       </c>
       <c r="AW109" t="inlineStr">
         <is>
-          <t>Smith, David 0000-0001-6074-9257; Snyder, Craig D. 0000-0002-3448-597X csnyder@usgs.gov; Hitt, Nathaniel P. 0000-0002-1046-4568 nhitt@usgs.gov; Young, John A. 0000-0002-4500-3673 jyoung@usgs.gov; Faulkner, Stephen P. 0000-0001-5295-1383 faulkners@usgs.gov</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Rivera, Francisco Moreira; Rencz, Andrew N.; Garrett, Robert G.</t>
         </is>
       </c>
       <c r="AZ109" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA109" t="inlineStr">
         <is>
-          <t>516fc467e4b05024ef3cd41c</t>
+          <t>51af0c6ae4b08a3322c2c2ec</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr20121257</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>70041821</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>ofr20121257</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
@@ -14845,293 +14845,293 @@
       </c>
       <c r="AV127" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW127" t="inlineStr">
         <is>
           <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov; Garrett, Ronald G.; Closs, L. Graham</t>
         </is>
       </c>
       <c r="AZ127" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA127" t="inlineStr">
         <is>
           <t>51765beae4b0f989f99e0103</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70035428</t>
+          <t>https://pubs.usgs.gov/publication/70036900</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>70035428</t>
+          <t>70036900</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>70035428</t>
+          <t>70036900</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
-          <t>Microbial survival in the stratosphere and implications for global dispersal</t>
+          <t>New information on the braincase of the North American therizinosaurian (Theropoda, Maniraptora) &lt;i&gt;Falcarius utahensis&lt;/i&gt;</t>
         </is>
       </c>
       <c r="H128" t="inlineStr">
         <is>
-          <t>Aerobiologia</t>
+          <t>Journal of Vertebrate Paleontology</t>
         </is>
       </c>
       <c r="P128" t="inlineStr">
         <is>
-          <t>10.1007/s10453-011-9203-5</t>
+          <t>10.1080/02724634.2011.549442</t>
         </is>
       </c>
       <c r="R128" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>31</t>
         </is>
       </c>
       <c r="S128" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>2</t>
         </is>
       </c>
       <c r="T128" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U128" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V128" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W128" t="inlineStr">
         <is>
-          <t>Springer</t>
-[...24 lines deleted...]
-          <t>Aerobiologia</t>
+          <t>University of Oklahoma</t>
+        </is>
+      </c>
+      <c r="Z128" t="inlineStr">
+        <is>
+          <t>18 p.</t>
         </is>
       </c>
       <c r="AD128" t="inlineStr">
         <is>
-          <t>319</t>
+          <t>387</t>
         </is>
       </c>
       <c r="AE128" t="inlineStr">
         <is>
-          <t>332</t>
-[...4 lines deleted...]
-          <t>14</t>
+          <t>404</t>
+        </is>
+      </c>
+      <c r="AM128" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN128" t="inlineStr">
+        <is>
+          <t>Utah</t>
+        </is>
+      </c>
+      <c r="AU128" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV128" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW128" t="inlineStr">
         <is>
-          <t>Smith, David J.; Griffin, Dale W. 0000-0003-1719-5812 dgriffin@usgs.gov; McPeters, Richard D.; Ward, Peter D.; Schuerger, Andrew C.</t>
+          <t>Smith, David; Zanno, Lindsay E.; Sanders, R. Kent; Deblieux, Donald D.; Kirkland, James I.</t>
         </is>
       </c>
       <c r="AZ128" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA128" t="inlineStr">
         <is>
-          <t>505a5660e4b0c8380cd6d55a</t>
+          <t>505a6593e4b0c8380cd72c25</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036900</t>
+          <t>https://pubs.usgs.gov/publication/70035428</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>70036900</t>
+          <t>70035428</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>70036900</t>
+          <t>70035428</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
-          <t>New information on the braincase of the North American therizinosaurian (Theropoda, Maniraptora) &lt;i&gt;Falcarius utahensis&lt;/i&gt;</t>
+          <t>Microbial survival in the stratosphere and implications for global dispersal</t>
         </is>
       </c>
       <c r="H129" t="inlineStr">
         <is>
-          <t>Journal of Vertebrate Paleontology</t>
+          <t>Aerobiologia</t>
         </is>
       </c>
       <c r="P129" t="inlineStr">
         <is>
-          <t>10.1080/02724634.2011.549442</t>
+          <t>10.1007/s10453-011-9203-5</t>
         </is>
       </c>
       <c r="R129" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>27</t>
         </is>
       </c>
       <c r="S129" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>4</t>
         </is>
       </c>
       <c r="T129" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U129" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V129" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W129" t="inlineStr">
         <is>
-          <t>University of Oklahoma</t>
-[...4 lines deleted...]
-          <t>18 p.</t>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="X129" t="inlineStr">
+        <is>
+          <t>Amsterdam, Netherlands</t>
+        </is>
+      </c>
+      <c r="Y129" t="inlineStr">
+        <is>
+          <t>St. Petersburg Coastal and Marine Science Center</t>
+        </is>
+      </c>
+      <c r="AA129" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB129" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC129" t="inlineStr">
+        <is>
+          <t>Aerobiologia</t>
         </is>
       </c>
       <c r="AD129" t="inlineStr">
         <is>
-          <t>387</t>
+          <t>319</t>
         </is>
       </c>
       <c r="AE129" t="inlineStr">
         <is>
-          <t>404</t>
-[...19 lines deleted...]
-          <t>N</t>
+          <t>332</t>
+        </is>
+      </c>
+      <c r="AF129" t="inlineStr">
+        <is>
+          <t>14</t>
         </is>
       </c>
       <c r="AW129" t="inlineStr">
         <is>
-          <t>Smith, David; Zanno, Lindsay E.; Sanders, R. Kent; Deblieux, Donald D.; Kirkland, James I.</t>
+          <t>Smith, David J.; Griffin, Dale W. 0000-0003-1719-5812 dgriffin@usgs.gov; McPeters, Richard D.; Ward, Peter D.; Schuerger, Andrew C.</t>
         </is>
       </c>
       <c r="AZ129" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA129" t="inlineStr">
         <is>
-          <t>505a6593e4b0c8380cd72c25</t>
+          <t>505a5660e4b0c8380cd6d55a</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70039061</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>70039061</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>70039061</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
@@ -16814,868 +16814,868 @@
       </c>
       <c r="AU144" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW144" t="inlineStr">
         <is>
           <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov</t>
         </is>
       </c>
       <c r="AZ144" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA144" t="inlineStr">
         <is>
           <t>4f4e4a3be4b07f02db61ec92</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036994</t>
+          <t>https://pubs.usgs.gov/publication/70036914</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>70036994</t>
+          <t>70036914</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>70036994</t>
+          <t>70036914</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
-          <t>Continental-scale patterns in soil geochemistry and mineralogy: results from two transects across the United States and Canada</t>
+          <t>A regional soil and sediment geochemical study in northern California</t>
         </is>
       </c>
       <c r="H145" t="inlineStr">
         <is>
           <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P145" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2009.04.009</t>
+          <t>10.1016/j.apgeochem.2009.04.018</t>
         </is>
       </c>
       <c r="R145" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="S145" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="T145" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U145" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V145" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W145" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AA145" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB145" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC145" t="inlineStr">
         <is>
           <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="AD145" t="inlineStr">
         <is>
-          <t>1369</t>
+          <t>1482</t>
         </is>
       </c>
       <c r="AE145" t="inlineStr">
         <is>
-          <t>1381</t>
-[...4 lines deleted...]
-          <t>United States;Canada</t>
+          <t>1499</t>
+        </is>
+      </c>
+      <c r="AF145" t="inlineStr">
+        <is>
+          <t>18</t>
         </is>
       </c>
       <c r="AW145" t="inlineStr">
         <is>
-          <t>Woodruff, L. G.; Cannon, W.F. 0000-0002-2699-8118; Eberl, D. D.; Smith, D. B. davidsmith@usgs.gov; Kilburn, J.E.; Horton, J.D. 0000-0003-2969-9073; Garrett, R. G.; Klassen, R.A.</t>
+          <t>Goldhaber, M. B. 0000-0002-1785-4243; Morrison, J.M.; Holloway, J.M. 0000-0003-3603-7668; Wanty, R. B. 0000-0002-2063-6423; Helsel, D.R.; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ145" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA145" t="inlineStr">
         <is>
-          <t>5059fa51e4b0c8380cd4da45</t>
+          <t>5059e543e4b0c8380cd46c47</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036909</t>
+          <t>https://pubs.usgs.gov/publication/70036827</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>70036909</t>
+          <t>70036827</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>70036909</t>
+          <t>70036827</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
-          <t>The potential of mid- and near-infrared diffuse reflectance spectroscopy for determining major- and trace-element concentrations in soils from a geochemical survey of North America</t>
+          <t>Pilot studies for the North American Soil Geochemical Landscapes Project - Site selection, sampling protocols, analytical methods, and quality control protocols</t>
         </is>
       </c>
       <c r="H146" t="inlineStr">
         <is>
           <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P146" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2009.04.017</t>
+          <t>10.1016/j.apgeochem.2009.04.008</t>
         </is>
       </c>
       <c r="R146" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="S146" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="T146" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U146" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V146" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="AA146" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB146" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC146" t="inlineStr">
         <is>
           <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="AD146" t="inlineStr">
         <is>
-          <t>1472</t>
+          <t>1357</t>
         </is>
       </c>
       <c r="AE146" t="inlineStr">
         <is>
-          <t>1481</t>
+          <t>1368</t>
         </is>
       </c>
       <c r="AF146" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>12</t>
         </is>
       </c>
       <c r="AW146" t="inlineStr">
         <is>
-          <t>Reeves, J. B. III; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Smith, D. B. davidsmith@usgs.gov; Woodruff, L. G.; O’Leary, R. M.; Cannon, W.F. 0000-0002-2699-8118; Garrett, R. G.; Kilburn, J.E.; Goldhaber, M. B. 0000-0002-1785-4243</t>
         </is>
       </c>
       <c r="AZ146" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA146" t="inlineStr">
         <is>
-          <t>505baeb7e4b08c986b3242be</t>
+          <t>505a7b62e4b0c8380cd793fa</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70043411</t>
+          <t>https://pubs.usgs.gov/publication/70036458</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>70043411</t>
+          <t>70036458</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>70043411</t>
+          <t>70036458</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>Book chapter</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
-          <t>Book Chapter</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
-          <t>Comparative status and assessment of &lt;i&gt;Limulus polyphemus&lt;/i&gt; with emphasis on the New England and Delaware Bay populations</t>
+          <t>Mineralogy of soils from two continental-scale transects across the United States and Canada and its relation to soil geochemistry and climate</t>
+        </is>
+      </c>
+      <c r="H147" t="inlineStr">
+        <is>
+          <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P147" t="inlineStr">
         <is>
-          <t>10.1007/978-0-387-89959-6_23</t>
+          <t>10.1016/j.apgeochem.2009.04.010</t>
         </is>
       </c>
       <c r="R147" t="inlineStr">
         <is>
-          <t>Part II</t>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="S147" t="inlineStr">
+        <is>
+          <t>8</t>
         </is>
       </c>
       <c r="T147" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U147" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V147" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W147" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AA147" t="inlineStr">
         <is>
-          <t>Book</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="AB147" t="inlineStr">
         <is>
-          <t>Monograph</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="AC147" t="inlineStr">
         <is>
-          <t>Biology and Conservation of Horseshoe Crabs</t>
+          <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="AD147" t="inlineStr">
         <is>
-          <t>361</t>
+          <t>1394</t>
         </is>
       </c>
       <c r="AE147" t="inlineStr">
         <is>
-          <t>386</t>
+          <t>1404</t>
         </is>
       </c>
       <c r="AF147" t="inlineStr">
         <is>
-          <t>26</t>
-[...14 lines deleted...]
-          <t>N</t>
+          <t>11</t>
         </is>
       </c>
       <c r="AW147" t="inlineStr">
         <is>
-          <t>Smith, David 0000-0001-6074-9257; Millard, Michael J.; Carmichael, Ruth H.</t>
+          <t>Eberl, D. D.; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ147" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA147" t="inlineStr">
         <is>
-          <t>51751746e4b074c2b055649f</t>
+          <t>505a5ad8e4b0c8380cd6f17e</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036888</t>
+          <t>https://pubs.usgs.gov/publication/70036909</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>70036888</t>
+          <t>70036909</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>70036888</t>
+          <t>70036909</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
-          <t>Application of in vitro extraction studies to evaluate element bioaccessibility in soils from a transect across the United States and Canada</t>
+          <t>The potential of mid- and near-infrared diffuse reflectance spectroscopy for determining major- and trace-element concentrations in soils from a geochemical survey of North America</t>
         </is>
       </c>
       <c r="H148" t="inlineStr">
         <is>
           <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P148" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2009.04.015</t>
+          <t>10.1016/j.apgeochem.2009.04.017</t>
         </is>
       </c>
       <c r="R148" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="S148" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="T148" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U148" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V148" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="AA148" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB148" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC148" t="inlineStr">
         <is>
           <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="AD148" t="inlineStr">
         <is>
-          <t>1454</t>
+          <t>1472</t>
         </is>
       </c>
       <c r="AE148" t="inlineStr">
         <is>
-          <t>1463</t>
+          <t>1481</t>
         </is>
       </c>
       <c r="AF148" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="AW148" t="inlineStr">
         <is>
-          <t>Morman, S.A.; Plumlee, G.S.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Reeves, J. B. III; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ148" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA148" t="inlineStr">
         <is>
-          <t>5059eca4e4b0c8380cd493d8</t>
+          <t>505baeb7e4b08c986b3242be</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036458</t>
+          <t>https://pubs.usgs.gov/publication/70036888</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>70036458</t>
+          <t>70036888</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>70036458</t>
+          <t>70036888</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
-          <t>Mineralogy of soils from two continental-scale transects across the United States and Canada and its relation to soil geochemistry and climate</t>
+          <t>Application of in vitro extraction studies to evaluate element bioaccessibility in soils from a transect across the United States and Canada</t>
         </is>
       </c>
       <c r="H149" t="inlineStr">
         <is>
           <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P149" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2009.04.010</t>
+          <t>10.1016/j.apgeochem.2009.04.015</t>
         </is>
       </c>
       <c r="R149" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="S149" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="T149" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U149" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V149" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="AA149" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB149" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC149" t="inlineStr">
         <is>
           <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="AD149" t="inlineStr">
         <is>
-          <t>1394</t>
+          <t>1454</t>
         </is>
       </c>
       <c r="AE149" t="inlineStr">
         <is>
-          <t>1404</t>
+          <t>1463</t>
         </is>
       </c>
       <c r="AF149" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>10</t>
         </is>
       </c>
       <c r="AW149" t="inlineStr">
         <is>
-          <t>Eberl, D. D.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Morman, S.A.; Plumlee, G.S.; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ149" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA149" t="inlineStr">
         <is>
-          <t>505a5ad8e4b0c8380cd6f17e</t>
+          <t>5059eca4e4b0c8380cd493d8</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036827</t>
+          <t>https://pubs.usgs.gov/publication/70036994</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>70036827</t>
+          <t>70036994</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>70036827</t>
+          <t>70036994</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
-          <t>Pilot studies for the North American Soil Geochemical Landscapes Project - Site selection, sampling protocols, analytical methods, and quality control protocols</t>
+          <t>Continental-scale patterns in soil geochemistry and mineralogy: results from two transects across the United States and Canada</t>
         </is>
       </c>
       <c r="H150" t="inlineStr">
         <is>
           <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P150" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2009.04.008</t>
+          <t>10.1016/j.apgeochem.2009.04.009</t>
         </is>
       </c>
       <c r="R150" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="S150" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="T150" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U150" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V150" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
+      <c r="W150" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X150" t="inlineStr">
+        <is>
+          <t>Amsterdam, Netherlands</t>
+        </is>
+      </c>
+      <c r="Y150" t="inlineStr">
+        <is>
+          <t>Minnesota Water Science Center</t>
+        </is>
+      </c>
+      <c r="Z150" t="inlineStr">
+        <is>
+          <t>13 p.</t>
+        </is>
+      </c>
       <c r="AA150" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB150" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC150" t="inlineStr">
         <is>
           <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="AD150" t="inlineStr">
         <is>
-          <t>1357</t>
+          <t>1369</t>
         </is>
       </c>
       <c r="AE150" t="inlineStr">
         <is>
-          <t>1368</t>
-[...4 lines deleted...]
-          <t>12</t>
+          <t>1381</t>
+        </is>
+      </c>
+      <c r="AM150" t="inlineStr">
+        <is>
+          <t>United States;Canada</t>
         </is>
       </c>
       <c r="AW150" t="inlineStr">
         <is>
-          <t>Smith, D. B. davidsmith@usgs.gov; Woodruff, L. G.; O’Leary, R. M.; Cannon, W.F. 0000-0002-2699-8118; Garrett, R. G.; Kilburn, J.E.; Goldhaber, M. B. 0000-0002-1785-4243</t>
+          <t>Woodruff, L. G.; Cannon, W.F. 0000-0002-2699-8118; Eberl, D. D.; Smith, D. B. davidsmith@usgs.gov; Kilburn, J.E.; Horton, J.D. 0000-0003-2969-9073; Garrett, R. G.; Klassen, R.A.</t>
         </is>
       </c>
       <c r="AZ150" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA150" t="inlineStr">
         <is>
-          <t>505a7b62e4b0c8380cd793fa</t>
+          <t>5059fa51e4b0c8380cd4da45</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036914</t>
+          <t>https://pubs.usgs.gov/publication/70043411</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>70036914</t>
+          <t>70043411</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>70036914</t>
+          <t>70043411</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Book chapter</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Book Chapter</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
-          <t>A regional soil and sediment geochemical study in northern California</t>
-[...4 lines deleted...]
-          <t>Applied Geochemistry</t>
+          <t>Comparative status and assessment of &lt;i&gt;Limulus polyphemus&lt;/i&gt; with emphasis on the New England and Delaware Bay populations</t>
         </is>
       </c>
       <c r="P151" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2009.04.018</t>
+          <t>10.1007/978-0-387-89959-6_23</t>
         </is>
       </c>
       <c r="R151" t="inlineStr">
         <is>
-          <t>24</t>
-[...4 lines deleted...]
-          <t>8</t>
+          <t>Part II</t>
         </is>
       </c>
       <c r="T151" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U151" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V151" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
+      <c r="W151" t="inlineStr">
+        <is>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="Y151" t="inlineStr">
+        <is>
+          <t>Leetown Science Center</t>
+        </is>
+      </c>
+      <c r="Z151" t="inlineStr">
+        <is>
+          <t>26 p.</t>
+        </is>
+      </c>
       <c r="AA151" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Book</t>
         </is>
       </c>
       <c r="AB151" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Monograph</t>
         </is>
       </c>
       <c r="AC151" t="inlineStr">
         <is>
-          <t>Applied Geochemistry</t>
+          <t>Biology and Conservation of Horseshoe Crabs</t>
         </is>
       </c>
       <c r="AD151" t="inlineStr">
         <is>
-          <t>1482</t>
+          <t>361</t>
         </is>
       </c>
       <c r="AE151" t="inlineStr">
         <is>
-          <t>1499</t>
+          <t>386</t>
         </is>
       </c>
       <c r="AF151" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="AM151" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AU151" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV151" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW151" t="inlineStr">
         <is>
-          <t>Goldhaber, M. B. 0000-0002-1785-4243; Morrison, J.M.; Holloway, J.M. 0000-0003-3603-7668; Wanty, R. B. 0000-0002-2063-6423; Helsel, D.R.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Smith, David 0000-0001-6074-9257; Millard, Michael J.; Carmichael, Ruth H.</t>
         </is>
       </c>
       <c r="AZ151" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA151" t="inlineStr">
         <is>
-          <t>5059e543e4b0c8380cd46c47</t>
+          <t>51751746e4b074c2b055649f</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70044694</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>70044694</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>70044694</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
@@ -18833,156 +18833,156 @@
       </c>
       <c r="AU161" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW161" t="inlineStr">
         <is>
           <t>Crock, James G. jcrock@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Yager, Tracy J.B.</t>
         </is>
       </c>
       <c r="AZ161" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA161" t="inlineStr">
         <is>
           <t>4f4e4ac6e4b07f02db67a90f</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70030285</t>
+          <t>https://pubs.usgs.gov/publication/70028293</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>70030285</t>
+          <t>70028293</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>70030285</t>
+          <t>70028293</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
-          <t>Subtropical Arctic Ocean temperatures during the Palaeocene/Eocene thermal maximum</t>
+          <t>Arsenic, cadmium, lead, and mercury in surface soils, Pueblo, Colorado: Implications for population health risk</t>
         </is>
       </c>
       <c r="H162" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Environmental Geochemistry and Health</t>
         </is>
       </c>
       <c r="P162" t="inlineStr">
         <is>
-          <t>10.1038/nature04668</t>
+          <t>10.1007/s10653-005-9000-6</t>
         </is>
       </c>
       <c r="R162" t="inlineStr">
         <is>
-          <t>441</t>
+          <t>28</t>
         </is>
       </c>
       <c r="S162" t="inlineStr">
         <is>
-          <t>7093</t>
+          <t>4</t>
         </is>
       </c>
       <c r="T162" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
       <c r="U162" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V162" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="AA162" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB162" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC162" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Environmental Geochemistry and Health</t>
         </is>
       </c>
       <c r="AD162" t="inlineStr">
         <is>
-          <t>610</t>
+          <t>297</t>
         </is>
       </c>
       <c r="AE162" t="inlineStr">
         <is>
-          <t>613</t>
+          <t>315</t>
         </is>
       </c>
       <c r="AF162" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>19</t>
         </is>
       </c>
       <c r="AW162" t="inlineStr">
         <is>
-          <t>Sluijs, A.; Schouten, S.; Pagani, M.; Woltering, M.; Brinkhuis, H.; Damste, J.S.S.; Dickens, G.R.; Huber, M.; Reichart, G.-J.; Stein, R.; Matthiessen, J.; Lourens, L.J.; Pedentchouk, N.; Backman, J.; Moran, K.; Clemens, S.; Cronin, T.; Eynaud, F.; Gattacceca, J.; Jakobsson, M.; Jordan, R.; Kaminski, M.; King, J.; Koc, N.; Martinez, N.C.; McInroy, D.; Moore, T.C. Jr.; O’Regan, M.; Onodera, J.; Palike, H.; Rea, B.; Rio, D.; Sakamoto, T.; Smith, D. C. davidsmith@usgs.gov; St John, K.E.K.; Suto, I.; Suzuki, N.; Takahashi, K.; Watanabe, M. E.; Yamamoto, M.</t>
+          <t>Diawara, D.M.; Litt, J.S.; Unis, D.; Alfonso, N.; Martinez, L.A.; Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Carsella, J.</t>
         </is>
       </c>
       <c r="AZ162" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA162" t="inlineStr">
         <is>
-          <t>505b9d9de4b08c986b31d953</t>
+          <t>5059ed98e4b0c8380cd498d5</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70030657</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>70030657</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>70030657</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
@@ -19057,156 +19057,156 @@
       </c>
       <c r="AQ163" t="inlineStr">
         <is>
           <t>Arctic Ocean</t>
         </is>
       </c>
       <c r="AW163" t="inlineStr">
         <is>
           <t>Moran, K.; Backman, J.; Brinkhuis, H.; Clemens, S.C.; Cronin, Thomas M. 0000-0002-2643-0979 tcronin@usgs.gov; Dickens, G.R.; Eynaud, F.; Gattacceca, J.; Jakobsson, M.; Jordan, R.W.; Kaminski, M.; King, J.; Koc, N.; Krylov, A.; Martinez, N.; Matthiessen, J.; McInroy, D.; Moore, T.C.; Onodera, J.; O’Regan, M.; Palike, H.; Rea, B.; Rio, D.; Sakamoto, T.; Smith, D. C. davidsmith@usgs.gov; Stein, R.; St, John K.; Suto, I.; Suzuki, N.; Takahashi, K.; Watanabe, M. E.; Yamamoto, M.; Farrell, J.; Frank, M.; Kubik, P.; Jokat, W.; Kristoffersen, Y.</t>
         </is>
       </c>
       <c r="AZ163" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA163" t="inlineStr">
         <is>
           <t>505ba6c2e4b08c986b32127a</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70028293</t>
+          <t>https://pubs.usgs.gov/publication/70030285</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>70028293</t>
+          <t>70030285</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>70028293</t>
+          <t>70030285</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G164" t="inlineStr">
         <is>
-          <t>Arsenic, cadmium, lead, and mercury in surface soils, Pueblo, Colorado: Implications for population health risk</t>
+          <t>Subtropical Arctic Ocean temperatures during the Palaeocene/Eocene thermal maximum</t>
         </is>
       </c>
       <c r="H164" t="inlineStr">
         <is>
-          <t>Environmental Geochemistry and Health</t>
+          <t>Nature</t>
         </is>
       </c>
       <c r="P164" t="inlineStr">
         <is>
-          <t>10.1007/s10653-005-9000-6</t>
+          <t>10.1038/nature04668</t>
         </is>
       </c>
       <c r="R164" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>441</t>
         </is>
       </c>
       <c r="S164" t="inlineStr">
         <is>
+          <t>7093</t>
+        </is>
+      </c>
+      <c r="T164" t="inlineStr">
+        <is>
+          <t>2006</t>
+        </is>
+      </c>
+      <c r="U164" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V164" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="AA164" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB164" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC164" t="inlineStr">
+        <is>
+          <t>Nature</t>
+        </is>
+      </c>
+      <c r="AD164" t="inlineStr">
+        <is>
+          <t>610</t>
+        </is>
+      </c>
+      <c r="AE164" t="inlineStr">
+        <is>
+          <t>613</t>
+        </is>
+      </c>
+      <c r="AF164" t="inlineStr">
+        <is>
           <t>4</t>
         </is>
       </c>
-      <c r="T164" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="AW164" t="inlineStr">
         <is>
-          <t>Diawara, D.M.; Litt, J.S.; Unis, D.; Alfonso, N.; Martinez, L.A.; Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Carsella, J.</t>
+          <t>Sluijs, A.; Schouten, S.; Pagani, M.; Woltering, M.; Brinkhuis, H.; Damste, J.S.S.; Dickens, G.R.; Huber, M.; Reichart, G.-J.; Stein, R.; Matthiessen, J.; Lourens, L.J.; Pedentchouk, N.; Backman, J.; Moran, K.; Clemens, S.; Cronin, T.; Eynaud, F.; Gattacceca, J.; Jakobsson, M.; Jordan, R.; Kaminski, M.; King, J.; Koc, N.; Martinez, N.C.; McInroy, D.; Moore, T.C. Jr.; O’Regan, M.; Onodera, J.; Palike, H.; Rea, B.; Rio, D.; Sakamoto, T.; Smith, D. C. davidsmith@usgs.gov; St John, K.E.K.; Suto, I.; Suzuki, N.; Takahashi, K.; Watanabe, M. E.; Yamamoto, M.</t>
         </is>
       </c>
       <c r="AZ164" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA164" t="inlineStr">
         <is>
-          <t>5059ed98e4b0c8380cd498d5</t>
+          <t>505b9d9de4b08c986b31d953</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/pp1716</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>72835</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>pp1716</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
@@ -23398,288 +23398,288 @@
       </c>
       <c r="AE203" t="inlineStr">
         <is>
           <t>1839</t>
         </is>
       </c>
       <c r="AQ203" t="inlineStr">
         <is>
           <t>Moon</t>
         </is>
       </c>
       <c r="AW203" t="inlineStr">
         <is>
           <t>Nozette, Stewart; Rustan, P.; Pleasance, L. P.; Kordas, J. F.; Lewis, I. T.; Park, H. S.; Priest, R. E.; Horan, D. M.; Regeon, P.; Lichtenberg, C. L.; Shoemaker, Eugene Merle; Eliason, E. M.; McEwen, A. S.; Robinson, M. S.; Spudis, P. D.; Acton, C. H.; Buratti, B. J.; Duxbury, T. C.; Baker, D. N.; Jakosky, B. M.; Blamont, J. E.; Corson, M. P.; Resnick, J. H.; Rollins, C. J.; Davies, M. E.; Lucey, P. G.; Malaret, E.; Massie, M. A.; Pieters, C.M.; Reisse, R. A.; Smith, D. E. davidsmith@usgs.gov; Sorenson, T. C.; Vorder Breugge, R. W.; Zuber, M.T.</t>
         </is>
       </c>
       <c r="AZ203" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/1014724</t>
+          <t>https://pubs.usgs.gov/publication/i2426A</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>1014724</t>
+          <t>67576</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>1014724</t>
+          <t>i2426A</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
-          <t>Survival rates of American woodcock wintering along the Atlantic coast</t>
+          <t>Coal resources of the Joplin 1° x 2° quadrangle, Kansas and Missouri</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
-          <t>Journal of Wildlife Management</t>
+          <t>IMAP</t>
+        </is>
+      </c>
+      <c r="I204" t="inlineStr">
+        <is>
+          <t>2426</t>
+        </is>
+      </c>
+      <c r="K204" t="inlineStr">
+        <is>
+          <t>A</t>
         </is>
       </c>
       <c r="P204" t="inlineStr">
         <is>
-          <t>10.2307/3809561</t>
-[...9 lines deleted...]
-          <t>1</t>
+          <t>10.3133/i2426A</t>
         </is>
       </c>
       <c r="T204" t="inlineStr">
         <is>
           <t>1994</t>
         </is>
       </c>
       <c r="U204" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V204" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W204" t="inlineStr">
         <is>
-          <t>Wiley</t>
-[...4 lines deleted...]
-          <t>Leetown Science Center</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z204" t="inlineStr">
         <is>
-          <t>9 p.</t>
-[...9 lines deleted...]
-          <t>155</t>
+          <t>2 Plates: 51.62 × 37.74 inches and 27.64 × 25.69 inches</t>
+        </is>
+      </c>
+      <c r="AA204" t="inlineStr">
+        <is>
+          <t>Report</t>
+        </is>
+      </c>
+      <c r="AB204" t="inlineStr">
+        <is>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="AC204" t="inlineStr">
+        <is>
+          <t>Folio of the Joplin 1° x 2° quadrangle, Kansas and Missouri</t>
         </is>
       </c>
       <c r="AM204" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN204" t="inlineStr">
         <is>
-          <t>Georgia, South Carolina, Virginia</t>
+          <t>Kansas, Missouri</t>
+        </is>
+      </c>
+      <c r="AQ204" t="inlineStr">
+        <is>
+          <t>Joplin 1° x 2° quadrangle</t>
+        </is>
+      </c>
+      <c r="AT204" t="inlineStr">
+        <is>
+          <t>250000</t>
         </is>
       </c>
       <c r="AW204" t="inlineStr">
         <is>
-          <t>Krementz, David G. 0000-0002-5661-4541 dkrementz@usgs.gov; Seginak, John T.; Smith, David R.; Pendleton, Grey W.</t>
+          <t>Brady, L. L.; Nuelle, L. M.; Haug, D. B.; Smith, D. C. davidsmith@usgs.gov; Bostic, J. L.; Jcquess, J. C.</t>
         </is>
       </c>
       <c r="AZ204" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="BA204" t="inlineStr">
         <is>
-          <t>4f4e4ae0e4b07f02db6880f8</t>
+          <t>4f4e4b25e4b07f02db6aed7e</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/i2426A</t>
+          <t>https://pubs.usgs.gov/publication/1014724</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>67576</t>
+          <t>1014724</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>i2426A</t>
+          <t>1014724</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
-          <t>Coal resources of the Joplin 1° x 2° quadrangle, Kansas and Missouri</t>
+          <t>Survival rates of American woodcock wintering along the Atlantic coast</t>
         </is>
       </c>
       <c r="H205" t="inlineStr">
         <is>
-          <t>IMAP</t>
-[...9 lines deleted...]
-          <t>A</t>
+          <t>Journal of Wildlife Management</t>
         </is>
       </c>
       <c r="P205" t="inlineStr">
         <is>
-          <t>10.3133/i2426A</t>
+          <t>10.2307/3809561</t>
+        </is>
+      </c>
+      <c r="R205" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="S205" t="inlineStr">
+        <is>
+          <t>1</t>
         </is>
       </c>
       <c r="T205" t="inlineStr">
         <is>
           <t>1994</t>
         </is>
       </c>
       <c r="U205" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V205" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W205" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="Y205" t="inlineStr">
+        <is>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z205" t="inlineStr">
         <is>
-          <t>2 Plates: 51.62 × 37.74 inches and 27.64 × 25.69 inches</t>
-[...14 lines deleted...]
-          <t>Folio of the Joplin 1° x 2° quadrangle, Kansas and Missouri</t>
+          <t>9 p.</t>
+        </is>
+      </c>
+      <c r="AD205" t="inlineStr">
+        <is>
+          <t>147</t>
+        </is>
+      </c>
+      <c r="AE205" t="inlineStr">
+        <is>
+          <t>155</t>
         </is>
       </c>
       <c r="AM205" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN205" t="inlineStr">
         <is>
-          <t>Kansas, Missouri</t>
-[...9 lines deleted...]
-          <t>250000</t>
+          <t>Georgia, South Carolina, Virginia</t>
         </is>
       </c>
       <c r="AW205" t="inlineStr">
         <is>
-          <t>Brady, L. L.; Nuelle, L. M.; Haug, D. B.; Smith, D. C. davidsmith@usgs.gov; Bostic, J. L.; Jcquess, J. C.</t>
+          <t>Krementz, David G. 0000-0002-5661-4541 dkrementz@usgs.gov; Seginak, John T.; Smith, David R.; Pendleton, Grey W.</t>
         </is>
       </c>
       <c r="AZ205" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA205" t="inlineStr">
         <is>
-          <t>4f4e4b25e4b07f02db6aed7e</t>
+          <t>4f4e4ae0e4b07f02db6880f8</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70018250</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>70018250</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>70018250</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
@@ -23953,248 +23953,248 @@
       </c>
       <c r="Z208" t="inlineStr">
         <is>
           <t>v, 69 p. ill. ;28 cm.</t>
         </is>
       </c>
       <c r="AW208" t="inlineStr">
         <is>
           <t>Shen, Shiquan; Ren, Tianxiang; Hou, Zhihui; Yao, Shao; Theobald, P. K.; Smith, D. B. davidsmith@usgs.gov; Smith, S. M.; Ryder, J. L.</t>
         </is>
       </c>
       <c r="AZ208" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA208" t="inlineStr">
         <is>
           <t>4f4e4affe4b07f02db697bff</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr90204</t>
+          <t>https://pubs.usgs.gov/publication/b1702K</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>19635</t>
+          <t>33437</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>ofr90204</t>
+          <t>b1702K</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G209" t="inlineStr">
         <is>
-          <t>Analytical results and sample locality map of stream-sediment samples from the Reno 1° x 2° quadrangle, California and Nevada</t>
+          <t>Mineral resources of the Kofa Unit 4 North Wilderness Study Area, Yuma County, Arizona</t>
         </is>
       </c>
       <c r="H209" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Bulletin</t>
         </is>
       </c>
       <c r="I209" t="inlineStr">
         <is>
-          <t>90-204</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>1702</t>
+        </is>
+      </c>
+      <c r="K209" t="inlineStr">
+        <is>
+          <t>K</t>
         </is>
       </c>
       <c r="P209" t="inlineStr">
         <is>
-          <t>10.3133/ofr90204</t>
+          <t>10.3133/b1702K</t>
         </is>
       </c>
       <c r="T209" t="inlineStr">
         <is>
           <t>1990</t>
         </is>
       </c>
       <c r="U209" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V209" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W209" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S. G.P.O. ; For sale by the Books and Open-File Reports Section, U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z209" t="inlineStr">
         <is>
-          <t>Report: 71 p.; 1 Plate: 29.57 × 23.10 inches</t>
-[...14 lines deleted...]
-          <t>Reno 1° x 2° quadrangle</t>
+          <t>v, p. K1-K12, ill., maps (some col.) ;28 cm.</t>
         </is>
       </c>
       <c r="AW209" t="inlineStr">
         <is>
-          <t>Kilburn, J.E.; Smith, D. B. davidsmith@usgs.gov; Hopkins, R.T.</t>
+          <t>Sherrod, David R. 0000-0001-9460-0434 dsherrod@usgs.gov; Smith, D. B. davidsmith@usgs.gov; Kleinkopf, M. D.; Gese, D. D.</t>
         </is>
       </c>
       <c r="AZ209" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA209" t="inlineStr">
         <is>
-          <t>4f4e4acce4b07f02db67e4ee</t>
+          <t>4f4e4b06e4b07f02db69a234</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/b1702K</t>
+          <t>https://pubs.usgs.gov/publication/ofr90204</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>33437</t>
+          <t>19635</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>b1702K</t>
+          <t>ofr90204</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
-          <t>Mineral resources of the Kofa Unit 4 North Wilderness Study Area, Yuma County, Arizona</t>
+          <t>Analytical results and sample locality map of stream-sediment samples from the Reno 1° x 2° quadrangle, California and Nevada</t>
         </is>
       </c>
       <c r="H210" t="inlineStr">
         <is>
-          <t>Bulletin</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I210" t="inlineStr">
         <is>
-          <t>1702</t>
-[...4 lines deleted...]
-          <t>K</t>
+          <t>90-204</t>
+        </is>
+      </c>
+      <c r="M210" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N210" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P210" t="inlineStr">
         <is>
-          <t>10.3133/b1702K</t>
+          <t>10.3133/ofr90204</t>
         </is>
       </c>
       <c r="T210" t="inlineStr">
         <is>
           <t>1990</t>
         </is>
       </c>
       <c r="U210" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V210" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W210" t="inlineStr">
         <is>
-          <t>U.S. G.P.O. ; For sale by the Books and Open-File Reports Section, U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z210" t="inlineStr">
         <is>
-          <t>v, p. K1-K12, ill., maps (some col.) ;28 cm.</t>
+          <t>Report: 71 p.; 1 Plate: 29.57 × 23.10 inches</t>
+        </is>
+      </c>
+      <c r="AM210" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN210" t="inlineStr">
+        <is>
+          <t>California, Nevada</t>
+        </is>
+      </c>
+      <c r="AQ210" t="inlineStr">
+        <is>
+          <t>Reno 1° x 2° quadrangle</t>
         </is>
       </c>
       <c r="AW210" t="inlineStr">
         <is>
-          <t>Sherrod, David R. 0000-0001-9460-0434 dsherrod@usgs.gov; Smith, D. B. davidsmith@usgs.gov; Kleinkopf, M. D.; Gese, D. D.</t>
+          <t>Kilburn, J.E.; Smith, D. B. davidsmith@usgs.gov; Hopkins, R.T.</t>
         </is>
       </c>
       <c r="AZ210" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA210" t="inlineStr">
         <is>
-          <t>4f4e4b06e4b07f02db69a234</t>
+          <t>4f4e4acce4b07f02db67e4ee</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr90462</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>17668</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>ofr90462</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
@@ -24361,350 +24361,345 @@
       </c>
       <c r="AV212" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW212" t="inlineStr">
         <is>
           <t>Hudson, Patrick L. 0000-0002-7646-443X phudson@usgs.gov; Lenat, David R.; Caldwell, Broughton A.; Smith, David</t>
         </is>
       </c>
       <c r="AZ212" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA212" t="inlineStr">
         <is>
           <t>4f4e4ac6e4b07f02db67a3ae</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/b1702D</t>
+          <t>https://pubs.usgs.gov/publication/b1702B</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>33416</t>
+          <t>33418</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>b1702D</t>
+          <t>b1702B</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
-          <t>Mineral resources of the Muggins Mountains Wilderness Study Area, Yuma County, Arizona</t>
+          <t>Mineral resources of the New Water Mountains Wilderness Study Area, La Paz County, Arizona</t>
         </is>
       </c>
       <c r="H213" t="inlineStr">
         <is>
           <t>Bulletin</t>
         </is>
       </c>
       <c r="I213" t="inlineStr">
         <is>
           <t>1702</t>
         </is>
       </c>
       <c r="K213" t="inlineStr">
         <is>
-          <t>D</t>
+          <t>B</t>
         </is>
       </c>
       <c r="P213" t="inlineStr">
         <is>
-          <t>10.3133/b1702D</t>
+          <t>10.3133/b1702B</t>
         </is>
       </c>
       <c r="T213" t="inlineStr">
         <is>
           <t>1989</t>
         </is>
       </c>
       <c r="U213" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V213" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W213" t="inlineStr">
         <is>
-          <t>U.S. G.P.O. ; For sale by the Books and Open-File Reports Section, U.S. Geological Survey,</t>
+          <t>U.S. G.P.O. ; For sale by the U.S. Geological Survey, Books and Open-File Reports Section,</t>
         </is>
       </c>
       <c r="Z213" t="inlineStr">
         <is>
-          <t>v, p. D1-D16, ill. ;28 cm.</t>
+          <t>v, p. B1-B18, ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW213" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Tosdal, R. M.; Pitkin, J. A.; Kleinkopf, M. D.; Wood, R. H.</t>
+          <t>Sherrod, David R. 0000-0001-9460-0434 dsherrod@usgs.gov; Smith, D. B. davidsmith@usgs.gov; Koch, R. D.; Hanna, W. F.; Pitkin, J. A.; Lane, M. E.</t>
         </is>
       </c>
       <c r="AZ213" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA213" t="inlineStr">
         <is>
-          <t>4f4e4b06e4b07f02db69a1c4</t>
+          <t>4f4e4afde4b07f02db696fd5</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr89472</t>
+          <t>https://pubs.usgs.gov/publication/b1702D</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>16842</t>
+          <t>33416</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>ofr89472</t>
+          <t>b1702D</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
-          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, and rock samples from the Trigo Mountain Wilderness Study Area (AZ-050-023B), La Paz County, Arizona</t>
+          <t>Mineral resources of the Muggins Mountains Wilderness Study Area, Yuma County, Arizona</t>
         </is>
       </c>
       <c r="H214" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Bulletin</t>
         </is>
       </c>
       <c r="I214" t="inlineStr">
         <is>
-          <t>89-472</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>1702</t>
+        </is>
+      </c>
+      <c r="K214" t="inlineStr">
+        <is>
+          <t>D</t>
         </is>
       </c>
       <c r="P214" t="inlineStr">
         <is>
-          <t>10.3133/ofr89472</t>
+          <t>10.3133/b1702D</t>
         </is>
       </c>
       <c r="T214" t="inlineStr">
         <is>
           <t>1989</t>
         </is>
       </c>
       <c r="U214" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V214" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W214" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S. G.P.O. ; For sale by the Books and Open-File Reports Section, U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z214" t="inlineStr">
         <is>
-          <t>Report: 24 p.; 1 Plate: 21.19 × 31.19 inches</t>
-[...19 lines deleted...]
-          <t>Trigo Mountain Wilderness Study Area</t>
+          <t>v, p. D1-D16, ill. ;28 cm.</t>
         </is>
       </c>
       <c r="AW214" t="inlineStr">
         <is>
-          <t>Bullock, J. H. Jr.; Vaughn, R. B.; Smith, D. B. davidsmith@usgs.gov; Welsch, E. P.; Fey, D.L.</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Tosdal, R. M.; Pitkin, J. A.; Kleinkopf, M. D.; Wood, R. H.</t>
         </is>
       </c>
       <c r="AZ214" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA214" t="inlineStr">
         <is>
-          <t>4f4e4acce4b07f02db67e5ed</t>
+          <t>4f4e4b06e4b07f02db69a1c4</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr89629</t>
+          <t>https://pubs.usgs.gov/publication/ofr89472</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>16837</t>
+          <t>16842</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>ofr89629</t>
+          <t>ofr89472</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
-          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, and rock samples from the Orocopia Mountains Wilderness Study Area (CDCA-344), Riverside County, California</t>
+          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, and rock samples from the Trigo Mountain Wilderness Study Area (AZ-050-023B), La Paz County, Arizona</t>
         </is>
       </c>
       <c r="H215" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I215" t="inlineStr">
         <is>
-          <t>89-629</t>
+          <t>89-472</t>
         </is>
       </c>
       <c r="M215" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N215" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P215" t="inlineStr">
         <is>
-          <t>10.3133/ofr89629</t>
+          <t>10.3133/ofr89472</t>
         </is>
       </c>
       <c r="T215" t="inlineStr">
         <is>
           <t>1989</t>
         </is>
       </c>
       <c r="U215" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V215" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W215" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z215" t="inlineStr">
         <is>
-          <t>40 p. (1 folded) :ill., map ;28 cm.</t>
+          <t>Report: 24 p.; 1 Plate: 21.19 × 31.19 inches</t>
+        </is>
+      </c>
+      <c r="AM215" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN215" t="inlineStr">
+        <is>
+          <t>Arizona</t>
+        </is>
+      </c>
+      <c r="AO215" t="inlineStr">
+        <is>
+          <t>La Paz County</t>
+        </is>
+      </c>
+      <c r="AQ215" t="inlineStr">
+        <is>
+          <t>Trigo Mountain Wilderness Study Area</t>
         </is>
       </c>
       <c r="AW215" t="inlineStr">
         <is>
-          <t>Adrian, B. M.; Roemer, T. A.; Smith, D. B. davidsmith@usgs.gov; Whittington, C. L.</t>
+          <t>Bullock, J. H. Jr.; Vaughn, R. B.; Smith, D. B. davidsmith@usgs.gov; Welsch, E. P.; Fey, D.L.</t>
         </is>
       </c>
       <c r="AZ215" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA215" t="inlineStr">
         <is>
-          <t>4f4e4acce4b07f02db67e6ae</t>
+          <t>4f4e4acce4b07f02db67e5ed</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/b1702J</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>33497</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>b1702J</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
@@ -24759,136 +24754,141 @@
       </c>
       <c r="Z216" t="inlineStr">
         <is>
           <t>v, p. J1-J16, ill. ;28 cm.</t>
         </is>
       </c>
       <c r="AW216" t="inlineStr">
         <is>
           <t>Sherrod, David R. 0000-0001-9460-0434 dsherrod@usgs.gov; Tosdal, R. M.; Vaughn, R. B.; Smith, D. B. davidsmith@usgs.gov; Kleinkopf, M. D.; Wood, R. H.</t>
         </is>
       </c>
       <c r="AZ216" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA216" t="inlineStr">
         <is>
           <t>4f4e4a19e4b07f02db60587a</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/b1702B</t>
+          <t>https://pubs.usgs.gov/publication/ofr89629</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>33418</t>
+          <t>16837</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>b1702B</t>
+          <t>ofr89629</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
-          <t>Mineral resources of the New Water Mountains Wilderness Study Area, La Paz County, Arizona</t>
+          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, and rock samples from the Orocopia Mountains Wilderness Study Area (CDCA-344), Riverside County, California</t>
         </is>
       </c>
       <c r="H217" t="inlineStr">
         <is>
-          <t>Bulletin</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I217" t="inlineStr">
         <is>
-          <t>1702</t>
-[...4 lines deleted...]
-          <t>B</t>
+          <t>89-629</t>
+        </is>
+      </c>
+      <c r="M217" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N217" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P217" t="inlineStr">
         <is>
-          <t>10.3133/b1702B</t>
+          <t>10.3133/ofr89629</t>
         </is>
       </c>
       <c r="T217" t="inlineStr">
         <is>
           <t>1989</t>
         </is>
       </c>
       <c r="U217" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V217" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W217" t="inlineStr">
         <is>
-          <t>U.S. G.P.O. ; For sale by the U.S. Geological Survey, Books and Open-File Reports Section,</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z217" t="inlineStr">
         <is>
-          <t>v, p. B1-B18, ill., maps ;28 cm.</t>
+          <t>40 p. (1 folded) :ill., map ;28 cm.</t>
         </is>
       </c>
       <c r="AW217" t="inlineStr">
         <is>
-          <t>Sherrod, David R. 0000-0001-9460-0434 dsherrod@usgs.gov; Smith, D. B. davidsmith@usgs.gov; Koch, R. D.; Hanna, W. F.; Pitkin, J. A.; Lane, M. E.</t>
+          <t>Adrian, B. M.; Roemer, T. A.; Smith, D. B. davidsmith@usgs.gov; Whittington, C. L.</t>
         </is>
       </c>
       <c r="AZ217" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA217" t="inlineStr">
         <is>
-          <t>4f4e4afde4b07f02db696fd5</t>
+          <t>4f4e4acce4b07f02db67e6ae</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/b1710E</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>33462</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>b1710E</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
@@ -24943,452 +24943,452 @@
       </c>
       <c r="Z218" t="inlineStr">
         <is>
           <t>v, p. E1-E22, ill., maps (some col.) ;28 cm.</t>
         </is>
       </c>
       <c r="AW218" t="inlineStr">
         <is>
           <t>Haxel, Gordon B. gbhaxel@usgs.gov; Smith, D. B. davidsmith@usgs.gov; Whittington, C. L.; Griscom, Andrew; Diveley-White, D. V.; Powell, R. E.; Kreidler, T. J.</t>
         </is>
       </c>
       <c r="AZ218" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA218" t="inlineStr">
         <is>
           <t>4f4e4b06e4b07f02db69a173</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/b1711A</t>
+          <t>https://pubs.usgs.gov/publication/ofr87609</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t>33393</t>
+          <t>31087</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>b1711A</t>
+          <t>ofr87609</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
-          <t>Mineral resources of the Indian Pass and Picacho Peak Wilderness Study Areas, Imperial County, California</t>
+          <t>Mineral resource assessment of the Kofa National Wildlife Refuge, Arizona</t>
         </is>
       </c>
       <c r="H219" t="inlineStr">
         <is>
-          <t>Bulletin</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I219" t="inlineStr">
         <is>
-          <t>1711</t>
-[...4 lines deleted...]
-          <t>A</t>
+          <t>87-609</t>
+        </is>
+      </c>
+      <c r="M219" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N219" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P219" t="inlineStr">
         <is>
-          <t>10.3133/b1711A</t>
+          <t>10.3133/ofr87609</t>
         </is>
       </c>
       <c r="T219" t="inlineStr">
         <is>
           <t>1987</t>
         </is>
       </c>
       <c r="U219" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V219" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W219" t="inlineStr">
         <is>
-          <t>U.S G.P.O.,</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z219" t="inlineStr">
         <is>
-          <t>v, p. A1-A21, maps (some col.) ;28 cm.</t>
+          <t>82 p.  p. :ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW219" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Berger, B. R.; Tosdal, R. M.; Sherrod, D. R.; Raines, G. L.; Griscom, Andrew; Helferty, M.G.; Rumsey, Clayton M.; McMahan, A. B.</t>
+          <t>Bagby, W.C.; Haxel, G. B.; Smith, D. B. davidsmith@usgs.gov; Koch, R. D.; Grubensky, M. J.; Sherrod, D. R.; Pickthorn, L. G.</t>
         </is>
       </c>
       <c r="AZ219" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
         </is>
       </c>
       <c r="BA219" t="inlineStr">
         <is>
-          <t>4f4e4b06e4b07f02db69a28e</t>
+          <t>4f4e4a82e4b07f02db64add4</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr87339</t>
+          <t>https://pubs.usgs.gov/publication/b1711A</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>12403</t>
+          <t>33393</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>ofr87339</t>
+          <t>b1711A</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
-          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, and rock samples from the New Water Mountains Wilderness Study Area, La Paz County, Arizona</t>
+          <t>Mineral resources of the Indian Pass and Picacho Peak Wilderness Study Areas, Imperial County, California</t>
         </is>
       </c>
       <c r="H220" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Bulletin</t>
         </is>
       </c>
       <c r="I220" t="inlineStr">
         <is>
-          <t>87-339</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>1711</t>
+        </is>
+      </c>
+      <c r="K220" t="inlineStr">
+        <is>
+          <t>A</t>
         </is>
       </c>
       <c r="P220" t="inlineStr">
         <is>
-          <t>10.3133/ofr87339</t>
+          <t>10.3133/b1711A</t>
         </is>
       </c>
       <c r="T220" t="inlineStr">
         <is>
           <t>1987</t>
         </is>
       </c>
       <c r="U220" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V220" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W220" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S G.P.O.,</t>
         </is>
       </c>
       <c r="Z220" t="inlineStr">
         <is>
-          <t>Report: 34 p.; 1 Plate: 22.15 × 17.10 inches</t>
-[...19 lines deleted...]
-          <t>New Water Mountains Wilderness Study Area</t>
+          <t>v, p. A1-A21, maps (some col.) ;28 cm.</t>
         </is>
       </c>
       <c r="AW220" t="inlineStr">
         <is>
-          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Hill, R. T.; Roemer, T. A.; Vaughn, R. B.; Delaney, T. A.</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Berger, B. R.; Tosdal, R. M.; Sherrod, D. R.; Raines, G. L.; Griscom, Andrew; Helferty, M.G.; Rumsey, Clayton M.; McMahan, A. B.</t>
         </is>
       </c>
       <c r="AZ220" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="BA220" t="inlineStr">
         <is>
-          <t>4f4e4acce4b07f02db67eb4b</t>
+          <t>4f4e4b06e4b07f02db69a28e</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr87272B</t>
+          <t>https://pubs.usgs.gov/publication/ofr87339</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>16275</t>
+          <t>12403</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>ofr87272B</t>
+          <t>ofr87339</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
-          <t>Gneiss-hosted kyanite gold and gneiss-hosted epithermal gold; a supplement to U.S. Geological Survey bulletin 1693</t>
+          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, and rock samples from the New Water Mountains Wilderness Study Area, La Paz County, Arizona</t>
         </is>
       </c>
       <c r="H221" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I221" t="inlineStr">
         <is>
-          <t>87-272</t>
-[...4 lines deleted...]
-          <t>B</t>
+          <t>87-339</t>
         </is>
       </c>
       <c r="M221" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N221" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P221" t="inlineStr">
         <is>
-          <t>10.3133/ofr87272B</t>
+          <t>10.3133/ofr87339</t>
         </is>
       </c>
       <c r="T221" t="inlineStr">
         <is>
           <t>1987</t>
         </is>
       </c>
       <c r="U221" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V221" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W221" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z221" t="inlineStr">
         <is>
-          <t>8 p. ;28 cm.</t>
+          <t>Report: 34 p.; 1 Plate: 22.15 × 17.10 inches</t>
+        </is>
+      </c>
+      <c r="AM221" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN221" t="inlineStr">
+        <is>
+          <t>Arizona</t>
+        </is>
+      </c>
+      <c r="AO221" t="inlineStr">
+        <is>
+          <t>La Paz County</t>
+        </is>
+      </c>
+      <c r="AQ221" t="inlineStr">
+        <is>
+          <t>New Water Mountains Wilderness Study Area</t>
         </is>
       </c>
       <c r="AW221" t="inlineStr">
         <is>
-          <t>Tosdal, R. M.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Hill, R. T.; Roemer, T. A.; Vaughn, R. B.; Delaney, T. A.</t>
         </is>
       </c>
       <c r="AZ221" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA221" t="inlineStr">
         <is>
-          <t>4f4e4abde4b07f02db674279</t>
+          <t>4f4e4acce4b07f02db67eb4b</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr87609</t>
+          <t>https://pubs.usgs.gov/publication/ofr87272B</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>31087</t>
+          <t>16275</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>ofr87609</t>
+          <t>ofr87272B</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
-          <t>Mineral resource assessment of the Kofa National Wildlife Refuge, Arizona</t>
+          <t>Gneiss-hosted kyanite gold and gneiss-hosted epithermal gold; a supplement to U.S. Geological Survey bulletin 1693</t>
         </is>
       </c>
       <c r="H222" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I222" t="inlineStr">
         <is>
-          <t>87-609</t>
+          <t>87-272</t>
+        </is>
+      </c>
+      <c r="K222" t="inlineStr">
+        <is>
+          <t>B</t>
         </is>
       </c>
       <c r="M222" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N222" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P222" t="inlineStr">
         <is>
-          <t>10.3133/ofr87609</t>
+          <t>10.3133/ofr87272B</t>
         </is>
       </c>
       <c r="T222" t="inlineStr">
         <is>
           <t>1987</t>
         </is>
       </c>
       <c r="U222" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V222" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W222" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z222" t="inlineStr">
         <is>
-          <t>82 p.  p. :ill., maps ;28 cm.</t>
+          <t>8 p. ;28 cm.</t>
         </is>
       </c>
       <c r="AW222" t="inlineStr">
         <is>
-          <t>Bagby, W.C.; Haxel, G. B.; Smith, D. B. davidsmith@usgs.gov; Koch, R. D.; Grubensky, M. J.; Sherrod, D. R.; Pickthorn, L. G.</t>
+          <t>Tosdal, R. M.; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ222" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA222" t="inlineStr">
         <is>
-          <t>4f4e4a82e4b07f02db64add4</t>
+          <t>4f4e4abde4b07f02db674279</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70015128</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>70015128</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>70015128</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
@@ -25672,228 +25672,228 @@
       </c>
       <c r="AF225" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="AW225" t="inlineStr">
         <is>
           <t>Erwin, R.M.; Smith, D. C. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ225" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA225" t="inlineStr">
         <is>
           <t>4f4e4a80e4b07f02db649681</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/mf1389C</t>
+          <t>https://pubs.usgs.gov/publication/mf1655B</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>58368</t>
+          <t>61551</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>mf1389C</t>
+          <t>mf1655B</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
-          <t>Geochemical map of the Dinkey Lakes Roadless Area, Fresno County, California</t>
+          <t>Mineral resource potential map of roadless areas and the Santa Lucia Wilderness in the Los Padres National Forest, Southwestern California</t>
         </is>
       </c>
       <c r="H226" t="inlineStr">
         <is>
           <t>Miscellaneous Field Studies Map</t>
         </is>
       </c>
       <c r="I226" t="inlineStr">
         <is>
-          <t>1389</t>
+          <t>1655</t>
         </is>
       </c>
       <c r="K226" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>B</t>
         </is>
       </c>
       <c r="P226" t="inlineStr">
         <is>
-          <t>10.3133/mf1389C</t>
+          <t>10.3133/mf1655B</t>
         </is>
       </c>
       <c r="T226" t="inlineStr">
         <is>
           <t>1985</t>
         </is>
       </c>
       <c r="U226" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V226" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z226" t="inlineStr">
         <is>
-          <t>1 map ;74 x 47 cm., on sheet 89 x 86 cm., folded in envelope 25 x 32 cm.</t>
+          <t>1 map ;56 x 82 cm., on sheet 125 x 89 cm., folded in envelope 25 x 32 cm. +1 pamphlet (16 p. : maps ; 28 cm.)</t>
         </is>
       </c>
       <c r="AT226" t="inlineStr">
         <is>
-          <t>62500</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AW226" t="inlineStr">
         <is>
-          <t>Smith, D. B. davidsmith@usgs.gov; Adrian, B. M.; Vaughn, R. B.; McDougal, C. M.</t>
+          <t>Frizzell, V.A.; Smith, D. B. davidsmith@usgs.gov; Kuizon, Lucia; Hale, W.N.</t>
         </is>
       </c>
       <c r="AZ226" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA226" t="inlineStr">
         <is>
-          <t>4f4e4b23e4b07f02db6ae20c</t>
+          <t>4f4e4adfe4b07f02db68785d</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/mf1655B</t>
+          <t>https://pubs.usgs.gov/publication/mf1389C</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>61551</t>
+          <t>58368</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>mf1655B</t>
+          <t>mf1389C</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
-          <t>Mineral resource potential map of roadless areas and the Santa Lucia Wilderness in the Los Padres National Forest, Southwestern California</t>
+          <t>Geochemical map of the Dinkey Lakes Roadless Area, Fresno County, California</t>
         </is>
       </c>
       <c r="H227" t="inlineStr">
         <is>
           <t>Miscellaneous Field Studies Map</t>
         </is>
       </c>
       <c r="I227" t="inlineStr">
         <is>
-          <t>1655</t>
+          <t>1389</t>
         </is>
       </c>
       <c r="K227" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>C</t>
         </is>
       </c>
       <c r="P227" t="inlineStr">
         <is>
-          <t>10.3133/mf1655B</t>
+          <t>10.3133/mf1389C</t>
         </is>
       </c>
       <c r="T227" t="inlineStr">
         <is>
           <t>1985</t>
         </is>
       </c>
       <c r="U227" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V227" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z227" t="inlineStr">
         <is>
-          <t>1 map ;56 x 82 cm., on sheet 125 x 89 cm., folded in envelope 25 x 32 cm. +1 pamphlet (16 p. : maps ; 28 cm.)</t>
+          <t>1 map ;74 x 47 cm., on sheet 89 x 86 cm., folded in envelope 25 x 32 cm.</t>
         </is>
       </c>
       <c r="AT227" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>62500</t>
         </is>
       </c>
       <c r="AW227" t="inlineStr">
         <is>
-          <t>Frizzell, V.A.; Smith, D. B. davidsmith@usgs.gov; Kuizon, Lucia; Hale, W.N.</t>
+          <t>Smith, D. B. davidsmith@usgs.gov; Adrian, B. M.; Vaughn, R. B.; McDougal, C. M.</t>
         </is>
       </c>
       <c r="AZ227" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA227" t="inlineStr">
         <is>
-          <t>4f4e4adfe4b07f02db68785d</t>
+          <t>4f4e4b23e4b07f02db6ae20c</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr84675</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>6993</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>ofr84675</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
@@ -26207,830 +26207,830 @@
       </c>
       <c r="AQ230" t="inlineStr">
         <is>
           <t>Indian Pass and Picacho Creek Wilderness Study Areas</t>
         </is>
       </c>
       <c r="AW230" t="inlineStr">
         <is>
           <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Detra, D.E.; Roemer, T. A.</t>
         </is>
       </c>
       <c r="AZ230" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="BA230" t="inlineStr">
         <is>
           <t>4f4e4acce4b07f02db67e8d1</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr83813</t>
+          <t>https://pubs.usgs.gov/publication/ofr83812</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>16956</t>
+          <t>16955</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>ofr83813</t>
+          <t>ofr83812</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
-          <t>Chemical analyses for samples of rock, stream sediment, and nonmagnetic heavy-mineral concentrates, Dinkey Lakes Roadless Area, Fresno County, California</t>
+          <t>Chemical analyses for samples of rock, stream sediment, and nonmagnetic heavy-mineral concentrates, Condrey Mountain Roadless Area, Siskiyou County, California</t>
         </is>
       </c>
       <c r="H231" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I231" t="inlineStr">
         <is>
-          <t>83-813</t>
+          <t>83-812</t>
         </is>
       </c>
       <c r="M231" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N231" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P231" t="inlineStr">
         <is>
-          <t>10.3133/ofr83813</t>
+          <t>10.3133/ofr83812</t>
         </is>
       </c>
       <c r="T231" t="inlineStr">
         <is>
           <t>1983</t>
         </is>
       </c>
       <c r="U231" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V231" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W231" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z231" t="inlineStr">
         <is>
-          <t>i, 18 p. :maps ;28 cm.</t>
+          <t>12 p. :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW231" t="inlineStr">
         <is>
           <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Vaughn, R. B.; McDougal, C.C.</t>
         </is>
       </c>
       <c r="AZ231" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA231" t="inlineStr">
         <is>
-          <t>4f4e49e2e4b07f02db5e4b76</t>
+          <t>4f4e49e2e4b07f02db5e4b67</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/mf1389B</t>
+          <t>https://pubs.usgs.gov/publication/ofr83810</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>58590</t>
+          <t>16957</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>mf1389B</t>
+          <t>ofr83810</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G232" t="inlineStr">
         <is>
-          <t>Mineral resource potential map of the Dinkey Lakes Roadless Area, Fresno County, California</t>
+          <t>Chemical analyses for samples of rock, stream sediment, and nonmagnetic heavy-mineral concentrates, Marble Mountain Wilderness and vicinity, Siskiyou County, California</t>
         </is>
       </c>
       <c r="H232" t="inlineStr">
         <is>
-          <t>Miscellaneous Field Studies Map</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I232" t="inlineStr">
         <is>
-          <t>1389</t>
-[...4 lines deleted...]
-          <t>B</t>
+          <t>83-810</t>
+        </is>
+      </c>
+      <c r="M232" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N232" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P232" t="inlineStr">
         <is>
-          <t>10.3133/mf1389B</t>
+          <t>10.3133/ofr83810</t>
         </is>
       </c>
       <c r="T232" t="inlineStr">
         <is>
           <t>1983</t>
         </is>
       </c>
       <c r="U232" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V232" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
+      <c r="W232" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey,</t>
+        </is>
+      </c>
       <c r="Z232" t="inlineStr">
         <is>
-          <t>1 map ;74 x 47 cm., sheet 93 x 89 cm., folded in envelope 25 x 32 cm. +1 pamphlet (7 p. ; ill., maps ; 28 cm.)</t>
-[...4 lines deleted...]
-          <t>62500</t>
+          <t>20 p. :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW232" t="inlineStr">
         <is>
-          <t>Dodge, F. C. W.; Smith, D. B. davidsmith@usgs.gov; Federspiel, F. E.; Campbell, H. W.; Scott, Douglas F.; Spear, James M.</t>
+          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Vaughn, R. B.; McDougal, C. M.</t>
         </is>
       </c>
       <c r="AZ232" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA232" t="inlineStr">
         <is>
-          <t>4f4e4b1be4b07f02db6a8ae8</t>
+          <t>4f4e49e2e4b07f02db5e4b7d</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr83812</t>
+          <t>https://pubs.usgs.gov/publication/mf1452B</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>16955</t>
+          <t>58617</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>ofr83812</t>
+          <t>mf1452B</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G233" t="inlineStr">
         <is>
-          <t>Chemical analyses for samples of rock, stream sediment, and nonmagnetic heavy-mineral concentrates, Condrey Mountain Roadless Area, Siskiyou County, California</t>
+          <t>Mineral resource potential map of the Marble Mountain Wilderness, Siskiyou County, California</t>
         </is>
       </c>
       <c r="H233" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Miscellaneous Field Studies Map</t>
         </is>
       </c>
       <c r="I233" t="inlineStr">
         <is>
-          <t>83-812</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>1452</t>
+        </is>
+      </c>
+      <c r="K233" t="inlineStr">
+        <is>
+          <t>B</t>
         </is>
       </c>
       <c r="P233" t="inlineStr">
         <is>
-          <t>10.3133/ofr83812</t>
+          <t>10.3133/mf1452B</t>
         </is>
       </c>
       <c r="T233" t="inlineStr">
         <is>
           <t>1983</t>
         </is>
       </c>
       <c r="U233" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V233" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
-      <c r="W233" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="Z233" t="inlineStr">
         <is>
-          <t>12 p. :maps ;28 cm.</t>
+          <t>1 map ;84 x 97 cm., folded in envelope 25 x 32 cm. +1 pamphlet (11 p. : ill., maps ; 28 cm.)</t>
+        </is>
+      </c>
+      <c r="AT233" t="inlineStr">
+        <is>
+          <t>48000</t>
         </is>
       </c>
       <c r="AW233" t="inlineStr">
         <is>
-          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Vaughn, R. B.; McDougal, C.C.</t>
+          <t>Donato, M. M.; Jachens, R.C.; Smith, D. B. davidsmith@usgs.gov; Hale, W.N.</t>
         </is>
       </c>
       <c r="AZ233" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA233" t="inlineStr">
         <is>
-          <t>4f4e49e2e4b07f02db5e4b67</t>
+          <t>4f4e4b1be4b07f02db6a8c58</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr83810</t>
+          <t>https://pubs.usgs.gov/publication/mf1526B</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>16957</t>
+          <t>58628</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>ofr83810</t>
+          <t>mf1526B</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G234" t="inlineStr">
         <is>
-          <t>Chemical analyses for samples of rock, stream sediment, and nonmagnetic heavy-mineral concentrates, Marble Mountain Wilderness and vicinity, Siskiyou County, California</t>
+          <t>Mineral resource potential map of the Orleans Mountain Roadless Area, Humboldt and Siskiyou Counties, California</t>
         </is>
       </c>
       <c r="H234" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Miscellaneous Field Studies Map</t>
         </is>
       </c>
       <c r="I234" t="inlineStr">
         <is>
-          <t>83-810</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>1526</t>
+        </is>
+      </c>
+      <c r="K234" t="inlineStr">
+        <is>
+          <t>B</t>
         </is>
       </c>
       <c r="P234" t="inlineStr">
         <is>
-          <t>10.3133/ofr83810</t>
+          <t>10.3133/mf1526B</t>
         </is>
       </c>
       <c r="T234" t="inlineStr">
         <is>
           <t>1983</t>
         </is>
       </c>
       <c r="U234" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V234" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W234" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z234" t="inlineStr">
         <is>
-          <t>20 p. :maps ;28 cm.</t>
+          <t>Report: 11 p.; 1 Plate: 35.50 × 33.00 inches</t>
+        </is>
+      </c>
+      <c r="AM234" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN234" t="inlineStr">
+        <is>
+          <t>California</t>
+        </is>
+      </c>
+      <c r="AO234" t="inlineStr">
+        <is>
+          <t>Humboldt County, Siskiyou County</t>
+        </is>
+      </c>
+      <c r="AQ234" t="inlineStr">
+        <is>
+          <t>Orleans Mountain Roadless Area</t>
+        </is>
+      </c>
+      <c r="AT234" t="inlineStr">
+        <is>
+          <t>48000</t>
         </is>
       </c>
       <c r="AW234" t="inlineStr">
         <is>
-          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Vaughn, R. B.; McDougal, C. M.</t>
+          <t>Donato, M. M.; Jachens, R.C.; Smith, D. B. davidsmith@usgs.gov; Linne, J. M.</t>
         </is>
       </c>
       <c r="AZ234" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA234" t="inlineStr">
         <is>
-          <t>4f4e49e2e4b07f02db5e4b7d</t>
+          <t>4f4e4b24e4b07f02db6ae750</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr83497</t>
+          <t>https://pubs.usgs.gov/publication/ofr83811</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>17357</t>
+          <t>17626</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>ofr83497</t>
+          <t>ofr83811</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
-          <t>Mineral resource potential of the Condrey Mountain Roadless Area, Siskiyou County, California</t>
+          <t>Results of chemical analyses for samples of stream sediments and nonmagnetic heavy-mineral concentrates, Orleans Mountain Roadless Area, Humboldt and Siskiyou counties, California</t>
         </is>
       </c>
       <c r="H235" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I235" t="inlineStr">
         <is>
-          <t>83-497</t>
+          <t>83-811</t>
         </is>
       </c>
       <c r="M235" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N235" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P235" t="inlineStr">
         <is>
-          <t>10.3133/ofr83497</t>
+          <t>10.3133/ofr83811</t>
         </is>
       </c>
       <c r="T235" t="inlineStr">
         <is>
           <t>1983</t>
         </is>
       </c>
       <c r="U235" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V235" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W235" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z235" t="inlineStr">
         <is>
-          <t>11 p. :maps ;28 cm.</t>
+          <t>i, 10 p. :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW235" t="inlineStr">
         <is>
-          <t>Coleman, R. G.; Mayerle, Ron; Jachens, R.C.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Vaughn, R. B.; McDougal, C. M.</t>
         </is>
       </c>
       <c r="AZ235" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA235" t="inlineStr">
         <is>
-          <t>4f4e4b0ae4b07f02db69cf55</t>
+          <t>4f4e4a4ae4b07f02db624a2e</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/mf1452B</t>
+          <t>https://pubs.usgs.gov/publication/ofr83497</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>58617</t>
+          <t>17357</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>mf1452B</t>
+          <t>ofr83497</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E236" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
-          <t>Mineral resource potential map of the Marble Mountain Wilderness, Siskiyou County, California</t>
+          <t>Mineral resource potential of the Condrey Mountain Roadless Area, Siskiyou County, California</t>
         </is>
       </c>
       <c r="H236" t="inlineStr">
         <is>
-          <t>Miscellaneous Field Studies Map</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I236" t="inlineStr">
         <is>
-          <t>1452</t>
-[...4 lines deleted...]
-          <t>B</t>
+          <t>83-497</t>
+        </is>
+      </c>
+      <c r="M236" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N236" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P236" t="inlineStr">
         <is>
-          <t>10.3133/mf1452B</t>
+          <t>10.3133/ofr83497</t>
         </is>
       </c>
       <c r="T236" t="inlineStr">
         <is>
           <t>1983</t>
         </is>
       </c>
       <c r="U236" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V236" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
+      <c r="W236" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey,</t>
+        </is>
+      </c>
       <c r="Z236" t="inlineStr">
         <is>
-          <t>1 map ;84 x 97 cm., folded in envelope 25 x 32 cm. +1 pamphlet (11 p. : ill., maps ; 28 cm.)</t>
-[...4 lines deleted...]
-          <t>48000</t>
+          <t>11 p. :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW236" t="inlineStr">
         <is>
-          <t>Donato, M. M.; Jachens, R.C.; Smith, D. B. davidsmith@usgs.gov; Hale, W.N.</t>
+          <t>Coleman, R. G.; Mayerle, Ron; Jachens, R.C.; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ236" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA236" t="inlineStr">
         <is>
-          <t>4f4e4b1be4b07f02db6a8c58</t>
+          <t>4f4e4b0ae4b07f02db69cf55</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr83811</t>
+          <t>https://pubs.usgs.gov/publication/ofr83813</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>17626</t>
+          <t>16956</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>ofr83811</t>
+          <t>ofr83813</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E237" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G237" t="inlineStr">
         <is>
-          <t>Results of chemical analyses for samples of stream sediments and nonmagnetic heavy-mineral concentrates, Orleans Mountain Roadless Area, Humboldt and Siskiyou counties, California</t>
+          <t>Chemical analyses for samples of rock, stream sediment, and nonmagnetic heavy-mineral concentrates, Dinkey Lakes Roadless Area, Fresno County, California</t>
         </is>
       </c>
       <c r="H237" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I237" t="inlineStr">
         <is>
-          <t>83-811</t>
+          <t>83-813</t>
         </is>
       </c>
       <c r="M237" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N237" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P237" t="inlineStr">
         <is>
-          <t>10.3133/ofr83811</t>
+          <t>10.3133/ofr83813</t>
         </is>
       </c>
       <c r="T237" t="inlineStr">
         <is>
           <t>1983</t>
         </is>
       </c>
       <c r="U237" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V237" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W237" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z237" t="inlineStr">
         <is>
-          <t>i, 10 p. :maps ;28 cm.</t>
+          <t>i, 18 p. :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW237" t="inlineStr">
         <is>
-          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Vaughn, R. B.; McDougal, C. M.</t>
+          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Vaughn, R. B.; McDougal, C.C.</t>
         </is>
       </c>
       <c r="AZ237" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA237" t="inlineStr">
         <is>
-          <t>4f4e4a4ae4b07f02db624a2e</t>
+          <t>4f4e49e2e4b07f02db5e4b76</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/mf1526B</t>
+          <t>https://pubs.usgs.gov/publication/mf1389B</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t>58628</t>
+          <t>58590</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>mf1526B</t>
+          <t>mf1389B</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E238" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G238" t="inlineStr">
         <is>
-          <t>Mineral resource potential map of the Orleans Mountain Roadless Area, Humboldt and Siskiyou Counties, California</t>
+          <t>Mineral resource potential map of the Dinkey Lakes Roadless Area, Fresno County, California</t>
         </is>
       </c>
       <c r="H238" t="inlineStr">
         <is>
           <t>Miscellaneous Field Studies Map</t>
         </is>
       </c>
       <c r="I238" t="inlineStr">
         <is>
-          <t>1526</t>
+          <t>1389</t>
         </is>
       </c>
       <c r="K238" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="P238" t="inlineStr">
         <is>
-          <t>10.3133/mf1526B</t>
+          <t>10.3133/mf1389B</t>
         </is>
       </c>
       <c r="T238" t="inlineStr">
         <is>
           <t>1983</t>
         </is>
       </c>
       <c r="U238" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V238" t="inlineStr">
         <is>
-          <t>English</t>
-[...4 lines deleted...]
-          <t>U.S. Geological Survey</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z238" t="inlineStr">
         <is>
-          <t>Report: 11 p.; 1 Plate: 35.50 × 33.00 inches</t>
-[...19 lines deleted...]
-          <t>Orleans Mountain Roadless Area</t>
+          <t>1 map ;74 x 47 cm., sheet 93 x 89 cm., folded in envelope 25 x 32 cm. +1 pamphlet (7 p. ; ill., maps ; 28 cm.)</t>
         </is>
       </c>
       <c r="AT238" t="inlineStr">
         <is>
-          <t>48000</t>
+          <t>62500</t>
         </is>
       </c>
       <c r="AW238" t="inlineStr">
         <is>
-          <t>Donato, M. M.; Jachens, R.C.; Smith, D. B. davidsmith@usgs.gov; Linne, J. M.</t>
+          <t>Dodge, F. C. W.; Smith, D. B. davidsmith@usgs.gov; Federspiel, F. E.; Campbell, H. W.; Scott, Douglas F.; Spear, James M.</t>
         </is>
       </c>
       <c r="AZ238" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="BA238" t="inlineStr">
         <is>
-          <t>4f4e4b24e4b07f02db6ae750</t>
+          <t>4f4e4b1be4b07f02db6a8ae8</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr82987</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>11219</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>ofr82987</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E239" t="inlineStr">
@@ -27090,278 +27090,278 @@
       </c>
       <c r="Z239" t="inlineStr">
         <is>
           <t>30 p., ill., map ;28 cm.</t>
         </is>
       </c>
       <c r="AW239" t="inlineStr">
         <is>
           <t>Smith, David Burl; Zielinski, Robert A. 0000-0002-4047-5129 rzielinski@usgs.gov; Taylor, Howard E. hetaylor@usgs.gov</t>
         </is>
       </c>
       <c r="AZ239" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA239" t="inlineStr">
         <is>
           <t>4f4e4b1be4b07f02db6a89b9</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70011897</t>
+          <t>https://pubs.usgs.gov/publication/70011663</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>70011897</t>
+          <t>70011663</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>70011897</t>
+          <t>70011663</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
-          <t>Leachability of uranium and other elements from freshly erupted volcanic ash</t>
+          <t>Water-soluble material on aerosols collected within volcanic eruption clouds</t>
         </is>
       </c>
       <c r="H240" t="inlineStr">
         <is>
-          <t>Journal of Volcanology and Geothermal Research</t>
+          <t>Journal of Geophysical Research - Oceans</t>
         </is>
       </c>
       <c r="P240" t="inlineStr">
         <is>
-          <t>10.1016/0377-0273(82)90017-8</t>
+          <t>10.1029/JC087iC07p04963</t>
         </is>
       </c>
       <c r="R240" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>87</t>
         </is>
       </c>
       <c r="S240" t="inlineStr">
         <is>
-          <t>1-2</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="T240" t="inlineStr">
         <is>
           <t>1982</t>
         </is>
       </c>
       <c r="U240" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V240" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W240" t="inlineStr">
         <is>
-          <t>Elsevier</t>
-[...4 lines deleted...]
-          <t>Amsterdam, Netherlands</t>
+          <t>American Geophysical Union</t>
+        </is>
+      </c>
+      <c r="Y240" t="inlineStr">
+        <is>
+          <t>Central Energy Resources Science Center</t>
         </is>
       </c>
       <c r="Z240" t="inlineStr">
         <is>
-          <t>30 p.</t>
-[...14 lines deleted...]
-          <t>Journal of Volcanology and Geothermal Research</t>
+          <t>10 p.</t>
         </is>
       </c>
       <c r="AD240" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>4963</t>
         </is>
       </c>
       <c r="AE240" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>4972</t>
+        </is>
+      </c>
+      <c r="AF240" t="inlineStr">
+        <is>
+          <t>10</t>
         </is>
       </c>
       <c r="AW240" t="inlineStr">
         <is>
-          <t>Smith, D. B. davidsmith@usgs.gov; Zielinski, R. A. 0000-0002-4047-5129; Rose, W.I. Jr.</t>
+          <t>Smith, D. B. davidsmith@usgs.gov; Zielinski, R. A. 0000-0002-4047-5129; Rose, W.I. Jr.; Huebert, B.J.</t>
         </is>
       </c>
       <c r="AZ240" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA240" t="inlineStr">
         <is>
-          <t>505a4597e4b0c8380cd6742e</t>
+          <t>505bcef3e4b08c986b32e64e</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70011663</t>
+          <t>https://pubs.usgs.gov/publication/70011897</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>70011663</t>
+          <t>70011897</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>70011663</t>
+          <t>70011897</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
-          <t>Water-soluble material on aerosols collected within volcanic eruption clouds</t>
+          <t>Leachability of uranium and other elements from freshly erupted volcanic ash</t>
         </is>
       </c>
       <c r="H241" t="inlineStr">
         <is>
-          <t>Journal of Geophysical Research - Oceans</t>
+          <t>Journal of Volcanology and Geothermal Research</t>
         </is>
       </c>
       <c r="P241" t="inlineStr">
         <is>
-          <t>10.1029/JC087iC07p04963</t>
+          <t>10.1016/0377-0273(82)90017-8</t>
         </is>
       </c>
       <c r="R241" t="inlineStr">
         <is>
-          <t>87</t>
+          <t>13</t>
         </is>
       </c>
       <c r="S241" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>1-2</t>
         </is>
       </c>
       <c r="T241" t="inlineStr">
         <is>
           <t>1982</t>
         </is>
       </c>
       <c r="U241" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V241" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W241" t="inlineStr">
         <is>
-          <t>American Geophysical Union</t>
-[...4 lines deleted...]
-          <t>Central Energy Resources Science Center</t>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X241" t="inlineStr">
+        <is>
+          <t>Amsterdam, Netherlands</t>
         </is>
       </c>
       <c r="Z241" t="inlineStr">
         <is>
-          <t>10 p.</t>
+          <t>30 p.</t>
+        </is>
+      </c>
+      <c r="AA241" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB241" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC241" t="inlineStr">
+        <is>
+          <t>Journal of Volcanology and Geothermal Research</t>
         </is>
       </c>
       <c r="AD241" t="inlineStr">
         <is>
-          <t>4963</t>
+          <t>1</t>
         </is>
       </c>
       <c r="AE241" t="inlineStr">
         <is>
-          <t>4972</t>
-[...4 lines deleted...]
-          <t>10</t>
+          <t>30</t>
         </is>
       </c>
       <c r="AW241" t="inlineStr">
         <is>
-          <t>Smith, D. B. davidsmith@usgs.gov; Zielinski, R. A. 0000-0002-4047-5129; Rose, W.I. Jr.; Huebert, B.J.</t>
+          <t>Smith, D. B. davidsmith@usgs.gov; Zielinski, R. A. 0000-0002-4047-5129; Rose, W.I. Jr.</t>
         </is>
       </c>
       <c r="AZ241" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA241" t="inlineStr">
         <is>
-          <t>505bcef3e4b08c986b32e64e</t>
+          <t>505a4597e4b0c8380cd6742e</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/5221646</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>5221646</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>5221646</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">