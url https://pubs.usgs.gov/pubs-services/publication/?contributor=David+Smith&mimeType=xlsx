--- v1 (2026-01-01)
+++ v2 (2026-03-10)
@@ -363,17055 +363,17045 @@
       </c>
       <c r="BF1" t="inlineStr">
         <is>
           <t>CHORUS Journal Name</t>
         </is>
       </c>
       <c r="BG1" t="inlineStr">
         <is>
           <t>CHORUS Publication Date</t>
         </is>
       </c>
       <c r="BH1" t="inlineStr">
         <is>
           <t>CHORUS Audited On</t>
         </is>
       </c>
       <c r="BI1" t="inlineStr">
         <is>
           <t>CHORUS Publicly Accessible Date</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70269575</t>
+          <t>https://pubs.usgs.gov/publication/70273509</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>70269575</t>
+          <t>70273509</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>70269575</t>
+          <t>70273509</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Comparing SMART and ELECTRE methods for multi-criteria decision analysis: A case study evaluating conservation strategies</t>
+          <t>Recovery of Delaware Bay horseshoe crabs following harvest reductions</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>Environmental and Sustainability Indicators</t>
+          <t>Marine and Coastal Fisheries: Dynamics, Management and Ecosystem Science</t>
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
-          <t>10.1016/j.indic.2025.100764</t>
+          <t>10.1093/mcfafs/vtaf040</t>
         </is>
       </c>
       <c r="R2" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t>5</t>
         </is>
       </c>
       <c r="T2" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V2" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W2" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>Oxford Academic</t>
         </is>
       </c>
       <c r="Y2" t="inlineStr">
         <is>
           <t>Eastern Ecological Science Center</t>
         </is>
       </c>
       <c r="Z2" t="inlineStr">
         <is>
-          <t>100764, 12 p.</t>
+          <t>vtaf040, 11 p.</t>
+        </is>
+      </c>
+      <c r="AM2" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN2" t="inlineStr">
+        <is>
+          <t>Delaware, Maryland, New Jersey</t>
+        </is>
+      </c>
+      <c r="AQ2" t="inlineStr">
+        <is>
+          <t>Delaware Bay</t>
         </is>
       </c>
       <c r="AW2" t="inlineStr">
         <is>
-          <t>Martin, David M. 0000-0002-1514-5734; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>Sweka, John A.; Anstead, Kristen A.; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Barry, Linda; Zimmerman, Jordan; Doctor, Steve; Weedon, Craig; Gartland, James; Jiao, Yan; Ferretti, Francesco; Hallerman, Eric M.</t>
         </is>
       </c>
       <c r="AZ2" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70264607</t>
+          <t>https://pubs.usgs.gov/publication/70273767</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>70264607</t>
+          <t>70273767</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>70264607</t>
+          <t>70273767</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>Recovering the American horseshoe crab through a commitment to collaboration</t>
+          <t>Evaluating freshwater mussel sampling methodologies using a simulation model</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>Fisheries</t>
-[...9 lines deleted...]
-          <t>0363-2415</t>
+          <t>Ecological Indicators</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
-          <t>10.1093/fshmag/vuae021</t>
+          <t>10.1016/j.ecolind.2025.114172</t>
         </is>
       </c>
       <c r="R3" t="inlineStr">
         <is>
-          <t>50</t>
-[...4 lines deleted...]
-          <t>6</t>
+          <t>179</t>
         </is>
       </c>
       <c r="T3" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V3" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W3" t="inlineStr">
         <is>
-          <t>Oxford Academic</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y3" t="inlineStr">
         <is>
           <t>Eastern Ecological Science Center</t>
         </is>
       </c>
       <c r="Z3" t="inlineStr">
         <is>
-          <t>13 p.</t>
-[...14 lines deleted...]
-          <t>Mexico, United States</t>
+          <t>114172, 14 p.</t>
         </is>
       </c>
       <c r="AW3" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Botton, Mark; Shin, Paul</t>
+          <t>Foxfoot, Iris R.; Cushway, Kiara C.; Schwalb, Astrid N.; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Swannack, Todd M.</t>
         </is>
       </c>
       <c r="AZ3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70269033</t>
+          <t>https://pubs.usgs.gov/publication/70269575</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>70269033</t>
+          <t>70269575</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>70269033</t>
+          <t>70269575</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>Predictability and behavior of water transfers across basin boundaries</t>
+          <t>Comparing SMART and ELECTRE methods for multi-criteria decision analysis: A case study evaluating conservation strategies</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>Journal of the American Water Resources Association</t>
+          <t>Environmental and Sustainability Indicators</t>
         </is>
       </c>
       <c r="P4" t="inlineStr">
         <is>
-          <t>10.1111/1752-1688.13250</t>
+          <t>10.1016/j.indic.2025.100764</t>
         </is>
       </c>
       <c r="R4" t="inlineStr">
         <is>
-          <t>61</t>
+          <t>27</t>
         </is>
       </c>
       <c r="T4" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V4" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W4" t="inlineStr">
         <is>
-          <t>Wiley</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y4" t="inlineStr">
         <is>
-          <t>WMA - Integrated Modeling and Prediction Division</t>
+          <t>Eastern Ecological Science Center</t>
         </is>
       </c>
       <c r="Z4" t="inlineStr">
         <is>
-          <t>e13250, 15 p.</t>
-[...9 lines deleted...]
-          <t>Arizona, Colorado, Delaware, Kansas, Maryland, Massachusetts, Nebraska, New Jersey, New Mexico, New York, Ohio, Oklahoma, Pennsylvania, Utah, Vermont, Virginia, West Virginia, Wyoming</t>
+          <t>100764, 12 p.</t>
         </is>
       </c>
       <c r="AW4" t="inlineStr">
         <is>
-          <t>Eng, Ken 0000-0001-6838-5849 keng@usgs.gov; Medalie, Laura 0000-0002-2440-2149; Skinner, Kenneth D. 0000-0003-1774-6565; Ivahnenko, Tamara 0000-0002-1124-7688; Heilman, Julian A. 0000-0002-2987-4057 jahr@usgs.gov; Smith, Jared David 0000-0003-3124-8255</t>
+          <t>Martin, David M. 0000-0002-1514-5734; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70262887</t>
+          <t>https://pubs.usgs.gov/publication/70264607</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>70262887</t>
+          <t>70264607</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>70262887</t>
+          <t>70264607</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>Evaluation of a carbon dioxide fish barrier through numerical modelling</t>
+          <t>Recovering the American horseshoe crab through a commitment to collaboration</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>Meccanica</t>
+          <t>Fisheries</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>1548-8446</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>0363-2415</t>
         </is>
       </c>
       <c r="P5" t="inlineStr">
         <is>
-          <t>10.1007/s11012-024-01865-4</t>
+          <t>10.1093/fshmag/vuae021</t>
         </is>
       </c>
       <c r="R5" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="S5" t="inlineStr">
+        <is>
+          <t>6</t>
         </is>
       </c>
       <c r="T5" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V5" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W5" t="inlineStr">
         <is>
-          <t>Springer Nature</t>
+          <t>Oxford Academic</t>
         </is>
       </c>
       <c r="Y5" t="inlineStr">
         <is>
-          <t>Central Midwest Water Science Center; Upper Midwest Environmental Sciences Center</t>
+          <t>Eastern Ecological Science Center</t>
         </is>
       </c>
       <c r="Z5" t="inlineStr">
         <is>
-          <t>16 p.</t>
+          <t>13 p.</t>
         </is>
       </c>
       <c r="AD5" t="inlineStr">
         <is>
-          <t>1545</t>
+          <t>255</t>
         </is>
       </c>
       <c r="AE5" t="inlineStr">
         <is>
-          <t>1560</t>
+          <t>267</t>
         </is>
       </c>
       <c r="AM5" t="inlineStr">
         <is>
-          <t>United States</t>
-[...9 lines deleted...]
-          <t>Chicago Area Waterway System</t>
+          <t>Mexico, United States</t>
         </is>
       </c>
       <c r="AW5" t="inlineStr">
         <is>
-          <t>Politano, Marcela; Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov; Smith, David; Schemmel, Avery; Jackson, P. Ryan 0000-0002-3154-6108 pjackson@usgs.gov; Zuercher, Jeff</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Botton, Mark; Shin, Paul</t>
         </is>
       </c>
       <c r="AZ5" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70262170</t>
+          <t>https://pubs.usgs.gov/publication/70269033</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>70262170</t>
+          <t>70269033</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>70262170</t>
+          <t>70269033</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>Estimating recruitment rate and population dynamics at a migratory stopover site using an integrated population model</t>
+          <t>Predictability and behavior of water transfers across basin boundaries</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>Ecosphere</t>
+          <t>Journal of the American Water Resources Association</t>
         </is>
       </c>
       <c r="P6" t="inlineStr">
         <is>
-          <t>10.1002/ecs2.4439</t>
+          <t>10.1111/1752-1688.13250</t>
         </is>
       </c>
       <c r="R6" t="inlineStr">
         <is>
-          <t>14</t>
-[...4 lines deleted...]
-          <t>2</t>
+          <t>61</t>
         </is>
       </c>
       <c r="T6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V6" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W6" t="inlineStr">
         <is>
-          <t>Ecological Society of America</t>
+          <t>Wiley</t>
         </is>
       </c>
       <c r="Y6" t="inlineStr">
         <is>
-          <t>Coop Res Unit Leetown; Eastern Ecological Science Center</t>
+          <t>WMA - Integrated Modeling and Prediction Division</t>
         </is>
       </c>
       <c r="Z6" t="inlineStr">
         <is>
-          <t>e4439, 16 p.</t>
+          <t>e13250, 15 p.</t>
         </is>
       </c>
       <c r="AM6" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN6" t="inlineStr">
         <is>
-          <t>Delaware, New Jersey</t>
-[...4 lines deleted...]
-          <t>Delaware Bay</t>
+          <t>Arizona, Colorado, Delaware, Kansas, Maryland, Massachusetts, Nebraska, New Jersey, New Mexico, New York, Ohio, Oklahoma, Pennsylvania, Utah, Vermont, Virginia, West Virginia, Wyoming</t>
         </is>
       </c>
       <c r="AW6" t="inlineStr">
         <is>
-          <t>Tucker, Anna Maureen 0000-0002-1473-2048 amtucker@usgs.gov; McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Nuse, Bryan L.; Lyons, James E. 0000-0002-9810-8751; Moore, Clinton T. 0000-0002-6053-2880 cmoore@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Sweka, John A.; Anstead, Kristen A.; DeRose-Wilson, Audrey; Clark, Nigel A.</t>
+          <t>Eng, Ken 0000-0001-6838-5849 keng@usgs.gov; Medalie, Laura 0000-0002-2440-2149; Skinner, Kenneth D. 0000-0003-1774-6565; Ivahnenko, Tamara 0000-0002-1124-7688; Heilman, Julian A. 0000-0002-2987-4057 jahr@usgs.gov; Smith, Jared David 0000-0003-3124-8255</t>
         </is>
       </c>
       <c r="AZ6" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70259587</t>
+          <t>https://pubs.usgs.gov/publication/70262887</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>70259587</t>
+          <t>70262887</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>70259587</t>
+          <t>70262887</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t>Predictive understanding of stream salinization in a developed watershed using machine learning</t>
+          <t>Evaluation of a carbon dioxide fish barrier through numerical modelling</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>Environmental Science and Technology</t>
+          <t>Meccanica</t>
         </is>
       </c>
       <c r="P7" t="inlineStr">
         <is>
-          <t>10.1021/acs.est.4c05004</t>
-[...4 lines deleted...]
-          <t>18822</t>
+          <t>10.1007/s11012-024-01865-4</t>
         </is>
       </c>
       <c r="R7" t="inlineStr">
         <is>
-          <t>58</t>
-[...4 lines deleted...]
-          <t>42</t>
+          <t>60</t>
         </is>
       </c>
       <c r="T7" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V7" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W7" t="inlineStr">
         <is>
-          <t>American Chemical Society</t>
+          <t>Springer Nature</t>
         </is>
       </c>
       <c r="Y7" t="inlineStr">
         <is>
-          <t>New Jersey Water Science Center; Oklahoma Water Science Center; WMA - Integrated Modeling and Prediction Division</t>
+          <t>Central Midwest Water Science Center; Upper Midwest Environmental Sciences Center</t>
         </is>
       </c>
       <c r="Z7" t="inlineStr">
         <is>
-          <t>12 p.</t>
+          <t>16 p.</t>
         </is>
       </c>
       <c r="AD7" t="inlineStr">
         <is>
-          <t>18833</t>
+          <t>1545</t>
+        </is>
+      </c>
+      <c r="AE7" t="inlineStr">
+        <is>
+          <t>1560</t>
+        </is>
+      </c>
+      <c r="AM7" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN7" t="inlineStr">
+        <is>
+          <t>Illinois</t>
+        </is>
+      </c>
+      <c r="AQ7" t="inlineStr">
+        <is>
+          <t>Chicago Area Waterway System</t>
         </is>
       </c>
       <c r="AW7" t="inlineStr">
         <is>
-          <t>Smith, Jared David 0000-0003-3124-8255; Koenig, Lauren Elizabeth 0000-0002-7790-330X; Sleckman, Margaux Jeanne 0000-0002-1843-6932; Appling, Alison P. 0000-0003-3638-8572 aappling@usgs.gov; Sadler, Jeffrey M 0000-0001-8776-4844; DePaul, Vincent T. 0000-0002-7977-5217 vdepaul@usgs.gov; Szabo, Zoltan 0000-0002-0760-9607</t>
+          <t>Politano, Marcela; Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov; Smith, David; Schemmel, Avery; Jackson, P. Ryan 0000-0002-3154-6108 pjackson@usgs.gov; Zuercher, Jeff</t>
         </is>
       </c>
       <c r="AZ7" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70254333</t>
+          <t>https://pubs.usgs.gov/publication/70262170</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>70254333</t>
+          <t>70262170</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>70254333</t>
+          <t>70262170</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t>Deep learning of estuary salinity dynamics is physically accurate at a fraction of hydrodynamic model computational cost</t>
+          <t>Estimating recruitment rate and population dynamics at a migratory stopover site using an integrated population model</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>Limnology and Oceanography</t>
+          <t>Ecosphere</t>
         </is>
       </c>
       <c r="P8" t="inlineStr">
         <is>
-          <t>10.1002/lno.12549</t>
+          <t>10.1002/ecs2.4439</t>
         </is>
       </c>
       <c r="R8" t="inlineStr">
         <is>
-          <t>69</t>
+          <t>14</t>
         </is>
       </c>
       <c r="S8" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>2</t>
         </is>
       </c>
       <c r="T8" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V8" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W8" t="inlineStr">
         <is>
-          <t>Association for the Science of Limnology and Oceanography</t>
+          <t>Ecological Society of America</t>
         </is>
       </c>
       <c r="Y8" t="inlineStr">
         <is>
-          <t>WMA - Integrated Modeling and Prediction Division</t>
+          <t>Coop Res Unit Leetown; Eastern Ecological Science Center</t>
         </is>
       </c>
       <c r="Z8" t="inlineStr">
         <is>
-          <t>16 p.</t>
-[...9 lines deleted...]
-          <t>1085</t>
+          <t>e4439, 16 p.</t>
         </is>
       </c>
       <c r="AM8" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
+      <c r="AN8" t="inlineStr">
+        <is>
+          <t>Delaware, New Jersey</t>
+        </is>
+      </c>
+      <c r="AQ8" t="inlineStr">
+        <is>
+          <t>Delaware Bay</t>
+        </is>
+      </c>
       <c r="AW8" t="inlineStr">
         <is>
-          <t>Gorski, Galen 0000-0003-0083-4251; Cook, Salme Ellen 0000-0003-1129-6209; Snyder, Amelia Marie 0000-0002-3036-7247; Appling, Alison P. 0000-0003-3638-8572 aappling@usgs.gov; Thompson, Theodore Paul 0000-0001-7373-314X; Smith, Jared David 0000-0003-3124-8255; Warner, John C. 0000-0002-3734-8903 jcwarner@usgs.gov; Topp, Simon Nemer 0000-0001-7741-5982</t>
+          <t>Tucker, Anna Maureen 0000-0002-1473-2048 amtucker@usgs.gov; McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Nuse, Bryan L.; Lyons, James E. 0000-0002-9810-8751; Moore, Clinton T. 0000-0002-6053-2880 cmoore@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Sweka, John A.; Anstead, Kristen A.; DeRose-Wilson, Audrey; Clark, Nigel A.</t>
         </is>
       </c>
       <c r="AZ8" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70252252</t>
+          <t>https://pubs.usgs.gov/publication/70259587</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>70252252</t>
+          <t>70259587</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>70252252</t>
+          <t>70259587</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>New diagnostic assessment of MCMC algorithm effectiveness, efficiency, reliability, and controllability</t>
+          <t>Predictive understanding of stream salinization in a developed watershed using machine learning</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>IEEE Access</t>
+          <t>Environmental Science and Technology</t>
         </is>
       </c>
       <c r="P9" t="inlineStr">
         <is>
-          <t>10.1109/ACCESS.2024.3378752</t>
+          <t>10.1021/acs.est.4c05004</t>
+        </is>
+      </c>
+      <c r="Q9" t="inlineStr">
+        <is>
+          <t>18822</t>
         </is>
       </c>
       <c r="R9" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="S9" t="inlineStr">
+        <is>
+          <t>42</t>
         </is>
       </c>
       <c r="T9" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V9" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W9" t="inlineStr">
         <is>
-          <t>Institute of Electrical and Electronics Engineers (IEEE)</t>
+          <t>American Chemical Society</t>
         </is>
       </c>
       <c r="Y9" t="inlineStr">
         <is>
-          <t>WMA - Integrated Modeling and Prediction Division</t>
+          <t>New Jersey Water Science Center; Oklahoma Water Science Center; WMA - Integrated Modeling and Prediction Division</t>
         </is>
       </c>
       <c r="Z9" t="inlineStr">
         <is>
-          <t>16 p.</t>
+          <t>12 p.</t>
         </is>
       </c>
       <c r="AD9" t="inlineStr">
         <is>
-          <t>42385</t>
-[...4 lines deleted...]
-          <t>42400</t>
+          <t>18833</t>
         </is>
       </c>
       <c r="AW9" t="inlineStr">
         <is>
-          <t>KavianiHamedani, Hossein 0000-0002-9652-7418; Quinn, Julianne D. 0000-0001-7806-4416; Smith, Jared David 0000-0003-3124-8255</t>
+          <t>Smith, Jared David 0000-0003-3124-8255; Koenig, Lauren Elizabeth 0000-0002-7790-330X; Sleckman, Margaux Jeanne 0000-0002-1843-6932; Appling, Alison P. 0000-0003-3638-8572 aappling@usgs.gov; Sadler, Jeffrey M 0000-0001-8776-4844; DePaul, Vincent T. 0000-0002-7977-5217 vdepaul@usgs.gov; Szabo, Zoltan 0000-0002-0760-9607</t>
         </is>
       </c>
       <c r="AZ9" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70264990</t>
+          <t>https://pubs.usgs.gov/publication/70254333</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>70264990</t>
+          <t>70254333</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>70264990</t>
+          <t>70254333</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Book chapter</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>Book Chapter</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>The species status assessment: A framework for assessing species status and risk to support endangered species management decisions</t>
-[...4 lines deleted...]
-          <t>Volume II</t>
+          <t>Deep learning of estuary salinity dynamics is physically accurate at a fraction of hydrodynamic model computational cost</t>
+        </is>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>Limnology and Oceanography</t>
+        </is>
+      </c>
+      <c r="P10" t="inlineStr">
+        <is>
+          <t>10.1002/lno.12549</t>
+        </is>
+      </c>
+      <c r="R10" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="S10" t="inlineStr">
+        <is>
+          <t>5</t>
         </is>
       </c>
       <c r="T10" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V10" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W10" t="inlineStr">
         <is>
-          <t>Bloomsbury Publishing</t>
+          <t>Association for the Science of Limnology and Oceanography</t>
         </is>
       </c>
       <c r="Y10" t="inlineStr">
         <is>
-          <t>Coop Res Unit Atlanta</t>
+          <t>WMA - Integrated Modeling and Prediction Division</t>
         </is>
       </c>
       <c r="Z10" t="inlineStr">
         <is>
           <t>16 p.</t>
         </is>
       </c>
-      <c r="AA10" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AD10" t="inlineStr">
         <is>
-          <t>87</t>
+          <t>1070</t>
         </is>
       </c>
       <c r="AE10" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>1085</t>
+        </is>
+      </c>
+      <c r="AM10" t="inlineStr">
+        <is>
+          <t>United States</t>
         </is>
       </c>
       <c r="AW10" t="inlineStr">
         <is>
-          <t>McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Allan, Nathan; Smith, David R. 0000-0001-9560-5210 dvsmith@usgs.gov</t>
+          <t>Gorski, Galen 0000-0003-0083-4251; Cook, Salme Ellen 0000-0003-1129-6209; Snyder, Amelia Marie 0000-0002-3036-7247; Appling, Alison P. 0000-0003-3638-8572 aappling@usgs.gov; Thompson, Theodore Paul 0000-0001-7373-314X; Smith, Jared David 0000-0003-3124-8255; Warner, John C. 0000-0002-3734-8903 jcwarner@usgs.gov; Topp, Simon Nemer 0000-0001-7741-5982</t>
         </is>
       </c>
       <c r="AZ10" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70259400</t>
+          <t>https://pubs.usgs.gov/publication/70252252</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>70259400</t>
+          <t>70252252</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>70259400</t>
+          <t>70252252</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Organization Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>A proposed methodology for conducting threats assessments within the Great Lakes Coregonines restoration framework</t>
+          <t>New diagnostic assessment of MCMC algorithm effectiveness, efficiency, reliability, and controllability</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>IEEE Access</t>
+        </is>
+      </c>
+      <c r="P11" t="inlineStr">
+        <is>
+          <t>10.1109/ACCESS.2024.3378752</t>
+        </is>
+      </c>
+      <c r="R11" t="inlineStr">
+        <is>
+          <t>12</t>
         </is>
       </c>
       <c r="T11" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V11" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W11" t="inlineStr">
         <is>
-          <t>Great Lakes Fishery Commission</t>
+          <t>Institute of Electrical and Electronics Engineers (IEEE)</t>
         </is>
       </c>
       <c r="Y11" t="inlineStr">
         <is>
-          <t>Eastern Ecological Science Center; Great Lakes Science Center</t>
+          <t>WMA - Integrated Modeling and Prediction Division</t>
         </is>
       </c>
       <c r="Z11" t="inlineStr">
         <is>
-          <t>67 p.</t>
+          <t>16 p.</t>
+        </is>
+      </c>
+      <c r="AD11" t="inlineStr">
+        <is>
+          <t>42385</t>
+        </is>
+      </c>
+      <c r="AE11" t="inlineStr">
+        <is>
+          <t>42400</t>
         </is>
       </c>
       <c r="AW11" t="inlineStr">
         <is>
-          <t>Honsey, Andrew Edgar 0000-0001-7535-1321; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Bronte, Charles R.; Cook, Andy; Drake, D. Andrew R.; Gorsky, Dimitry; Johnson, Timothy B.; Mandrak, Nicholas E.; Roberts, James 0000-0002-4193-610X jroberts@usgs.gov; Sitar, Shawn P.</t>
+          <t>KavianiHamedani, Hossein 0000-0002-9652-7418; Quinn, Julianne D. 0000-0001-7806-4416; Smith, Jared David 0000-0003-3124-8255</t>
         </is>
       </c>
       <c r="AZ11" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70250650</t>
+          <t>https://pubs.usgs.gov/publication/70264990</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>70250650</t>
+          <t>70264990</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>70250650</t>
+          <t>70264990</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Book chapter</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Book Chapter</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>Plant size, latitude, and phylogeny explain within-population variability in herbivory</t>
-[...14 lines deleted...]
-          <t>382</t>
+          <t>The species status assessment: A framework for assessing species status and risk to support endangered species management decisions</t>
+        </is>
+      </c>
+      <c r="Q12" t="inlineStr">
+        <is>
+          <t>Volume II</t>
         </is>
       </c>
       <c r="T12" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V12" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W12" t="inlineStr">
         <is>
-          <t>Science</t>
+          <t>Bloomsbury Publishing</t>
         </is>
       </c>
       <c r="Y12" t="inlineStr">
         <is>
-          <t>Fort Collins Science Center</t>
+          <t>Coop Res Unit Atlanta</t>
         </is>
       </c>
       <c r="Z12" t="inlineStr">
         <is>
-          <t>5 p.</t>
+          <t>16 p.</t>
+        </is>
+      </c>
+      <c r="AA12" t="inlineStr">
+        <is>
+          <t>Book</t>
+        </is>
+      </c>
+      <c r="AB12" t="inlineStr">
+        <is>
+          <t>Monograph</t>
+        </is>
+      </c>
+      <c r="AC12" t="inlineStr">
+        <is>
+          <t>The codex of the Endangered Species Act, volume II</t>
         </is>
       </c>
       <c r="AD12" t="inlineStr">
         <is>
-          <t>679</t>
+          <t>87</t>
         </is>
       </c>
       <c r="AE12" t="inlineStr">
         <is>
-          <t>683</t>
+          <t>102</t>
         </is>
       </c>
       <c r="AW12" t="inlineStr">
         <is>
-          <t>Robinson, Moria 0000-0001-8025-4024; Abbott, Karen C; Allen, Warwick J.; Andrade, Janete 0000-0003-2027-7173; Angulo, Diego 0000-0002-5678-4946; Anjos, Diego 0000-0002-3104-9988; Anstett, Daniel 0000-0001-7552-5539; Bagchi, Robert 0000-0003-4035-4105; Bagchi, Sumanta; Barbosa, Milton 0000-0003-4243-7895; Barrett, Sarah; Baskett, Carina 0000-0002-7354-8574; Ben-Simchon, Eyal 0000-0003-1216-7505; Bloodworth, Kathryn 0000-0001-5830-2712; Bronstein, Judith L.; Bruna, Emilio 0000-0003-3381-8477; Buckley, Yvonne 0000-0001-7599-3201; Burghardt, Karin 0000-0002-9302-6802; Bustos-Segura, Carlos 0000-0002-8624-3251; Cacho, N. Ivalu; Calixto, Eduardo Soares 0000-0003-3617-2464; Carvalho, Raquel 0000-0003-3734-0271; Castagneyrol, Bastien 0000-0001-8795-7806; Chiuffo, Mariana 0000-0003-3896-3104; Cinoğlu, Damla; Cinto Mejia, Elizeth 0000-0002-1418-5494; Cock, Marina 0000-0001-8336-8019; Cogni, Rodrigo 0000-0001-9907-9297; Cope, Olivia 0000-0002-5559-8164; Cornelissen, Tatiana 0000-0002-2721-7010; Cortez, Dezirea; Crowder, David 0000-0002-3720-1581; Dallstream, Caroline 0000-0002-9193-0611; Dattilo, Wesley 0000-0002-4758-4379; Davis, Julien 0000-0002-4902-675X; Dimarco, Romina; Dole, Haley; Dyer, Lee 0000-0002-0867-8874; Egbon, Ikponmwosa 0000-0001-7582-2138; Ejomah, Afure 0000-0001-8488-9668; Elderd, Bret D; Endara, Maria-Jose 0000-0002-8805-1456; Eubanks, Micky D.; Everingham, Susan; Farah, Keiko; Farias, Rafael de Paiva 0000-0003-3252-2236; Fernandes, Geraldo 0000-0003-1559-6049; Ferrante, Marco 0000-0003-2421-396X; Finn, Alain 0000-0002-2209-9553; Florjancic, Grace; Forister, Matthew L.; Fox, Quinn 0000-0002-4835-9587; Frago, Enric 0000-0001-8817-1303; Franca, Filipe M.; Getman-Pickering, Abigail 0000-0002-8006-3460; Getman-Pickering, Zoe 0000-0002-5695-858X; Gooden, Ben 0000-0003-0575-9078; Gossner, Martin M.; Greig, Keri 0000-0002-9570-5665; Gripenberg, Sofia 0000-0002-8788-2258; Groenteman, Ronny 0000-0003-3444-5262; Grof-Tisza, Patrick 0000-0002-0217-4253; Haack, Nora 0000-0001-6666-7332; Hahn, Lisa; Hahn, Philip 0000-0001-9717-9489; Haq, Shiekh Marifatul 0000-0002-8709-8658; Hennecke, Justus 0000-0002-6839-2333; Hermann, Sara 0000-0003-2570-9027; Holeski, Liza M.; Hutchinson, Matthew 0000-0002-2423-4026; Inouye, Brian; Jackson, Eleanor 0000-0002-9884-2972; Kagiya, Shinnosuke; Kalwajtys, Michael; Karban, Richard; Kariyat, Rupesh 0000-0002-6565-6276; Keasar, Tamar 0000-0002-4925-0823; Kersch-Becker, Monica 0000-0002-7578-2858; Kharouba, Heather 0000-0002-3250-9253; Kim, Tania 0000-0002-9098-073X; Kimuyu, Duncan; Kluse, Jennifer; Koerner, Sally E.; Komatsu, Kimberly; Krishnan, Sushmita 0000-0002-4409-1966; Laihonen, Miika 0000-0001-5964-0940; Lamelas-Lopez, Lucas 0000-0002-2230-7033; LaScaleia, Michael 0000-0002-8777-5962; Lecomte, Nicolas; Lehn, Carlos; Li, Xiaofei; Lindroth, Richard L; LoPresti, Eric; Losada, Maria 0000-0002-5778-282X; Louthan, Allison M; Luizzi, Victoria 0000-0002-1510-2283; Lynn, Joshua 0000-0002-7190-7991; Lyon, Nicholas 0000-0003-3905-1078; Maia, Lais 0000-0001-6391-3518; Maia, Renata 0000-0003-3923-2928; Mannall, Tosca 0000-0003-0802-3971; Martin, Bruce 0000-0003-4412-8965; Massad, Tara 0000-0002-7669-3312; McCall, Andrew 0000-0001-6300-1738; McGurrin, Kelsey 0000-0001-9607-6541; Merwin, Andrew 0000-0002-4341-097X; Mijango-Ramos, Zarluis 0000-0001-8105-5107; Mills, Charlotte 0000-0001-5823-4924; Moles, Angela 0000-0003-2041-7762; Moore, Christopher; Morrison, Colin 0000-0003-2370-3617; Moshobane, Moleseng 0000-0001-7498-8451; Muola, Anne 0000-0003-1828-6425; Nakadai, Ryosuke 0000-0002-9512-8511; Nakajima, Kazuhide 0000-0003-0729-5326; Novais, Samuel 0000-0003-3863-0860; Ogbebor, Charlee 0000-0001-8927-5518; Ohsaki, Haruna 0000-0003-1219-2989; Pan, Vincent S. 0000-0001-9892-7805; Pardikes, Nicholas 0000-0002-9175-4494; Parthasarathy, Narayanaswamy 0000-0002-4172-5441; Pawar, Rohit 0000-0003-0177-705X; Paynter, Quentin 0000-0003-4568-5720; Pearse, Ian 0000-0001-7098-0495; Penczykowski, Rachel 0000-0003-4559-0609; Pepi, Adam 0000-0002-8253-6938; Pereira, Cassio 0000-0002-6017-4083; Phartyal, Shyam 0000-0003-3266-6619; Piper, Frida I.; Poveda, Katja 0000-0002-5222-6947; Pringle, Elizabeth 0000-0002-4398-9272; Puy, Javier 0000-0002-6422-2791; Quijano, Teresa 0000-0002-6438-3886; Quintero, Carolina 0000-0003-1269-4030; Rasmann, Sergio 0000-0002-3120-6226; Rosche, Christoph 0000-0002-4257-3072; Rosenheim, Leah 0000-0003-3061-5703; Runyon, Justin B.; Sadeh, Asaf 0000-0002-2704-4033; Sakata, Yuzu 0000-0003-1602-1482; Salcido, Danielle 0000-0001-6970-7387; Salgado-Luarte, Cristian 0000-0003-0845-2928; Santos, Braulio 0000-0001-6046-4024; Sapir, Yuval 0000-0001-9685-8076; Sasal, Yamila 0000-0001-6826-6225; Sato, Yasuhiro 0000-0002-6466-723X; Sawant, Manasi; Schroeder, Hayley 0000-0001-6797-5169; Schumann, Isabell 0000-0001-8354-2523; Segoli, Michal 0000-0002-3728-4030; Segre, Hila 0000-0002-3354-4675; Shelef, Oren 0000-0001-7218-6949; Shinohara, Naoto 0000-0002-0816-2536; Singh, Rachit Pratap 0000-0001-6158-7659; Smith, David 0000-0001-6074-9257; Sobral, Mar 0000-0001-6995-0491; Stotz, Gisela 0000-0001-8687-7361; Tack, Ayco 0000-0002-3550-1070; Tayal, Mandeep 0000-0002-3573-4544; Tooker, John 0000-0002-9303-6699; Torrico-Bazoberry, Daniel 0000-0001-6787-7702; Tougeron, Kevin 0000-0003-4897-3787; Underwood, Nora 0000-0003-3312-5064; Utsumi, Shunsuke 0000-0003-1558-8073; Uyi, Osariyekemwen 0000-0001-5268-4676; Vaca-Uribe, Jessica 0000-0003-0978-9696; Valtonen, Anu 0000-0003-1532-1563; van Dijk, Laura 0000-0003-1015-8496; Vandvik, Vigdis; Villellas, Jesus 0000-0001-7805-5683; Waller, Lauren 0000-0002-7110-6027; Weber, Marjorie G.; Wetzel, William C.; Whitehead, Susan 0000-0002-7089-4594; Yamawo, Akira 0000-0003-2928-8151; Yim, Samantha; Zehr, Luke 0000-0003-4311-5150; Zhong, Zhiwei 0000-0001-8598-961X</t>
+          <t>McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Allan, Nathan; Smith, David R. 0000-0001-9560-5210 dvsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ12" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70248757</t>
+          <t>https://pubs.usgs.gov/publication/70259400</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>70248757</t>
+          <t>70259400</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>70248757</t>
+          <t>70259400</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Journal Article</t>
-[...4 lines deleted...]
-          <t>Application of a catch multiple survey analysis for Atlantic horseshoe crab &lt;i&gt;Limulus polyphemus&lt;/i&gt; in the Delaware Bay</t>
+          <t>Organization Series</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>Application of a catch multiple survey analysis for Atlantic horseshoe crab Limulus polyphemus in the Delaware Bay</t>
-[...19 lines deleted...]
-          <t>5</t>
+          <t>A proposed methodology for conducting threats assessments within the Great Lakes Coregonines restoration framework</t>
         </is>
       </c>
       <c r="T13" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V13" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W13" t="inlineStr">
         <is>
-          <t>American Fisheries Society</t>
+          <t>Great Lakes Fishery Commission</t>
         </is>
       </c>
       <c r="Y13" t="inlineStr">
         <is>
-          <t>Eastern Ecological Science Center</t>
+          <t>Eastern Ecological Science Center; Great Lakes Science Center</t>
         </is>
       </c>
       <c r="Z13" t="inlineStr">
         <is>
-          <t>e10250, 16 p.</t>
-[...14 lines deleted...]
-          <t>Delaware Bay</t>
+          <t>67 p.</t>
         </is>
       </c>
       <c r="AW13" t="inlineStr">
         <is>
-          <t>Anstead, Kristen A.; Sweka, John A.; Barry, Linda; Hallerman, Eric M.; Smith, David R. 0000-0001-9560-5210 dvsmith@usgs.gov; Ameral, Natalie; Schmidtke, Michael; Wong, Richard A.</t>
+          <t>Honsey, Andrew Edgar 0000-0001-7535-1321; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Bronte, Charles R.; Cook, Andy; Drake, D. Andrew R.; Gorsky, Dimitry; Johnson, Timothy B.; Mandrak, Nicholas E.; Roberts, James 0000-0002-4193-610X jroberts@usgs.gov; Sitar, Shawn P.</t>
         </is>
       </c>
       <c r="AZ13" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70252793</t>
+          <t>https://pubs.usgs.gov/publication/70250650</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>70252793</t>
+          <t>70250650</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>70252793</t>
+          <t>70250650</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>Application of the technology readiness levels framework to natural resource management tools</t>
+          <t>Plant size, latitude, and phylogeny explain within-population variability in herbivory</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>Fisheries</t>
-[...9 lines deleted...]
-          <t>0363-2415</t>
+          <t>Science</t>
         </is>
       </c>
       <c r="P14" t="inlineStr">
         <is>
-          <t>10.1002/fsh.10982</t>
+          <t>10.1126/science.adh8830</t>
         </is>
       </c>
       <c r="R14" t="inlineStr">
         <is>
-          <t>48</t>
-[...4 lines deleted...]
-          <t>11</t>
+          <t>382</t>
         </is>
       </c>
       <c r="T14" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V14" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W14" t="inlineStr">
         <is>
-          <t>American fisheries Society</t>
+          <t>Science</t>
         </is>
       </c>
       <c r="Y14" t="inlineStr">
         <is>
-          <t>Upper Midwest Environmental Sciences Center</t>
+          <t>Fort Collins Science Center</t>
         </is>
       </c>
       <c r="Z14" t="inlineStr">
         <is>
-          <t>6 p.</t>
+          <t>5 p.</t>
         </is>
       </c>
       <c r="AD14" t="inlineStr">
         <is>
-          <t>474</t>
+          <t>679</t>
         </is>
       </c>
       <c r="AE14" t="inlineStr">
         <is>
-          <t>479</t>
+          <t>683</t>
         </is>
       </c>
       <c r="AW14" t="inlineStr">
         <is>
-          <t>Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov; Fritts, Andrea K. 0000-0003-2142-3339; Brey, Marybeth K. 0000-0003-4403-9655 mbrey@usgs.gov; Woodley, Christa M.; Smith, David 0000-0001-6074-9257; Cornish, Mark; McGovern, Amy; Simmonds, Rob; Jackson, Neal</t>
+          <t>The Herbivory Variability Network; Robinson, Moria 0000-0001-8025-4024; Abbott, Karen C; Allen, Warwick J.; Andrade, Janete 0000-0003-2027-7173; Angulo, Diego 0000-0002-5678-4946; Anjos, Diego 0000-0002-3104-9988; Anstett, Daniel 0000-0001-7552-5539; Bagchi, Robert 0000-0003-4035-4105; Bagchi, Sumanta; Barbosa, Milton 0000-0003-4243-7895; Barrett, Sarah; Baskett, Carina 0000-0002-7354-8574; Ben-Simchon, Eyal 0000-0003-1216-7505; Bloodworth, Kathryn 0000-0001-5830-2712; Bronstein, Judith L.; Bruna, Emilio 0000-0003-3381-8477; Buckley, Yvonne 0000-0001-7599-3201; Burghardt, Karin 0000-0002-9302-6802; Bustos-Segura, Carlos 0000-0002-8624-3251; Cacho, N. Ivalu; Calixto, Eduardo Soares 0000-0003-3617-2464; Carvalho, Raquel 0000-0003-3734-0271; Castagneyrol, Bastien 0000-0001-8795-7806; Chiuffo, Mariana 0000-0003-3896-3104; Cinoğlu, Damla; Cinto Mejia, Elizeth 0000-0002-1418-5494; Cock, Marina 0000-0001-8336-8019; Cogni, Rodrigo 0000-0001-9907-9297; Cope, Olivia 0000-0002-5559-8164; Cornelissen, Tatiana 0000-0002-2721-7010; Cortez, Dezirea; Crowder, David 0000-0002-3720-1581; Dallstream, Caroline 0000-0002-9193-0611; Dattilo, Wesley 0000-0002-4758-4379; Davis, Julien 0000-0002-4902-675X; Dimarco, Romina; Dole, Haley; Dyer, Lee 0000-0002-0867-8874; Egbon, Ikponmwosa 0000-0001-7582-2138; Ejomah, Afure 0000-0001-8488-9668; Elderd, Bret D; Endara, Maria-Jose 0000-0002-8805-1456; Eubanks, Micky D.; Everingham, Susan; Farah, Keiko; Farias, Rafael de Paiva 0000-0003-3252-2236; Fernandes, Geraldo 0000-0003-1559-6049; Ferrante, Marco 0000-0003-2421-396X; Finn, Alain 0000-0002-2209-9553; Florjancic, Grace; Forister, Matthew L.; Fox, Quinn 0000-0002-4835-9587; Frago, Enric 0000-0001-8817-1303; Franca, Filipe M.; Getman-Pickering, Abigail 0000-0002-8006-3460; Getman-Pickering, Zoe 0000-0002-5695-858X; Gooden, Ben 0000-0003-0575-9078; Gossner, Martin M.; Greig, Keri 0000-0002-9570-5665; Gripenberg, Sofia 0000-0002-8788-2258; Groenteman, Ronny 0000-0003-3444-5262; Grof-Tisza, Patrick 0000-0002-0217-4253; Haack, Nora 0000-0001-6666-7332; Hahn, Lisa; Hahn, Philip 0000-0001-9717-9489; Haq, Shiekh Marifatul 0000-0002-8709-8658; Hennecke, Justus 0000-0002-6839-2333; Hermann, Sara 0000-0003-2570-9027; Holeski, Liza M.; Hutchinson, Matthew 0000-0002-2423-4026; Inouye, Brian; Jackson, Eleanor 0000-0002-9884-2972; Kagiya, Shinnosuke; Kalwajtys, Michael; Karban, Richard; Kariyat, Rupesh 0000-0002-6565-6276; Keasar, Tamar 0000-0002-4925-0823; Kersch-Becker, Monica 0000-0002-7578-2858; Kharouba, Heather 0000-0002-3250-9253; Kim, Tania 0000-0002-9098-073X; Kimuyu, Duncan; Kluse, Jennifer; Koerner, Sally E.; Komatsu, Kimberly; Krishnan, Sushmita 0000-0002-4409-1966; Laihonen, Miika 0000-0001-5964-0940; Lamelas-Lopez, Lucas 0000-0002-2230-7033; LaScaleia, Michael 0000-0002-8777-5962; Lecomte, Nicolas; Lehn, Carlos; Li, Xiaofei; Lindroth, Richard L; LoPresti, Eric; Losada, Maria 0000-0002-5778-282X; Louthan, Allison M; Luizzi, Victoria 0000-0002-1510-2283; Lynn, Joshua 0000-0002-7190-7991; Lyon, Nicholas 0000-0003-3905-1078; Maia, Lais 0000-0001-6391-3518; Maia, Renata 0000-0003-3923-2928; Mannall, Tosca 0000-0003-0802-3971; Martin, Bruce 0000-0003-4412-8965; Massad, Tara 0000-0002-7669-3312; McCall, Andrew 0000-0001-6300-1738; McGurrin, Kelsey 0000-0001-9607-6541; Merwin, Andrew 0000-0002-4341-097X; Mijango-Ramos, Zarluis 0000-0001-8105-5107; Mills, Charlotte 0000-0001-5823-4924; Moles, Angela 0000-0003-2041-7762; Moore, Christopher; Morrison, Colin 0000-0003-2370-3617; Moshobane, Moleseng 0000-0001-7498-8451; Muola, Anne 0000-0003-1828-6425; Nakadai, Ryosuke 0000-0002-9512-8511; Nakajima, Kazuhide 0000-0003-0729-5326; Novais, Samuel 0000-0003-3863-0860; Ogbebor, Charlee 0000-0001-8927-5518; Ohsaki, Haruna 0000-0003-1219-2989; Pan, Vincent S. 0000-0001-9892-7805; Pardikes, Nicholas 0000-0002-9175-4494; Parthasarathy, Narayanaswamy 0000-0002-4172-5441; Pawar, Rohit 0000-0003-0177-705X; Paynter, Quentin 0000-0003-4568-5720; Pearse, Ian 0000-0001-7098-0495; Penczykowski, Rachel 0000-0003-4559-0609; Pepi, Adam 0000-0002-8253-6938; Pereira, Cassio 0000-0002-6017-4083; Phartyal, Shyam 0000-0003-3266-6619; Piper, Frida I.; Poveda, Katja 0000-0002-5222-6947; Pringle, Elizabeth 0000-0002-4398-9272; Puy, Javier 0000-0002-6422-2791; Quijano, Teresa 0000-0002-6438-3886; Quintero, Carolina 0000-0003-1269-4030; Rasmann, Sergio 0000-0002-3120-6226; Rosche, Christoph 0000-0002-4257-3072; Rosenheim, Leah 0000-0003-3061-5703; Runyon, Justin B.; Sadeh, Asaf 0000-0002-2704-4033; Sakata, Yuzu 0000-0003-1602-1482; Salcido, Danielle 0000-0001-6970-7387; Salgado-Luarte, Cristian 0000-0003-0845-2928; Santos, Braulio 0000-0001-6046-4024; Sapir, Yuval 0000-0001-9685-8076; Sasal, Yamila 0000-0001-6826-6225; Sato, Yasuhiro 0000-0002-6466-723X; Sawant, Manasi; Schroeder, Hayley 0000-0001-6797-5169; Schumann, Isabell 0000-0001-8354-2523; Segoli, Michal 0000-0002-3728-4030; Segre, Hila 0000-0002-3354-4675; Shelef, Oren 0000-0001-7218-6949; Shinohara, Naoto 0000-0002-0816-2536; Singh, Rachit Pratap 0000-0001-6158-7659; Smith, David 0000-0001-6074-9257; Sobral, Mar 0000-0001-6995-0491; Stotz, Gisela 0000-0001-8687-7361; Tack, Ayco 0000-0002-3550-1070; Tayal, Mandeep 0000-0002-3573-4544; Tooker, John 0000-0002-9303-6699; Torrico-Bazoberry, Daniel 0000-0001-6787-7702; Tougeron, Kevin 0000-0003-4897-3787; Underwood, Nora 0000-0003-3312-5064; Utsumi, Shunsuke 0000-0003-1558-8073; Uyi, Osariyekemwen 0000-0001-5268-4676; Vaca-Uribe, Jessica 0000-0003-0978-9696; Valtonen, Anu 0000-0003-1532-1563; van Dijk, Laura 0000-0003-1015-8496; Vandvik, Vigdis; Villellas, Jesus 0000-0001-7805-5683; Waller, Lauren 0000-0002-7110-6027; Weber, Marjorie G.; Wetzel, William C.; Whitehead, Susan 0000-0002-7089-4594; Yamawo, Akira 0000-0003-2928-8151; Yim, Samantha; Zehr, Luke 0000-0003-4311-5150; Zhong, Zhiwei 0000-0001-8598-961X</t>
         </is>
       </c>
       <c r="AZ14" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70247753</t>
+          <t>https://pubs.usgs.gov/publication/70248757</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>70247753</t>
+          <t>70248757</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>70247753</t>
+          <t>70248757</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>Assessment of recovery potential for the American horseshoe crab (&lt;i&gt;Limulus polyphemus&lt;/i&gt;): An application of the IUCN green status process</t>
+          <t>Application of a catch multiple survey analysis for Atlantic horseshoe crab &lt;i&gt;Limulus polyphemus&lt;/i&gt; in the Delaware Bay</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>Assessment of recovery potential for the American horseshoe crab (Limulus polyphemus): An application of the IUCN green status process</t>
+          <t>Application of a catch multiple survey analysis for Atlantic horseshoe crab Limulus polyphemus in the Delaware Bay</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>Aquatic Conservation: Marine and Freshwater Ecosystems</t>
+          <t>Marine and Coastal Fisheries: Dynamics, Management, and Ecosystem Science</t>
         </is>
       </c>
       <c r="P15" t="inlineStr">
         <is>
-          <t>10.1002/aqc.3990</t>
+          <t>10.1002/mcf2.10250</t>
         </is>
       </c>
       <c r="R15" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>15</t>
         </is>
       </c>
       <c r="S15" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>5</t>
         </is>
       </c>
       <c r="T15" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="U15" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V15" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W15" t="inlineStr">
         <is>
-          <t>Wiley</t>
+          <t>American Fisheries Society</t>
         </is>
       </c>
       <c r="Y15" t="inlineStr">
         <is>
-          <t>Eastern Ecological Science Center; Leetown Science Center</t>
+          <t>Eastern Ecological Science Center</t>
         </is>
       </c>
       <c r="Z15" t="inlineStr">
         <is>
-          <t>25 p.</t>
-[...9 lines deleted...]
-          <t>1199</t>
+          <t>e10250, 16 p.</t>
+        </is>
+      </c>
+      <c r="AM15" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN15" t="inlineStr">
+        <is>
+          <t>Delaware, Maryland, New Jersey</t>
+        </is>
+      </c>
+      <c r="AQ15" t="inlineStr">
+        <is>
+          <t>Delaware Bay</t>
         </is>
       </c>
       <c r="AW15" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Brockmann, H. Jane; Carmichael, Ruth H.; Hallerman, Eric M.; Watson, W.M.; Zaldivar-Rae, Jaime</t>
+          <t>Anstead, Kristen A.; Sweka, John A.; Barry, Linda; Hallerman, Eric M.; Smith, David R. 0000-0001-9560-5210 dvsmith@usgs.gov; Ameral, Natalie; Schmidtke, Michael; Wong, Richard A.</t>
         </is>
       </c>
       <c r="AZ15" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70247391</t>
+          <t>https://pubs.usgs.gov/publication/70252793</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>70247391</t>
+          <t>70252793</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>70247391</t>
+          <t>70252793</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
-      <c r="F16" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G16" t="inlineStr">
         <is>
-          <t>Movement and behavioral states of common carp (Cyprinus carpio) in response to a behavioral deterrent in a navigational lock</t>
+          <t>Application of the technology readiness levels framework to natural resource management tools</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>Movement Ecology</t>
+          <t>Fisheries</t>
+        </is>
+      </c>
+      <c r="M16" t="inlineStr">
+        <is>
+          <t>1548-8446</t>
+        </is>
+      </c>
+      <c r="N16" t="inlineStr">
+        <is>
+          <t>0363-2415</t>
         </is>
       </c>
       <c r="P16" t="inlineStr">
         <is>
-          <t>10.1186/s40462-023-00396-z</t>
+          <t>10.1002/fsh.10982</t>
         </is>
       </c>
       <c r="R16" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="S16" t="inlineStr">
+        <is>
           <t>11</t>
         </is>
       </c>
       <c r="T16" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="U16" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V16" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W16" t="inlineStr">
         <is>
-          <t>Springer Nature</t>
+          <t>American fisheries Society</t>
         </is>
       </c>
       <c r="Y16" t="inlineStr">
         <is>
-          <t>Illinois Water Science Center; Upper Midwest Environmental Sciences Center; Western Fisheries Research Center</t>
+          <t>Upper Midwest Environmental Sciences Center</t>
         </is>
       </c>
       <c r="Z16" t="inlineStr">
         <is>
-          <t>42, 16 p.</t>
-[...14 lines deleted...]
-          <t>Fox River, Kaukauna locks</t>
+          <t>6 p.</t>
+        </is>
+      </c>
+      <c r="AD16" t="inlineStr">
+        <is>
+          <t>474</t>
+        </is>
+      </c>
+      <c r="AE16" t="inlineStr">
+        <is>
+          <t>479</t>
         </is>
       </c>
       <c r="AW16" t="inlineStr">
         <is>
-          <t>Raboin, Maggie Jo 0000-0002-1475-7253; Plumb, John 0000-0003-4255-1612; Sholtis, Matthew 0000-0003-1904-8250; Smith, David; Jackson, P. Ryan 0000-0002-3154-6108 pjackson@usgs.gov; Rivera, Jose 0000-0003-3756-6860 jrivera@usgs.gov; Suski, C.D.; Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov</t>
+          <t>Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov; Fritts, Andrea K. 0000-0003-2142-3339; Brey, Marybeth K. 0000-0003-4403-9655 mbrey@usgs.gov; Woodley, Christa M.; Smith, David 0000-0001-6074-9257; Cornish, Mark; McGovern, Amy; Simmonds, Rob; Jackson, Neal</t>
         </is>
       </c>
       <c r="AZ16" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70244135</t>
+          <t>https://pubs.usgs.gov/publication/70247753</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>70244135</t>
+          <t>70247753</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>70244135</t>
+          <t>70247753</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Assessment of recovery potential for the American horseshoe crab (&lt;i&gt;Limulus polyphemus&lt;/i&gt;): An application of the IUCN green status process</t>
+        </is>
+      </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t>A science and management partnership to restore coregonine diversity to the Laurentian Great Lakes</t>
+          <t>Assessment of recovery potential for the American horseshoe crab (Limulus polyphemus): An application of the IUCN green status process</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>Environmental Reviews</t>
+          <t>Aquatic Conservation: Marine and Freshwater Ecosystems</t>
         </is>
       </c>
       <c r="P17" t="inlineStr">
         <is>
-          <t>10.1139/er-2022-0109</t>
+          <t>10.1002/aqc.3990</t>
         </is>
       </c>
       <c r="R17" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>33</t>
         </is>
       </c>
       <c r="S17" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="T17" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="U17" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V17" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W17" t="inlineStr">
         <is>
-          <t>Canadian Science Publishing</t>
+          <t>Wiley</t>
         </is>
       </c>
       <c r="Y17" t="inlineStr">
         <is>
-          <t>Great Lakes Science Center; Leetown Science Center</t>
+          <t>Eastern Ecological Science Center; Leetown Science Center</t>
         </is>
       </c>
       <c r="Z17" t="inlineStr">
         <is>
-          <t>23 p.</t>
+          <t>25 p.</t>
         </is>
       </c>
       <c r="AD17" t="inlineStr">
         <is>
-          <t>716</t>
+          <t>1175</t>
         </is>
       </c>
       <c r="AE17" t="inlineStr">
         <is>
-          <t>738</t>
-[...9 lines deleted...]
-          <t>Laurentian Great Lakes</t>
+          <t>1199</t>
         </is>
       </c>
       <c r="AW17" t="inlineStr">
         <is>
-          <t>Bunnell, David 0000-0003-3521-7747; Ackiss, Amanda Susanne 0000-0002-8726-7423; Alofs, Karen M; Brant, Cory 0000-0002-0919-1566; Bronte, Charles R.; Claramunt, Randall M.; Dettmers, John M.; Honsey, Andrew Edgar 0000-0001-7535-1321; Mandrak, Nicholas E.; Muir, Andrew M.; Santucci, Victor; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Strach, Russell M. 0000-0001-6762-8693; Sweka, John A.; Weidel, Brian 0000-0001-6095-2773 bweidel@usgs.gov; Mattes, William; Newman, Kurt R. 0000-0003-0059-6046 knewman@usgs.gov</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Brockmann, H. Jane; Carmichael, Ruth H.; Hallerman, Eric M.; Watson, W.M.; Zaldivar-Rae, Jaime</t>
         </is>
       </c>
       <c r="AZ17" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70244169</t>
+          <t>https://pubs.usgs.gov/publication/70247391</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>70244169</t>
+          <t>70247391</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>70244169</t>
+          <t>70247391</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Movement and behavioral states of common carp (&lt;i&gt;Cyprinus carpio&lt;/i&gt;) in response to a behavioral deterrent in a navigational lock</t>
+        </is>
+      </c>
       <c r="G18" t="inlineStr">
         <is>
-          <t>When are environmental DNA early detections of invasive species actionable?</t>
+          <t>Movement and behavioral states of common carp (Cyprinus carpio) in response to a behavioral deterrent in a navigational lock</t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>Journal of Environmental Management</t>
+          <t>Movement Ecology</t>
         </is>
       </c>
       <c r="P18" t="inlineStr">
         <is>
-          <t>10.1016/j.jenvman.2023.118216</t>
+          <t>10.1186/s40462-023-00396-z</t>
         </is>
       </c>
       <c r="R18" t="inlineStr">
         <is>
-          <t>343</t>
+          <t>11</t>
         </is>
       </c>
       <c r="T18" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="U18" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V18" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W18" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>Springer Nature</t>
         </is>
       </c>
       <c r="Y18" t="inlineStr">
         <is>
-          <t>Eastern Ecological Science Center; Leetown Science Center; Northern Rocky Mountain Science Center; Upper Midwest Environmental Sciences Center; Wetland and Aquatic Research Center</t>
+          <t>Illinois Water Science Center; Upper Midwest Environmental Sciences Center; Western Fisheries Research Center</t>
         </is>
       </c>
       <c r="Z18" t="inlineStr">
         <is>
-          <t>118216, 11 p.</t>
+          <t>42, 16 p.</t>
         </is>
       </c>
       <c r="AM18" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN18" t="inlineStr">
         <is>
-          <t>Maine</t>
+          <t>Wisconsin</t>
         </is>
       </c>
       <c r="AQ18" t="inlineStr">
         <is>
-          <t>Sebago Lake</t>
+          <t>Fox River, Kaukauna locks</t>
         </is>
       </c>
       <c r="AW18" t="inlineStr">
         <is>
-          <t>Sepulveda, Adam 0000-0001-7621-7028 asepulveda@usgs.gov; Dumoulin, Christine E. 0000-0001-7587-9417; Blanchette, Denise L.; Mcphedran, John; Holme, Colin; Whalen, Nathan; Hunter, Margaret 0000-0002-4760-9302; Merkes, Christopher M. 0000-0001-8191-627X cmerkes@usgs.gov; Richter, Catherine A. 0000-0001-7322-4206 crichter@usgs.gov; Neilson, Matthew 0000-0002-5139-5677; Daniel, Wesley M. 0000-0002-7656-8474; Jones-Slobodian, Devin Nicole 0000-0001-9215-2930; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>Raboin, Maggie Jo 0000-0002-1475-7253; Plumb, John 0000-0003-4255-1612; Sholtis, Matthew D. 0000-0003-1904-8250; Smith, David; Jackson, P. Ryan 0000-0002-3154-6108 pjackson@usgs.gov; Rivera, Jose 0000-0003-3756-6860 jrivera@usgs.gov; Suski, C.D.; Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov</t>
         </is>
       </c>
       <c r="AZ18" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70243973</t>
+          <t>https://pubs.usgs.gov/publication/70244135</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>70243973</t>
+          <t>70244135</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>70243973</t>
+          <t>70244135</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
-          <t>Creating conservation strategies with value-focused thinking</t>
+          <t>A science and management partnership to restore coregonine diversity to the Laurentian Great Lakes</t>
         </is>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>Conservation Biology</t>
+          <t>Environmental Reviews</t>
         </is>
       </c>
       <c r="P19" t="inlineStr">
         <is>
-          <t>10.1111/cobi.14109</t>
+          <t>10.1139/er-2022-0109</t>
         </is>
       </c>
       <c r="R19" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>31</t>
         </is>
       </c>
       <c r="S19" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>4</t>
         </is>
       </c>
       <c r="T19" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="U19" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V19" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W19" t="inlineStr">
         <is>
-          <t>Society for Conservation Biology</t>
+          <t>Canadian Science Publishing</t>
         </is>
       </c>
       <c r="Y19" t="inlineStr">
         <is>
-          <t>Eastern Ecological Science Center</t>
+          <t>Great Lakes Science Center; Leetown Science Center</t>
         </is>
       </c>
       <c r="Z19" t="inlineStr">
         <is>
-          <t>e14109, 14 p.</t>
+          <t>23 p.</t>
+        </is>
+      </c>
+      <c r="AD19" t="inlineStr">
+        <is>
+          <t>716</t>
+        </is>
+      </c>
+      <c r="AE19" t="inlineStr">
+        <is>
+          <t>738</t>
+        </is>
+      </c>
+      <c r="AM19" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AQ19" t="inlineStr">
+        <is>
+          <t>Laurentian Great Lakes</t>
         </is>
       </c>
       <c r="AW19" t="inlineStr">
         <is>
-          <t>Martin, David M. 0000-0002-1514-5734; Goldstein, Joshua; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Musengezi, Jessica; Rountree, Jessie G.; Galgamuwe, Pabodha G. A.; Craig, Aileen; Dietz, Michelle; Kerr, Caitlin</t>
+          <t>Bunnell, David B. 0000-0003-3521-7747; Ackiss, Amanda Susanne 0000-0002-8726-7423; Alofs, Karen M; Brant, Cory 0000-0002-0919-1566; Bronte, Charles R.; Claramunt, Randall M.; Dettmers, John M.; Honsey, Andrew Edgar 0000-0001-7535-1321; Mandrak, Nicholas E.; Muir, Andrew M.; Santucci, Victor; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Strach, Russell M. 0000-0001-6762-8693; Sweka, John A.; Weidel, Brian 0000-0001-6095-2773 bweidel@usgs.gov; Mattes, William; Newman, Kurt R. 0000-0003-0059-6046 knewman@usgs.gov</t>
         </is>
       </c>
       <c r="AZ19" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70239772</t>
+          <t>https://pubs.usgs.gov/publication/70244169</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>70239772</t>
+          <t>70244169</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>70239772</t>
+          <t>70244169</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t>Incorporating temperature into seepage loss estimates for a large unlined irrigation canal</t>
+          <t>When are environmental DNA early detections of invasive species actionable?</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>Journal of Hydrology</t>
+          <t>Journal of Environmental Management</t>
         </is>
       </c>
       <c r="P20" t="inlineStr">
         <is>
-          <t>10.1016/j.jhydrol.2023.129117</t>
+          <t>10.1016/j.jenvman.2023.118216</t>
         </is>
       </c>
       <c r="R20" t="inlineStr">
         <is>
-          <t>617</t>
-[...4 lines deleted...]
-          <t>C</t>
+          <t>343</t>
         </is>
       </c>
       <c r="T20" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="U20" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V20" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W20" t="inlineStr">
         <is>
           <t>Elsevier</t>
         </is>
       </c>
       <c r="Y20" t="inlineStr">
         <is>
-          <t>Nevada Water Science Center</t>
+          <t>Eastern Ecological Science Center; Leetown Science Center; Northern Rocky Mountain Science Center; Upper Midwest Environmental Sciences Center; Wetland and Aquatic Research Center</t>
         </is>
       </c>
       <c r="Z20" t="inlineStr">
         <is>
-          <t>129117, 15 p.; Data Release</t>
+          <t>118216, 11 p.</t>
         </is>
       </c>
       <c r="AM20" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN20" t="inlineStr">
         <is>
-          <t>Nevada</t>
+          <t>Maine</t>
+        </is>
+      </c>
+      <c r="AQ20" t="inlineStr">
+        <is>
+          <t>Sebago Lake</t>
         </is>
       </c>
       <c r="AW20" t="inlineStr">
         <is>
-          <t>Naranjo, Ramon C. 0000-0003-4469-6831 rnaranjo@usgs.gov; Smith, David 0000-0002-9543-800X; Lindenbach, Evan J.</t>
+          <t>Sepulveda, Adam 0000-0001-7621-7028 asepulveda@usgs.gov; Dumoulin, Christine E. 0000-0001-7587-9417; Blanchette, Denise L.; Mcphedran, John; Holme, Colin; Whalen, Nathan; Hunter, Margaret 0000-0002-4760-9302; Merkes, Christopher M. 0000-0001-8191-627X cmerkes@usgs.gov; Richter, Catherine A. 0000-0001-7322-4206 crichter@usgs.gov; Neilson, Matthew 0000-0002-5139-5677; Daniel, Wesley M. 0000-0002-7656-8474; Jones-Slobodian, Devin Nicole 0000-0001-9215-2930; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ20" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70239798</t>
+          <t>https://pubs.usgs.gov/publication/70243973</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>70239798</t>
+          <t>70243973</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>70239798</t>
+          <t>70243973</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>Book chapter</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>Book Chapter</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
-          <t>Horseshoe crab</t>
-[...4 lines deleted...]
-          <t>7.1.2</t>
+          <t>Creating conservation strategies with value-focused thinking</t>
+        </is>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>Conservation Biology</t>
+        </is>
+      </c>
+      <c r="P21" t="inlineStr">
+        <is>
+          <t>10.1111/cobi.14109</t>
+        </is>
+      </c>
+      <c r="R21" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="S21" t="inlineStr">
+        <is>
+          <t>5</t>
         </is>
       </c>
       <c r="T21" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="U21" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V21" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W21" t="inlineStr">
         <is>
-          <t>Partnership for the Delaware Estuary</t>
+          <t>Society for Conservation Biology</t>
         </is>
       </c>
       <c r="Y21" t="inlineStr">
         <is>
           <t>Eastern Ecological Science Center</t>
         </is>
       </c>
       <c r="Z21" t="inlineStr">
         <is>
-          <t>8 p.</t>
-[...34 lines deleted...]
-          <t>Delaware Bay</t>
+          <t>e14109, 14 p.</t>
         </is>
       </c>
       <c r="AW21" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>Martin, David M. 0000-0002-1514-5734; Goldstein, Joshua; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Musengezi, Jessica; Rountree, Jessie G.; Galgamuwe, Pabodha G. A.; Craig, Aileen; Dietz, Michelle; Kerr, Caitlin</t>
         </is>
       </c>
       <c r="AZ21" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70237558</t>
+          <t>https://pubs.usgs.gov/publication/70239772</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>70237558</t>
+          <t>70239772</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>70237558</t>
+          <t>70239772</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>Multispecies approaches to status assessments in support of endangered species classifications</t>
+          <t>Incorporating temperature into seepage loss estimates for a large unlined irrigation canal</t>
         </is>
       </c>
       <c r="H22" t="inlineStr">
         <is>
-          <t>Conservation Science and Practice</t>
+          <t>Journal of Hydrology</t>
         </is>
       </c>
       <c r="P22" t="inlineStr">
         <is>
-          <t>10.1111/csp2.12825</t>
+          <t>10.1016/j.jhydrol.2023.129117</t>
         </is>
       </c>
       <c r="R22" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>617</t>
         </is>
       </c>
       <c r="S22" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>C</t>
         </is>
       </c>
       <c r="T22" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="U22" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V22" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W22" t="inlineStr">
         <is>
-          <t>Society for Conservation Biology</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y22" t="inlineStr">
         <is>
-          <t>Eastern Ecological Science Center</t>
+          <t>Nevada Water Science Center</t>
         </is>
       </c>
       <c r="Z22" t="inlineStr">
         <is>
-          <t>e12825, 11 p.</t>
+          <t>129117, 15 p.; Data Release</t>
+        </is>
+      </c>
+      <c r="AM22" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN22" t="inlineStr">
+        <is>
+          <t>Nevada</t>
         </is>
       </c>
       <c r="AW22" t="inlineStr">
         <is>
-          <t>Fitzgerald, Daniel Bruce 0000-0002-3254-7428; Freeman, Mary 0000-0001-7615-6923 mcfreeman@usgs.gov; Maloney, Kelly O. 0000-0003-2304-0745 kmaloney@usgs.gov; Young, John A. 0000-0002-4500-3673 jyoung@usgs.gov; Rosenberger, Amanda E. 0000-0002-5520-8349 arosenberger@usgs.gov; Kazyak, David C. 0000-0001-9860-4045; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>Naranjo, Ramon C. 0000-0003-4469-6831 rnaranjo@usgs.gov; Smith, David 0000-0002-9543-800X; Lindenbach, Evan J.</t>
         </is>
       </c>
       <c r="AZ22" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70237644</t>
+          <t>https://pubs.usgs.gov/publication/70239798</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>70237644</t>
+          <t>70239798</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>70237644</t>
+          <t>70239798</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Book chapter</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>Journal Article</t>
-[...4 lines deleted...]
-          <t>Using structured decision making to evaluate potential management responses to detection of dreissenid mussel (&lt;i&gt;Dreissena&lt;/i&gt; spp.) environmental DNA</t>
+          <t>Book Chapter</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>Using structured decision making to evaluate potential management responses to detection of dreissenid mussel (Dreissena spp.) environmental DNA</t>
-[...19 lines deleted...]
-          <t>2</t>
+          <t>Horseshoe crab</t>
+        </is>
+      </c>
+      <c r="K23" t="inlineStr">
+        <is>
+          <t>7.1.2</t>
         </is>
       </c>
       <c r="T23" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="U23" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V23" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W23" t="inlineStr">
         <is>
-          <t>Regional Euro-Asian Biological Invasions Centre</t>
+          <t>Partnership for the Delaware Estuary</t>
         </is>
       </c>
       <c r="Y23" t="inlineStr">
         <is>
-          <t>Columbia Environmental Research Center; Eastern Ecological Science Center; Northern Rocky Mountain Science Center; Upper Midwest Environmental Sciences Center; Wetland and Aquatic Research Center</t>
+          <t>Eastern Ecological Science Center</t>
         </is>
       </c>
       <c r="Z23" t="inlineStr">
         <is>
-          <t>25 p.</t>
+          <t>8 p.</t>
+        </is>
+      </c>
+      <c r="AA23" t="inlineStr">
+        <is>
+          <t>Report</t>
+        </is>
+      </c>
+      <c r="AB23" t="inlineStr">
+        <is>
+          <t>Organization Series</t>
+        </is>
+      </c>
+      <c r="AC23" t="inlineStr">
+        <is>
+          <t>Technical report for the Delaware estuary and basin, PDE Report No. 22-05</t>
         </is>
       </c>
       <c r="AD23" t="inlineStr">
         <is>
-          <t>344</t>
+          <t>308</t>
         </is>
       </c>
       <c r="AE23" t="inlineStr">
         <is>
-          <t>368</t>
+          <t>315</t>
+        </is>
+      </c>
+      <c r="AM23" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AQ23" t="inlineStr">
+        <is>
+          <t>Delaware Bay</t>
         </is>
       </c>
       <c r="AW23" t="inlineStr">
         <is>
-          <t>Sepulveda, Adam 0000-0001-7621-7028 asepulveda@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; O'Donnell, Katherine M. 0000-0001-9023-174X; Owens, Nathan; White, Brittany; Richter, Cathy A. 0000-0001-7322-4206 crichter@usgs.gov; Merkes, Christopher M. 0000-0001-8191-627X cmerkes@usgs.gov; Wolf, Skylar; Rau, Mike; Neilson, Matthew 0000-0002-5139-5677; Daniel, Wesley M. 0000-0002-7656-8474; Dumoulin, Christine E. 0000-0001-7587-9417; Hunter, Margaret 0000-0002-4760-9302</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ23" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70230021</t>
+          <t>https://pubs.usgs.gov/publication/70237558</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>70230021</t>
+          <t>70237558</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>70230021</t>
+          <t>70237558</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>Performance of a carbon dioxide injection system at a navigation lock to control the spread of aquatic invasive species</t>
+          <t>Multispecies approaches to status assessments in support of endangered species classifications</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
-          <t>Journal of Environmental Engineering</t>
+          <t>Conservation Science and Practice</t>
         </is>
       </c>
       <c r="P24" t="inlineStr">
         <is>
-          <t>10.1061/(ASCE)EE.1943-7870.0001987</t>
+          <t>10.1111/csp2.12825</t>
         </is>
       </c>
       <c r="R24" t="inlineStr">
         <is>
-          <t>148</t>
+          <t>4</t>
         </is>
       </c>
       <c r="S24" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="T24" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="U24" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V24" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W24" t="inlineStr">
         <is>
-          <t>American Society of Civil Engineers</t>
+          <t>Society for Conservation Biology</t>
         </is>
       </c>
       <c r="Y24" t="inlineStr">
         <is>
-          <t>Upper Midwest Environmental Sciences Center</t>
+          <t>Eastern Ecological Science Center</t>
         </is>
       </c>
       <c r="Z24" t="inlineStr">
         <is>
-          <t>04022011, 18 p.</t>
-[...14 lines deleted...]
-          <t>Kaukauna</t>
+          <t>e12825, 11 p.</t>
         </is>
       </c>
       <c r="AW24" t="inlineStr">
         <is>
-          <t>Zolper, Thomas J.; Smith, David 0000-0001-6074-9257; Jackson, P. Ryan 0000-0002-3154-6108 pjackson@usgs.gov; Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov</t>
+          <t>Fitzgerald, Daniel Bruce 0000-0002-3254-7428; Freeman, Mary 0000-0001-7615-6923 mcfreeman@usgs.gov; Maloney, Kelly O. 0000-0003-2304-0745 kmaloney@usgs.gov; Young, John A. 0000-0002-4500-3673 jyoung@usgs.gov; Rosenberger, Amanda E. 0000-0002-5520-8349 arosenberger@usgs.gov; Kazyak, David C. 0000-0001-9860-4045; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ24" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20215137</t>
+          <t>https://pubs.usgs.gov/publication/70237644</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>70227140</t>
+          <t>70237644</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>sir20215137</t>
+          <t>70237644</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>Surface Infiltration and Unsaturated Zone Characterization in Support of Managed Aquifer Recharge in Bedell Flat, Washoe County, Nevada</t>
+          <t>Using structured decision making to evaluate potential management responses to detection of dreissenid mussel (&lt;i&gt;Dreissena&lt;/i&gt; spp.) environmental DNA</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>Surface infiltration and unsaturated zone characterization in support of managed aquifer recharge in Bedell Flat, Washoe County, Nevada</t>
+          <t>Using structured decision making to evaluate potential management responses to detection of dreissenid mussel (Dreissena spp.) environmental DNA</t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>Scientific Investigations Report</t>
-[...14 lines deleted...]
-          <t>2328-031X</t>
+          <t>Management of Biological Invasions</t>
         </is>
       </c>
       <c r="P25" t="inlineStr">
         <is>
-          <t>10.3133/sir20215137</t>
+          <t>10.3391/mbi.2022.13.2.06</t>
+        </is>
+      </c>
+      <c r="R25" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="S25" t="inlineStr">
+        <is>
+          <t>2</t>
         </is>
       </c>
       <c r="T25" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="U25" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V25" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W25" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Regional Euro-Asian Biological Invasions Centre</t>
         </is>
       </c>
       <c r="Y25" t="inlineStr">
         <is>
-          <t>Nevada Water Science Center</t>
+          <t>Columbia Environmental Research Center; Eastern Ecological Science Center; Northern Rocky Mountain Science Center; Upper Midwest Environmental Sciences Center; Wetland and Aquatic Research Center</t>
         </is>
       </c>
       <c r="Z25" t="inlineStr">
         <is>
-          <t>Report: ix, 52 p.; 2 Data Releases</t>
-[...29 lines deleted...]
-          <t>Y</t>
+          <t>25 p.</t>
+        </is>
+      </c>
+      <c r="AD25" t="inlineStr">
+        <is>
+          <t>344</t>
+        </is>
+      </c>
+      <c r="AE25" t="inlineStr">
+        <is>
+          <t>368</t>
         </is>
       </c>
       <c r="AW25" t="inlineStr">
         <is>
-          <t>Caldwell, Todd 0000-0003-4068-0648; Naranjo, Ramon C. 0000-0003-4469-6831 rnaranjo@usgs.gov; Smith, David 0000-0002-9543-800X; Kropf, Christian</t>
+          <t>Sepulveda, Adam 0000-0001-7621-7028 asepulveda@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; O'Donnell, Katherine M. 0000-0001-9023-174X; Owens, Nathan; White, Brittany; Richter, Cathy A. 0000-0001-7322-4206 crichter@usgs.gov; Merkes, Christopher M. 0000-0001-8191-627X cmerkes@usgs.gov; Wolf, Skylar; Rau, Mike; Neilson, Matthew 0000-0002-5139-5677; Daniel, Wesley M. 0000-0002-7656-8474; Dumoulin, Christine E. 0000-0001-7587-9417; Hunter, Margaret 0000-0002-4760-9302</t>
         </is>
       </c>
       <c r="AZ25" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>2</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70225686</t>
+          <t>https://pubs.usgs.gov/publication/70230021</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>70225686</t>
+          <t>70230021</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>70225686</t>
+          <t>70230021</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t>Telemetry reveals migratory drivers and disparate space use across seasons and age-groups in American horseshoe crabs</t>
+          <t>Performance of a carbon dioxide injection system at a navigation lock to control the spread of aquatic invasive species</t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>Ecosphere</t>
+          <t>Journal of Environmental Engineering</t>
         </is>
       </c>
       <c r="P26" t="inlineStr">
         <is>
-          <t>10.1002/ecs2.3811</t>
+          <t>10.1061/(ASCE)EE.1943-7870.0001987</t>
         </is>
       </c>
       <c r="R26" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>148</t>
         </is>
       </c>
       <c r="S26" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>4</t>
         </is>
       </c>
       <c r="T26" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="U26" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V26" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W26" t="inlineStr">
         <is>
-          <t>Ecological Society of America</t>
+          <t>American Society of Civil Engineers</t>
         </is>
       </c>
       <c r="Y26" t="inlineStr">
         <is>
-          <t>Eastern Ecological Science Center; Leetown Science Center</t>
+          <t>Upper Midwest Environmental Sciences Center</t>
         </is>
       </c>
       <c r="Z26" t="inlineStr">
         <is>
-          <t>e03811, 22 p.</t>
+          <t>04022011, 18 p.</t>
         </is>
       </c>
       <c r="AM26" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN26" t="inlineStr">
         <is>
-          <t>New York</t>
-[...4 lines deleted...]
-          <t>Long Island, Moriches Bay</t>
+          <t>Wisconsin</t>
+        </is>
+      </c>
+      <c r="AP26" t="inlineStr">
+        <is>
+          <t>Kaukauna</t>
         </is>
       </c>
       <c r="AW26" t="inlineStr">
         <is>
-          <t>Bopp, Justin J.; Sclafani, Matthew; Frisk, Michael G.; McKown, Kim; Zeigler, Catherine; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Cerrato, Robert</t>
+          <t>Zolper, Thomas J.; Smith, David 0000-0001-6074-9257; Jackson, P. Ryan 0000-0002-3154-6108 pjackson@usgs.gov; Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov</t>
         </is>
       </c>
       <c r="AZ26" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70224253</t>
+          <t>https://pubs.usgs.gov/publication/sir20215137</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>70224253</t>
+          <t>70227140</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>70224253</t>
+          <t>sir20215137</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>Surface Infiltration and Unsaturated Zone Characterization in Support of Managed Aquifer Recharge in Bedell Flat, Washoe County, Nevada</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
-          <t>Adaptive two-stage inverse sampling design to estimate density, abundance, and occupancy of rare and clustered populations</t>
+          <t>Surface infiltration and unsaturated zone characterization in support of managed aquifer recharge in Bedell Flat, Washoe County, Nevada</t>
         </is>
       </c>
       <c r="H27" t="inlineStr">
         <is>
-          <t>PLoS ONE</t>
+          <t>Scientific Investigations Report</t>
+        </is>
+      </c>
+      <c r="I27" t="inlineStr">
+        <is>
+          <t>2021-5137</t>
+        </is>
+      </c>
+      <c r="M27" t="inlineStr">
+        <is>
+          <t>2328-0328</t>
+        </is>
+      </c>
+      <c r="N27" t="inlineStr">
+        <is>
+          <t>2328-031X</t>
         </is>
       </c>
       <c r="P27" t="inlineStr">
         <is>
-          <t>10.1371/journal.pone.0255256</t>
-[...9 lines deleted...]
-          <t>8</t>
+          <t>10.3133/sir20215137</t>
         </is>
       </c>
       <c r="T27" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="U27" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V27" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W27" t="inlineStr">
         <is>
-          <t>PLoS One</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X27" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y27" t="inlineStr">
         <is>
-          <t>Eastern Ecological Science Center; Leetown Science Center</t>
+          <t>Nevada Water Science Center</t>
         </is>
       </c>
       <c r="Z27" t="inlineStr">
         <is>
-          <t>e0255256, 18 p.</t>
+          <t>Report: ix, 52 p.; 2 Data Releases</t>
+        </is>
+      </c>
+      <c r="AF27" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="AM27" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN27" t="inlineStr">
+        <is>
+          <t>Nevada</t>
+        </is>
+      </c>
+      <c r="AO27" t="inlineStr">
+        <is>
+          <t>Washoe County</t>
+        </is>
+      </c>
+      <c r="AQ27" t="inlineStr">
+        <is>
+          <t>Bedell Flat</t>
+        </is>
+      </c>
+      <c r="AU27" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW27" t="inlineStr">
         <is>
-          <t>Salehi, Mohammad; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>Caldwell, Todd 0000-0003-4068-0648; Naranjo, Ramon C. 0000-0003-4469-6831 rnaranjo@usgs.gov; Smith, David 0000-0002-9543-800X; Kropf, Christian</t>
         </is>
       </c>
       <c r="AZ27" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20211068</t>
+          <t>https://pubs.usgs.gov/publication/70225686</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>70221425</t>
+          <t>70225686</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>ofr20211068</t>
+          <t>70225686</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
-[...4 lines deleted...]
-          <t>Decision Analysis of Barrier Placement and Targeted Removal to Control Invasive Carp in the Tennessee River Basin</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
-          <t>Decision analysis of barrier placement and targeted removal to control invasive carp in the Tennessee River Basin</t>
+          <t>Telemetry reveals migratory drivers and disparate space use across seasons and age-groups in American horseshoe crabs</t>
         </is>
       </c>
       <c r="H28" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Ecosphere</t>
         </is>
       </c>
       <c r="P28" t="inlineStr">
         <is>
-          <t>10.3133/ofr20211068</t>
+          <t>10.1002/ecs2.3811</t>
+        </is>
+      </c>
+      <c r="R28" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="S28" t="inlineStr">
+        <is>
+          <t>10</t>
         </is>
       </c>
       <c r="T28" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="U28" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V28" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W28" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Ecological Society of America</t>
         </is>
       </c>
       <c r="Y28" t="inlineStr">
         <is>
-          <t>Columbia Environmental Research Center; Coop Res Unit Atlanta; Eastern Ecological Science Center; Leetown Science Center; Northern Prairie Wildlife Research Center; Upper Midwest Environmental Sciences Center</t>
+          <t>Eastern Ecological Science Center; Leetown Science Center</t>
         </is>
       </c>
       <c r="Z28" t="inlineStr">
         <is>
-          <t>vi, 18 p.</t>
-[...4 lines deleted...]
-          <t>28</t>
+          <t>e03811, 22 p.</t>
         </is>
       </c>
       <c r="AM28" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN28" t="inlineStr">
         <is>
-          <t>Kentucky</t>
+          <t>New York</t>
         </is>
       </c>
       <c r="AQ28" t="inlineStr">
         <is>
-          <t>Tennessee River Basin</t>
-[...4 lines deleted...]
-          <t>Y</t>
+          <t>Long Island, Moriches Bay</t>
         </is>
       </c>
       <c r="AW28" t="inlineStr">
         <is>
-          <t>van der Burg, Max Post 0000-0002-3943-4194; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov; Rogers, Mark W. 0000-0001-7205-5623 mwrogers@usgs.gov; Chapman, Duane 0000-0002-1086-8853 dchapman@usgs.gov</t>
+          <t>Bopp, Justin J.; Sclafani, Matthew; Frisk, Michael G.; McKown, Kim; Zeigler, Catherine; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Cerrato, Robert</t>
         </is>
       </c>
       <c r="AZ28" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20211062</t>
+          <t>https://pubs.usgs.gov/publication/70224253</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>70220892</t>
+          <t>70224253</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>ofr20211062</t>
+          <t>70224253</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
-[...4 lines deleted...]
-          <t>Impacts of Sediment Removal from and Placement in Coastal Barrier Island Systems</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t>Impacts of sediment removal from and placement in coastal barrier island systems</t>
+          <t>Adaptive two-stage inverse sampling design to estimate density, abundance, and occupancy of rare and clustered populations</t>
         </is>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>PLoS ONE</t>
         </is>
       </c>
       <c r="P29" t="inlineStr">
         <is>
-          <t>10.3133/ofr20211062</t>
+          <t>10.1371/journal.pone.0255256</t>
+        </is>
+      </c>
+      <c r="R29" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="S29" t="inlineStr">
+        <is>
+          <t>8</t>
         </is>
       </c>
       <c r="T29" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="U29" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V29" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W29" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>PLoS One</t>
         </is>
       </c>
       <c r="Y29" t="inlineStr">
         <is>
-          <t>St. Petersburg Coastal and Marine Science Center</t>
+          <t>Eastern Ecological Science Center; Leetown Science Center</t>
         </is>
       </c>
       <c r="Z29" t="inlineStr">
         <is>
-          <t>viii, 94 p.</t>
-[...9 lines deleted...]
-          <t>Y</t>
+          <t>e0255256, 18 p.</t>
         </is>
       </c>
       <c r="AW29" t="inlineStr">
         <is>
-          <t>Miselis, Jennifer L. 0000-0002-4925-3979 jmiselis@usgs.gov; Flocks, James G. 0000-0002-6177-7433 jflocks@usgs.gov; Zeigler, Sara 0000-0002-5472-769X; Passeri, Davina 0000-0002-9760-3195 dpasseri@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Bourque, Jill R. 0000-0003-3809-2601; Sherwood, Christopher R. 0000-0001-6135-3553 csherwood@usgs.gov; Smith, Christopher G. 0000-0002-8075-4763 cgsmith@usgs.gov; Ciarletta, Daniel J. 0000-0002-8555-2239; Smith, Kathryn 0000-0002-7521-7875 kelsmith@usgs.gov; Hart, Kristen 0000-0002-5257-7974; Kazyak, David C. 0000-0001-9860-4045; Berlin, Alicia 0000-0002-5275-3077; Prohaska, Bianca; Calleson, Teresa; Yanchis, Kristi</t>
+          <t>Salehi, Mohammad; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ29" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70222118</t>
+          <t>https://pubs.usgs.gov/publication/ofr20211068</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>70222118</t>
+          <t>70221425</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>70222118</t>
+          <t>ofr20211068</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Decision Analysis of Barrier Placement and Targeted Removal to Control Invasive Carp in the Tennessee River Basin</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
-          <t>The contribution of land cover change to the decline of honey yields in the Northern Great Plains</t>
+          <t>Decision analysis of barrier placement and targeted removal to control invasive carp in the Tennessee River Basin</t>
         </is>
       </c>
       <c r="H30" t="inlineStr">
         <is>
-          <t>Environmental Research Letters</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I30" t="inlineStr">
+        <is>
+          <t>2021-1068</t>
+        </is>
+      </c>
+      <c r="M30" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N30" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P30" t="inlineStr">
         <is>
-          <t>10.1088/1748-9326/abfde8</t>
-[...4 lines deleted...]
-          <t>16</t>
+          <t>10.3133/ofr20211068</t>
         </is>
       </c>
       <c r="T30" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="U30" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V30" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W30" t="inlineStr">
         <is>
-          <t>IOP Publishing</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X30" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y30" t="inlineStr">
         <is>
-          <t>Northern Prairie Wildlife Research Center</t>
+          <t>Columbia Environmental Research Center; Coop Res Unit Atlanta; Eastern Ecological Science Center; Leetown Science Center; Northern Prairie Wildlife Research Center; Upper Midwest Environmental Sciences Center</t>
         </is>
       </c>
       <c r="Z30" t="inlineStr">
         <is>
-          <t>064050, 12 p.</t>
+          <t>vi, 18 p.</t>
+        </is>
+      </c>
+      <c r="AF30" t="inlineStr">
+        <is>
+          <t>28</t>
         </is>
       </c>
       <c r="AM30" t="inlineStr">
         <is>
-          <t>United  States</t>
+          <t>United States</t>
         </is>
       </c>
       <c r="AN30" t="inlineStr">
         <is>
-          <t>South Dakota</t>
+          <t>Kentucky</t>
+        </is>
+      </c>
+      <c r="AQ30" t="inlineStr">
+        <is>
+          <t>Tennessee River Basin</t>
+        </is>
+      </c>
+      <c r="AU30" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW30" t="inlineStr">
         <is>
-          <t>Smith, David; Davis, Amelie Y. 0000-0001-7373-7618; Hitaj, Claudia 0000-0002-6408-9265; Hellerstein, Dan; Preslicka, Amanda; Kirkpatrick, Emma; Mushet, David M. 0000-0002-5910-2744; Lonsdorf, Eric</t>
+          <t>van der Burg, Max Post 0000-0002-3943-4194; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov; Rogers, Mark W. 0000-0001-7205-5623 mwrogers@usgs.gov; Chapman, Duane 0000-0002-1086-8853 dchapman@usgs.gov</t>
         </is>
       </c>
       <c r="AZ30" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20215021</t>
+          <t>https://pubs.usgs.gov/publication/ofr20211062</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>70220322</t>
+          <t>70220892</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>sir20215021</t>
+          <t>ofr20211062</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>Hydraulic Characterization of Carbonate-Rock and Basin-Fill Aquifers near Long Canyon, Goshute Valley, Northeastern Nevada</t>
+          <t>Impacts of Sediment Removal from and Placement in Coastal Barrier Island Systems</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
-          <t>Hydraulic characterization of carbonate-rock and basin-fill aquifers near Long Canyon, Goshute Valley, northeastern Nevada</t>
+          <t>Impacts of sediment removal from and placement in coastal barrier island systems</t>
         </is>
       </c>
       <c r="H31" t="inlineStr">
         <is>
-          <t>Scientific Investigations Report</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I31" t="inlineStr">
         <is>
-          <t>2021-5021</t>
+          <t>2021-1062</t>
         </is>
       </c>
       <c r="M31" t="inlineStr">
         <is>
-          <t>2328-0328</t>
+          <t>2331-1258</t>
         </is>
       </c>
       <c r="N31" t="inlineStr">
         <is>
-          <t>2328-031X</t>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P31" t="inlineStr">
         <is>
-          <t>10.3133/sir20215021</t>
+          <t>10.3133/ofr20211062</t>
         </is>
       </c>
       <c r="T31" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="U31" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V31" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W31" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X31" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y31" t="inlineStr">
         <is>
-          <t>Nevada Water Science Center</t>
+          <t>St. Petersburg Coastal and Marine Science Center</t>
         </is>
       </c>
       <c r="Z31" t="inlineStr">
         <is>
-          <t>Report: xii, 99 p.; 2 Data Releases</t>
-[...14 lines deleted...]
-          <t>Goshute Valley</t>
+          <t>viii, 94 p.</t>
+        </is>
+      </c>
+      <c r="AF31" t="inlineStr">
+        <is>
+          <t>106</t>
         </is>
       </c>
       <c r="AU31" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW31" t="inlineStr">
         <is>
-          <t>Garcia, C. Amanda 0000-0003-3776-3565 cgarcia@usgs.gov; Halford, Keith J. 0000-0002-7322-1846 khalford@usgs.gov; Gardner, Philip M. 0000-0003-3005-3587 pgardner@usgs.gov; Smith, David W. 0000-0002-9543-800X dwsmith@usgs.gov</t>
+          <t>Miselis, Jennifer L. 0000-0002-4925-3979 jmiselis@usgs.gov; Flocks, James G. 0000-0002-6177-7433 jflocks@usgs.gov; Zeigler, Sara 0000-0002-5472-769X; Passeri, Davina 0000-0002-9760-3195 dpasseri@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Bourque, Jill R. 0000-0003-3809-2601; Sherwood, Christopher R. 0000-0001-6135-3553 csherwood@usgs.gov; Smith, Christopher G. 0000-0002-8075-4763 cgsmith@usgs.gov; Ciarletta, Daniel J. 0000-0002-8555-2239; Smith, Kathryn 0000-0002-7521-7875 kelsmith@usgs.gov; Hart, Kristen 0000-0002-5257-7974; Kazyak, David C. 0000-0001-9860-4045; Berlin, Alicia 0000-0002-5275-3077; Prohaska, Bianca; Calleson, Teresa; Yanchis, Kristi</t>
         </is>
       </c>
       <c r="AZ31" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>3</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70214553</t>
+          <t>https://pubs.usgs.gov/publication/70222118</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>70214553</t>
+          <t>70222118</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>70214553</t>
+          <t>70222118</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>Federal Government Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
-          <t>Solar-system-wide significance of Mars polar science</t>
+          <t>The contribution of land cover change to the decline of honey yields in the Northern Great Plains</t>
         </is>
       </c>
       <c r="H32" t="inlineStr">
         <is>
-          <t>Bulletin of the AAS</t>
+          <t>Environmental Research Letters</t>
         </is>
       </c>
       <c r="P32" t="inlineStr">
         <is>
-          <t>10.3847/25c2cfeb.4db95c67</t>
+          <t>10.1088/1748-9326/abfde8</t>
         </is>
       </c>
       <c r="R32" t="inlineStr">
         <is>
-          <t>53</t>
-[...4 lines deleted...]
-          <t>4</t>
+          <t>16</t>
         </is>
       </c>
       <c r="T32" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="U32" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V32" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W32" t="inlineStr">
         <is>
-          <t>NAS</t>
+          <t>IOP Publishing</t>
         </is>
       </c>
       <c r="Y32" t="inlineStr">
         <is>
-          <t>Astrogeology Science Center</t>
+          <t>Northern Prairie Wildlife Research Center</t>
         </is>
       </c>
       <c r="Z32" t="inlineStr">
         <is>
-          <t>Whitepaper #301, 10 p.</t>
-[...19 lines deleted...]
-          <t>Mars</t>
+          <t>064050, 12 p.</t>
+        </is>
+      </c>
+      <c r="AM32" t="inlineStr">
+        <is>
+          <t>United  States</t>
+        </is>
+      </c>
+      <c r="AN32" t="inlineStr">
+        <is>
+          <t>South Dakota</t>
         </is>
       </c>
       <c r="AW32" t="inlineStr">
         <is>
-          <t>Smith, I. B.; Calvin, Wendy M. 0000-0002-6097-9586; Smith, D. E. davidsmith@usgs.gov; Hansen, C.; Diniega, S.; McEwen, A.S.; Thomas, N.; Banfield, D.; Titus, Timothy N. 0000-0003-0700-4875 ttitus@usgs.gov; Becerra, P.; Kahre, M.; Forget, F.; Hecht, M.; Byrne, S.; Hvidberg, C. S.; Hayne, P. O.; Head III, J. W.; Mellon, M.; Horgan, B.; Mustard, J.; Holt, J.; Howard, A.; McCleese, D.; Stoker, C.; James, P.; Putzig, N. E.; Whitten, J.; Buhler, P.; Spiga, A.; Crismani, M.; Aye, K. M.; Portyankina, A.; Orosei, R.; Bramson, A.; Hanley, J.; Sori, M.; Aharonson, O.; Clifford, S.; Sizemore, H.; Morgan, G.; Hartmann, B.; Schorghofer, N.; Clark, R.; Berman, D.; Crown, D.; Chuang, F.; Siegler, M.; Dobrea, E. N.; Lynch, K.; Obbard, R. W.; Elmaary, M. R.; Fisher, D.; Kleinboehl, A.; Balme, M.; Schmitt, B.; Daly, M.; Ewing, R. C.; Herkenhoff, Kenneth E. 0000-0002-3153-6663; Fenton, L.; Guzewich, S. D.; Koutnik, M.; Levy, J.; Massey, R.; Losiak, A.; Eke, V.; Goldsby, D.; Cross, A.; Hager, T.; Piqueux, S.; Kereszturi, A; Seelos, K.; Wood, S.; Hauber, E.; Amos, C.; Russell, P.; Jaumann, R.; Michael, G.; Conway, S.; Khayat, A.; Lewis, S.; Luizzi, G.; Martinez, G.; Mesick, K.; Montabone, L.;  Johnsson; Pankine, A.; Phillips-Lander, C.; Read, P.; Edgar, Lauren A. 0000-0001-7512-7813 ledgar@usgs.gov; Zacny, K.; McAdam, A.; Rutledge, A.; Bertrand, T.; Widmer, J.; Stillman, D.; Soto, A.; Yoldi, Z.; Young, R.; Svensson, A.; Sam, L.; Landis, M.; Bhardwaj, A.; Chojnacki, M.; Kite, E.; Thomas, P.; Plaut, J.; Bapst, J.; Milkovich, S.; Whiteway, J.; Moores, J.; Rezza, C.; Karimova, R.; Mishev, I.; Van Brenen, A.; Acharya, P.; Chesal, J.; Pascuzzo, A.; Vos, E.; Osinski, G.; Andres, C.; Neisch, C.; Hibbard, S.; Sinha, P.; Knightly, J. P.; Cartwright, S.; Kounaves, S.; Orgel, C.; Skidmore, M.; MacGregor, J.; Staehle, R.; Rabassa, J.; Gallagher, C.; Coronato, A.; Galofre, A. G.; Wilson, J.; McKeown, L.; Oliveira, N.; Fawdon, P.; Gayathri, U.; Stuurman, C.; Herny, C.; Butcher, F.; Bernardini, F.; Perry, M.; Hu, R.; Mukherjee, S.; Chevrier, V.; Banks, M. E.; Meng, T.; Johnson, P.  A.; Tober, B.; Johnson, J. C.;  Ulamsec; Echaurren, J. C.; Khuller, A.; Dinwiddie, C.; Adeli, S.; Henderson, B. L.; Lozano, L. R.; Lalich, D.; Rivera-Valentín, E.; Nerozzi, S.; Petersen, E.; Foss, F.; Lorenz, R.; Eigenbrode, J.; Day, M.; Brown, A.; Pajola, M.; Karatekin, O.; Lucchetti, A.; Cesar, C.; Newman, C.; Cave, T. G.; Mischna, M.; Patel, M.; Streeter, P.; Stern, J. C.; Dundas, C. M.</t>
+          <t>Smith, David; Davis, Amelie Y. 0000-0001-7373-7618; Hitaj, Claudia 0000-0002-6408-9265; Hellerstein, Dan; Preslicka, Amanda; Kirkpatrick, Emma; Mushet, David M. 0000-0002-5910-2744; Lonsdorf, Eric</t>
         </is>
       </c>
       <c r="AZ32" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70218480</t>
+          <t>https://pubs.usgs.gov/publication/sir20215021</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>70218480</t>
+          <t>70220322</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>70218480</t>
+          <t>sir20215021</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Hydraulic Characterization of Carbonate-Rock and Basin-Fill Aquifers near Long Canyon, Goshute Valley, Northeastern Nevada</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t>The contribution of water radiolysis to marine sedimentary life</t>
+          <t>Hydraulic characterization of carbonate-rock and basin-fill aquifers near Long Canyon, Goshute Valley, northeastern Nevada</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>Nature Communications</t>
+          <t>Scientific Investigations Report</t>
+        </is>
+      </c>
+      <c r="I33" t="inlineStr">
+        <is>
+          <t>2021-5021</t>
+        </is>
+      </c>
+      <c r="M33" t="inlineStr">
+        <is>
+          <t>2328-0328</t>
+        </is>
+      </c>
+      <c r="N33" t="inlineStr">
+        <is>
+          <t>2328-031X</t>
         </is>
       </c>
       <c r="P33" t="inlineStr">
         <is>
-          <t>10.1038/s41467-021-21218-z</t>
-[...4 lines deleted...]
-          <t>12</t>
+          <t>10.3133/sir20215021</t>
         </is>
       </c>
       <c r="T33" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="U33" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V33" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W33" t="inlineStr">
         <is>
-          <t>Springer</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X33" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y33" t="inlineStr">
         <is>
-          <t>Volcano Science Center</t>
+          <t>Nevada Water Science Center</t>
         </is>
       </c>
       <c r="Z33" t="inlineStr">
         <is>
-          <t>1297, 9 p.</t>
+          <t>Report: xii, 99 p.; 2 Data Releases</t>
+        </is>
+      </c>
+      <c r="AM33" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN33" t="inlineStr">
+        <is>
+          <t>Nevada</t>
+        </is>
+      </c>
+      <c r="AQ33" t="inlineStr">
+        <is>
+          <t>Goshute Valley</t>
+        </is>
+      </c>
+      <c r="AU33" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW33" t="inlineStr">
         <is>
-          <t>Sauvage, Justine F. 0000-0003-4079-3167; Flinders, Ashton F. 0000-0003-2483-4635 aflinders@usgs.gov; Spivack, Arthur J.; Pockalny, Robert; Dunlea, Ann G.; Anderson, Chloe H.; Smith, David 0000-0001-6074-9257; Murray, Richard W.; D’Hondt, Steven</t>
+          <t>Garcia, C. Amanda 0000-0003-3776-3565 cgarcia@usgs.gov; Halford, Keith J. 0000-0002-7322-1846 khalford@usgs.gov; Gardner, Philip M. 0000-0003-3005-3587 pgardner@usgs.gov; Smith, David W. 0000-0002-9543-800X dwsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ33" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70217657</t>
+          <t>https://pubs.usgs.gov/publication/70214553</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>70217657</t>
+          <t>70214553</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>70217657</t>
+          <t>70214553</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Federal Government Series</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>Using expert knowledge to support Endangered Species Act decision‐making for data‐deficient species</t>
+          <t>Solar-system-wide significance of Mars polar science</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
-          <t>Conservation Biology</t>
+          <t>Bulletin of the AAS</t>
         </is>
       </c>
       <c r="P34" t="inlineStr">
         <is>
-          <t>10.1111/cobi.13694</t>
+          <t>10.3847/25c2cfeb.4db95c67</t>
         </is>
       </c>
       <c r="R34" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>53</t>
         </is>
       </c>
       <c r="S34" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>4</t>
         </is>
       </c>
       <c r="T34" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="U34" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V34" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W34" t="inlineStr">
         <is>
-          <t>Society for Conservation Biology</t>
+          <t>NAS</t>
         </is>
       </c>
       <c r="Y34" t="inlineStr">
         <is>
-          <t>Leetown Science Center</t>
+          <t>Astrogeology Science Center</t>
         </is>
       </c>
       <c r="Z34" t="inlineStr">
         <is>
-          <t>12 p.</t>
-[...9 lines deleted...]
-          <t>1638</t>
+          <t>Whitepaper #301, 10 p.</t>
+        </is>
+      </c>
+      <c r="AA34" t="inlineStr">
+        <is>
+          <t>Report</t>
+        </is>
+      </c>
+      <c r="AB34" t="inlineStr">
+        <is>
+          <t>Federal Government Series</t>
+        </is>
+      </c>
+      <c r="AC34" t="inlineStr">
+        <is>
+          <t>Planetary science and astrobiology decadal survey 2023-2032</t>
+        </is>
+      </c>
+      <c r="AQ34" t="inlineStr">
+        <is>
+          <t>Mars</t>
         </is>
       </c>
       <c r="AW34" t="inlineStr">
         <is>
-          <t>Fitzgerald, Daniel Bruce 0000-0002-3254-7428; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Culver, David C.; Feller, Daniel; Fong, Daniel W.; Hajenga, Jeff; Niemiller, Matthew L.; Nolfi, Daniel C.; Orndorff, Wil D.; Douglas, Barbara; Maloney, Kelly O. 0000-0003-2304-0745 kmaloney@usgs.gov; Young, John A. 0000-0002-4500-3673 jyoung@usgs.gov</t>
+          <t>Smith, I. B.; Calvin, Wendy M. 0000-0002-6097-9586; Smith, D. E. davidsmith@usgs.gov; Hansen, C.; Diniega, S.; McEwen, A.S.; Thomas, N.; Banfield, D.; Titus, Timothy N. 0000-0003-0700-4875 ttitus@usgs.gov; Becerra, P.; Kahre, M.; Forget, F.; Hecht, M.; Byrne, S.; Hvidberg, C. S.; Hayne, P. O.; Head III, J. W.; Mellon, M.; Horgan, B.; Mustard, J.; Holt, J.; Howard, A.; McCleese, D.; Stoker, C.; James, P.; Putzig, N. E.; Whitten, J.; Buhler, P.; Spiga, A.; Crismani, M.; Aye, K. M.; Portyankina, A.; Orosei, R.; Bramson, A.; Hanley, J.; Sori, M.; Aharonson, O.; Clifford, S.; Sizemore, H.; Morgan, G.; Hartmann, B.; Schorghofer, N.; Clark, R.; Berman, D.; Crown, D.; Chuang, F.; Siegler, M.; Dobrea, E. N.; Lynch, K.; Obbard, R. W.; Elmaary, M. R.; Fisher, D.; Kleinboehl, A.; Balme, M.; Schmitt, B.; Daly, M.; Ewing, R. C.; Herkenhoff, Kenneth E. 0000-0002-3153-6663; Fenton, L.; Guzewich, S. D.; Koutnik, M.; Levy, J.; Massey, R.; Losiak, A.; Eke, V.; Goldsby, D.; Cross, A.; Hager, T.; Piqueux, S.; Kereszturi, A; Seelos, K.; Wood, S.; Hauber, E.; Amos, C.; Russell, P.; Jaumann, R.; Michael, G.; Conway, S.; Khayat, A.; Lewis, S.; Luizzi, G.; Martinez, G.; Mesick, K.; Montabone, L.;  Johnsson; Pankine, A.; Phillips-Lander, C.; Read, P.; Edgar, Lauren A. 0000-0001-7512-7813 ledgar@usgs.gov; Zacny, K.; McAdam, A.; Rutledge, A.; Bertrand, T.; Widmer, J.; Stillman, D.; Soto, A.; Yoldi, Z.; Young, R.; Svensson, A.; Sam, L.; Landis, M.; Bhardwaj, A.; Chojnacki, M.; Kite, E.; Thomas, P.; Plaut, J.; Bapst, J.; Milkovich, S.; Whiteway, J.; Moores, J.; Rezza, C.; Karimova, R.; Mishev, I.; Van Brenen, A.; Acharya, P.; Chesal, J.; Pascuzzo, A.; Vos, E.; Osinski, G.; Andres, C.; Neisch, C.; Hibbard, S.; Sinha, P.; Knightly, J. P.; Cartwright, S.; Kounaves, S.; Orgel, C.; Skidmore, M.; MacGregor, J.; Staehle, R.; Rabassa, J.; Gallagher, C.; Coronato, A.; Galofre, A. G.; Wilson, J.; McKeown, L.; Oliveira, N.; Fawdon, P.; Gayathri, U.; Stuurman, C.; Herny, C.; Butcher, F.; Bernardini, F.; Perry, M.; Hu, R.; Mukherjee, S.; Chevrier, V.; Banks, M. E.; Meng, T.; Johnson, P.  A.; Tober, B.; Johnson, J. C.;  Ulamsec; Echaurren, J. C.; Khuller, A.; Dinwiddie, C.; Adeli, S.; Henderson, B. L.; Lozano, L. R.; Lalich, D.; Rivera-Valentín, E.; Nerozzi, S.; Petersen, E.; Foss, F.; Lorenz, R.; Eigenbrode, J.; Day, M.; Brown, A.; Pajola, M.; Karatekin, O.; Lucchetti, A.; Cesar, C.; Newman, C.; Cave, T. G.; Mischna, M.; Patel, M.; Streeter, P.; Stern, J. C.; Dundas, C. M.</t>
         </is>
       </c>
       <c r="AZ34" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70218644</t>
+          <t>https://pubs.usgs.gov/publication/70218480</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>70218644</t>
+          <t>70218480</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>70218644</t>
+          <t>70218480</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t>Telemetry evaluation of carbon dioxide as a behavioral deterrent for invasive carps</t>
+          <t>The contribution of water radiolysis to marine sedimentary life</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
-          <t>Journal of Great Lakes Research</t>
+          <t>Nature Communications</t>
         </is>
       </c>
       <c r="P35" t="inlineStr">
         <is>
-          <t>10.1016/j.jglr.2020.10.004</t>
+          <t>10.1038/s41467-021-21218-z</t>
         </is>
       </c>
       <c r="R35" t="inlineStr">
         <is>
-          <t>47</t>
-[...4 lines deleted...]
-          <t>1</t>
+          <t>12</t>
         </is>
       </c>
       <c r="T35" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="U35" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V35" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W35" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>Springer</t>
         </is>
       </c>
       <c r="Y35" t="inlineStr">
         <is>
-          <t>Upper Midwest Environmental Sciences Center</t>
+          <t>Volcano Science Center</t>
         </is>
       </c>
       <c r="Z35" t="inlineStr">
         <is>
-          <t>10 p.</t>
-[...9 lines deleted...]
-          <t>68</t>
+          <t>1297, 9 p.</t>
         </is>
       </c>
       <c r="AW35" t="inlineStr">
         <is>
-          <t>Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov; Lopez, Ashley K 0000-0002-7676-4803 aelopez@usgs.gov; Smerud, Justin 0000-0003-4385-7437 jrsmerud@usgs.gov; Tix, John A.; Rivera, Jose 0000-0003-3756-6860 jrivera@usgs.gov; Swyers, Nicholas M. nswyers@usgs.gov; Brey, Marybeth K. 0000-0003-4403-9655 mbrey@usgs.gov; Woodley, Christa M.; Smith, David L.; Gaikowski, Mark P. 0000-0002-6507-9341 mgaikowski@usgs.gov</t>
+          <t>Sauvage, Justine F. 0000-0003-4079-3167; Flinders, Ashton F. 0000-0003-2483-4635 aflinders@usgs.gov; Spivack, Arthur J.; Pockalny, Robert; Dunlea, Ann G.; Anderson, Chloe H.; Smith, David 0000-0001-6074-9257; Murray, Richard W.; D’Hondt, Steven</t>
         </is>
       </c>
       <c r="AZ35" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70223362</t>
+          <t>https://pubs.usgs.gov/publication/70217657</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>70223362</t>
+          <t>70217657</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>70223362</t>
+          <t>70217657</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>The Long-term effect of bleeding for Limulus amebocyte lysate on annual survival and recapture of tagged horseshoe crabs</t>
+          <t>Using expert knowledge to support Endangered Species Act decision‐making for data‐deficient species</t>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
-          <t>Frontiers in Marine Science</t>
-[...4 lines deleted...]
-          <t>2296-7745</t>
+          <t>Conservation Biology</t>
         </is>
       </c>
       <c r="P36" t="inlineStr">
         <is>
-          <t>10.3389/fmars.2020.607668</t>
+          <t>10.1111/cobi.13694</t>
         </is>
       </c>
       <c r="R36" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="S36" t="inlineStr">
+        <is>
+          <t>5</t>
         </is>
       </c>
       <c r="T36" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="U36" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V36" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W36" t="inlineStr">
         <is>
-          <t>Frontiers Media</t>
+          <t>Society for Conservation Biology</t>
         </is>
       </c>
       <c r="Y36" t="inlineStr">
         <is>
-          <t>Eastern Ecological Science Center</t>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z36" t="inlineStr">
         <is>
-          <t>607668, 13 p.</t>
-[...14 lines deleted...]
-          <t>Delaware Bay</t>
+          <t>12 p.</t>
+        </is>
+      </c>
+      <c r="AD36" t="inlineStr">
+        <is>
+          <t>1627</t>
+        </is>
+      </c>
+      <c r="AE36" t="inlineStr">
+        <is>
+          <t>1638</t>
         </is>
       </c>
       <c r="AW36" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Newhard, Joshua; McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Butler, C. Alyssa</t>
+          <t>Fitzgerald, Daniel Bruce 0000-0002-3254-7428; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Culver, David C.; Feller, Daniel; Fong, Daniel W.; Hajenga, Jeff; Niemiller, Matthew L.; Nolfi, Daniel C.; Orndorff, Wil D.; Douglas, Barbara; Maloney, Kelly O. 0000-0003-2304-0745 kmaloney@usgs.gov; Young, John A. 0000-0002-4500-3673 jyoung@usgs.gov</t>
         </is>
       </c>
       <c r="AZ36" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70216902</t>
+          <t>https://pubs.usgs.gov/publication/70218644</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>70216902</t>
+          <t>70218644</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>70216902</t>
+          <t>70218644</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
-          <t>A Bayesian framework for assessing extinction risk based on ordinal categories of population condition and projected landscape change</t>
+          <t>Telemetry evaluation of carbon dioxide as a behavioral deterrent for invasive carps</t>
         </is>
       </c>
       <c r="H37" t="inlineStr">
         <is>
-          <t>Biological Conservation</t>
+          <t>Journal of Great Lakes Research</t>
         </is>
       </c>
       <c r="P37" t="inlineStr">
         <is>
-          <t>10.1016/j.biocon.2020.108866</t>
+          <t>10.1016/j.jglr.2020.10.004</t>
         </is>
       </c>
       <c r="R37" t="inlineStr">
         <is>
-          <t>253</t>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="S37" t="inlineStr">
+        <is>
+          <t>1</t>
         </is>
       </c>
       <c r="T37" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="U37" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V37" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W37" t="inlineStr">
         <is>
           <t>Elsevier</t>
         </is>
       </c>
       <c r="Y37" t="inlineStr">
         <is>
-          <t>Leetown Science Center; Patuxent Wildlife Research Center</t>
+          <t>Upper Midwest Environmental Sciences Center</t>
         </is>
       </c>
       <c r="Z37" t="inlineStr">
         <is>
-          <t>108866, 10 p.</t>
-[...14 lines deleted...]
-          <t>Tennessee Basin</t>
+          <t>10 p.</t>
+        </is>
+      </c>
+      <c r="AD37" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="AE37" t="inlineStr">
+        <is>
+          <t>68</t>
         </is>
       </c>
       <c r="AW37" t="inlineStr">
         <is>
-          <t>Fitzgerald, Daniel Bruce 0000-0002-3254-7428; Henderson, Andrew R; Maloney, Kelly O. 0000-0003-2304-0745 kmaloney@usgs.gov; Freeman, Mary 0000-0001-7615-6923 mcfreeman@usgs.gov; Young, John A. 0000-0002-4500-3673 jyoung@usgs.gov; Rosenberger, Amanda E. 0000-0002-5520-8349 arosenberger@usgs.gov; Kazyak, David C. 0000-0001-9860-4045; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov; Lopez, Ashley K 0000-0002-7676-4803 aelopez@usgs.gov; Smerud, Justin R. 0000-0003-4385-7437 jrsmerud@usgs.gov; Tix, John A.; Rivera, Jose 0000-0003-3756-6860 jrivera@usgs.gov; Swyers, Nicholas M. nswyers@usgs.gov; Brey, Marybeth K. 0000-0003-4403-9655 mbrey@usgs.gov; Woodley, Christa M.; Smith, David L.; Gaikowski, Mark P. 0000-0002-6507-9341 mgaikowski@usgs.gov</t>
         </is>
       </c>
       <c r="AZ37" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70215649</t>
+          <t>https://pubs.usgs.gov/publication/70223362</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>70215649</t>
+          <t>70223362</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>70215649</t>
+          <t>70223362</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
-          <t>Toxicity of carbon dioxide to freshwater fishes: Implications for aquatic invasive species management</t>
+          <t>The Long-term effect of bleeding for Limulus amebocyte lysate on annual survival and recapture of tagged horseshoe crabs</t>
         </is>
       </c>
       <c r="H38" t="inlineStr">
         <is>
-          <t>Environmental Toxicology and Chemistry (ET&amp;C)</t>
+          <t>Frontiers in Marine Science</t>
+        </is>
+      </c>
+      <c r="M38" t="inlineStr">
+        <is>
+          <t>2296-7745</t>
         </is>
       </c>
       <c r="P38" t="inlineStr">
         <is>
-          <t>10.1002/etc.4855</t>
+          <t>10.3389/fmars.2020.607668</t>
         </is>
       </c>
       <c r="R38" t="inlineStr">
         <is>
-          <t>39</t>
-[...4 lines deleted...]
-          <t>11</t>
+          <t>7</t>
         </is>
       </c>
       <c r="T38" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="U38" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V38" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W38" t="inlineStr">
         <is>
-          <t>Wiley</t>
+          <t>Frontiers Media</t>
         </is>
       </c>
       <c r="Y38" t="inlineStr">
         <is>
-          <t>Upper Midwest Environmental Sciences Center</t>
+          <t>Eastern Ecological Science Center</t>
         </is>
       </c>
       <c r="Z38" t="inlineStr">
         <is>
-          <t>9 p.</t>
-[...9 lines deleted...]
-          <t>2255</t>
+          <t>607668, 13 p.</t>
+        </is>
+      </c>
+      <c r="AM38" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN38" t="inlineStr">
+        <is>
+          <t>Delaware, Maryland, New Jersey, Virginia</t>
+        </is>
+      </c>
+      <c r="AQ38" t="inlineStr">
+        <is>
+          <t>Delaware Bay</t>
         </is>
       </c>
       <c r="AW38" t="inlineStr">
         <is>
-          <t>Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov; Smerud, Justin 0000-0003-4385-7437 jrsmerud@usgs.gov; Thomas, Linnea M 0000-0002-0140-1207; Waller, Diane L. 0000-0002-6104-810X dwaller@usgs.gov; Smith, David L.; Erickson, Richard A. 0000-0003-4649-482X rerickson@usgs.gov; Gaikowski, Mark P. 0000-0002-6507-9341 mgaikowski@usgs.gov</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Newhard, Joshua; McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Butler, C. Alyssa</t>
         </is>
       </c>
       <c r="AZ38" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20205075</t>
+          <t>https://pubs.usgs.gov/publication/70216902</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>70211356</t>
+          <t>70216902</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>sir20205075</t>
+          <t>70216902</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
-[...4 lines deleted...]
-          <t>Estimates of Groundwater Discharge by Evapotranspiration, Stump Spring and Hiko Springs, Clark County, Southern Nevada, 2016–18</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t>Estimates of groundwater discharge by evapotranspiration, Stump Spring and Hiko Springs, Clark County, southern Nevada, 2016–18</t>
+          <t>A Bayesian framework for assessing extinction risk based on ordinal categories of population condition and projected landscape change</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
-          <t>Scientific Investigations Report</t>
-[...14 lines deleted...]
-          <t>2328-031X</t>
+          <t>Biological Conservation</t>
         </is>
       </c>
       <c r="P39" t="inlineStr">
         <is>
-          <t>10.3133/sir20205075</t>
+          <t>10.1016/j.biocon.2020.108866</t>
+        </is>
+      </c>
+      <c r="R39" t="inlineStr">
+        <is>
+          <t>253</t>
         </is>
       </c>
       <c r="T39" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="U39" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V39" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W39" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y39" t="inlineStr">
         <is>
-          <t>Nevada Water Science Center</t>
+          <t>Leetown Science Center; Patuxent Wildlife Research Center</t>
         </is>
       </c>
       <c r="Z39" t="inlineStr">
         <is>
-          <t>Report: vii, 39 p.; 2 Data Releases</t>
+          <t>108866, 10 p.</t>
         </is>
       </c>
       <c r="AM39" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN39" t="inlineStr">
         <is>
-          <t>Nevada</t>
-[...9 lines deleted...]
-          <t>Y</t>
+          <t>Alabama, Georgia, Kentucky, North Carolina, South Carolina, Tennessee</t>
+        </is>
+      </c>
+      <c r="AQ39" t="inlineStr">
+        <is>
+          <t>Tennessee Basin</t>
         </is>
       </c>
       <c r="AW39" t="inlineStr">
         <is>
-          <t>Moreo, Michael T. 0000-0002-9122-6958 mtmoreo@usgs.gov; Buto, Susan G. 0000-0002-1107-9549 sbuto@usgs.gov; Smith, David W. 0000-0002-9543-800X dwsmith@usgs.gov; Nelson, Nora C. 0000-0001-8248-2004</t>
+          <t>Fitzgerald, Daniel Bruce 0000-0002-3254-7428; Henderson, Andrew R; Maloney, Kelly O. 0000-0003-2304-0745 kmaloney@usgs.gov; Freeman, Mary 0000-0001-7615-6923 mcfreeman@usgs.gov; Young, John A. 0000-0002-4500-3673 jyoung@usgs.gov; Rosenberger, Amanda E. 0000-0002-5520-8349 arosenberger@usgs.gov; Kazyak, David C. 0000-0001-9860-4045; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ39" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70215652</t>
+          <t>https://pubs.usgs.gov/publication/70215649</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>70215652</t>
+          <t>70215649</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>70215652</t>
+          <t>70215649</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>Estimation of vital population rates to assess the relative health of mussel assemblages in the Upper Mississippi River</t>
+          <t>Toxicity of carbon dioxide to freshwater fishes: Implications for aquatic invasive species management</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
-          <t>Freshwater Biology</t>
+          <t>Environmental Toxicology and Chemistry (ET&amp;C)</t>
         </is>
       </c>
       <c r="P40" t="inlineStr">
         <is>
-          <t>10.1111/fwb.13575</t>
+          <t>10.1002/etc.4855</t>
         </is>
       </c>
       <c r="R40" t="inlineStr">
         <is>
-          <t>65</t>
+          <t>39</t>
         </is>
       </c>
       <c r="S40" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="T40" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="U40" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V40" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W40" t="inlineStr">
         <is>
           <t>Wiley</t>
         </is>
       </c>
       <c r="Y40" t="inlineStr">
         <is>
           <t>Upper Midwest Environmental Sciences Center</t>
         </is>
       </c>
       <c r="Z40" t="inlineStr">
         <is>
-          <t>14 p.</t>
+          <t>9 p.</t>
         </is>
       </c>
       <c r="AD40" t="inlineStr">
         <is>
-          <t>1726</t>
+          <t>2247</t>
         </is>
       </c>
       <c r="AE40" t="inlineStr">
         <is>
-          <t>1739</t>
-[...14 lines deleted...]
-          <t>Upper Mississippi River</t>
+          <t>2255</t>
         </is>
       </c>
       <c r="AW40" t="inlineStr">
         <is>
-          <t>Newton, Teresa 0000-0001-9351-5852 tnewton@usgs.gov; Zigler, Steven J. 0000-0002-4153-0652; Ries, Patricia R. 0000-0001-5095-7896; Davis, Mike; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov; Smerud, Justin R. 0000-0003-4385-7437 jrsmerud@usgs.gov; Thomas, Linnea M 0000-0002-0140-1207; Waller, Diane L. 0000-0002-6104-810X dwaller@usgs.gov; Smith, David L.; Erickson, Richard A. 0000-0003-4649-482X rerickson@usgs.gov; Gaikowski, Mark P. 0000-0002-6507-9341 mgaikowski@usgs.gov</t>
         </is>
       </c>
       <c r="AZ40" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70196740</t>
+          <t>https://pubs.usgs.gov/publication/sir20205075</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>70196740</t>
+          <t>70211356</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>70196740</t>
+          <t>sir20205075</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>Book chapter</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>Book Chapter</t>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>Estimates of Groundwater Discharge by Evapotranspiration, Stump Spring and Hiko Springs, Clark County, Southern Nevada, 2016–18</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>Decision implementation and the double-loop process in adaptive management of horseshoe crab harvest in Delaware Bay</t>
-[...4 lines deleted...]
-          <t>24</t>
+          <t>Estimates of groundwater discharge by evapotranspiration, Stump Spring and Hiko Springs, Clark County, southern Nevada, 2016–18</t>
+        </is>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>Scientific Investigations Report</t>
+        </is>
+      </c>
+      <c r="I41" t="inlineStr">
+        <is>
+          <t>2020-5075</t>
+        </is>
+      </c>
+      <c r="M41" t="inlineStr">
+        <is>
+          <t>2328-0328</t>
+        </is>
+      </c>
+      <c r="N41" t="inlineStr">
+        <is>
+          <t>2328-031X</t>
+        </is>
+      </c>
+      <c r="P41" t="inlineStr">
+        <is>
+          <t>10.3133/sir20205075</t>
         </is>
       </c>
       <c r="T41" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="U41" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V41" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
+      <c r="W41" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X41" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
+        </is>
+      </c>
       <c r="Y41" t="inlineStr">
         <is>
-          <t>Coop Res Unit Atlanta</t>
+          <t>Nevada Water Science Center</t>
         </is>
       </c>
       <c r="Z41" t="inlineStr">
         <is>
-          <t>11 p.</t>
-[...24 lines deleted...]
-          <t>268</t>
+          <t>Report: vii, 39 p.; 2 Data Releases</t>
         </is>
       </c>
       <c r="AM41" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
-      <c r="AQ41" t="inlineStr">
-[...1 lines deleted...]
-          <t>Delaware Bay</t>
+      <c r="AN41" t="inlineStr">
+        <is>
+          <t>Nevada</t>
+        </is>
+      </c>
+      <c r="AO41" t="inlineStr">
+        <is>
+          <t>Clark County</t>
+        </is>
+      </c>
+      <c r="AU41" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW41" t="inlineStr">
         <is>
-          <t>McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Smith, David; Lyons, James E. 0000-0002-9810-8751 jelyons@usgs.gov</t>
+          <t>Moreo, Michael T. 0000-0002-9122-6958 mtmoreo@usgs.gov; Buto, Susan G. 0000-0002-1107-9549 sbuto@usgs.gov; Smith, David W. 0000-0002-9543-800X dwsmith@usgs.gov; Nelson, Nora C. 0000-0001-8248-2004</t>
         </is>
       </c>
       <c r="AZ41" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sim3453</t>
+          <t>https://pubs.usgs.gov/publication/70215652</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>70208874</t>
+          <t>70215652</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>sim3453</t>
+          <t>70215652</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
-[...4 lines deleted...]
-          <t>Altitude of the Potentiometric Surface in the Mississippi River Valley Alluvial Aquifer, Spring 2018</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t>Altitude of the potentiometric surface in the Mississippi River Valley alluvial aquifer, spring 2018</t>
+          <t>Estimation of vital population rates to assess the relative health of mussel assemblages in the Upper Mississippi River</t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
-          <t>Scientific Investigations Map</t>
-[...14 lines deleted...]
-          <t>2329-1311</t>
+          <t>Freshwater Biology</t>
         </is>
       </c>
       <c r="P42" t="inlineStr">
         <is>
-          <t>10.3133/sim3453</t>
+          <t>10.1111/fwb.13575</t>
+        </is>
+      </c>
+      <c r="R42" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="S42" t="inlineStr">
+        <is>
+          <t>10</t>
         </is>
       </c>
       <c r="T42" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="U42" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V42" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W42" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Wiley</t>
         </is>
       </c>
       <c r="Y42" t="inlineStr">
         <is>
-          <t>Nebraska Water Science Center</t>
+          <t>Upper Midwest Environmental Sciences Center</t>
         </is>
       </c>
       <c r="Z42" t="inlineStr">
         <is>
-          <t>Pamphlet: vi, 13 p.; 5 Sheets: 30.00 x 46.00 inches or smaller; Data Release</t>
-[...4 lines deleted...]
-          <t>22</t>
+          <t>14 p.</t>
+        </is>
+      </c>
+      <c r="AD42" t="inlineStr">
+        <is>
+          <t>1726</t>
+        </is>
+      </c>
+      <c r="AE42" t="inlineStr">
+        <is>
+          <t>1739</t>
         </is>
       </c>
       <c r="AM42" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
+      <c r="AN42" t="inlineStr">
+        <is>
+          <t>Minnesota, Wisconsin</t>
+        </is>
+      </c>
       <c r="AQ42" t="inlineStr">
         <is>
-          <t>Mississippi River Valley alluvial aquifer</t>
-[...9 lines deleted...]
-          <t>Y</t>
+          <t>Upper Mississippi River</t>
         </is>
       </c>
       <c r="AW42" t="inlineStr">
         <is>
-          <t>McGuire, Virginia L. 0000-0002-3962-4158 vlmcguir@usgs.gov; Seanor, Ronald C. 0000-0001-5735-5580; Asquith, William H. 0000-0002-7400-1861 wasquith@usgs.gov; Nottmeier, Anna M. 0000-0002-0205-0955 anottmeier@usgs.gov; Smith, David C. 0000-0002-9645-2444 dvsmith@usgs.gov; Tollett, Roland W. 0000-0002-4726-5845 rtollett@usgs.gov; Kress, Wade H. 0000-0002-6833-028X; Strauch, Kellan R. 0000-0002-7218-2099</t>
+          <t>Newton, Teresa 0000-0001-9351-5852 tnewton@usgs.gov; Zigler, Steven J. 0000-0002-4153-0652; Ries, Patricia R. 0000-0001-5095-7896; Davis, Mike; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ42" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70227988</t>
+          <t>https://pubs.usgs.gov/publication/70196740</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>70227988</t>
+          <t>70196740</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>70227988</t>
+          <t>70196740</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>Book chapter</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>Book Chapter</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
-          <t>Introduction to multi-criteria decision analysis</t>
+          <t>Decision implementation and the double-loop process in adaptive management of horseshoe crab harvest in Delaware Bay</t>
+        </is>
+      </c>
+      <c r="K43" t="inlineStr">
+        <is>
+          <t>24</t>
         </is>
       </c>
       <c r="T43" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="U43" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V43" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="Y43" t="inlineStr">
         <is>
-          <t>Coop Res Unit Seattle</t>
+          <t>Coop Res Unit Atlanta</t>
         </is>
       </c>
       <c r="Z43" t="inlineStr">
         <is>
           <t>11 p.</t>
         </is>
       </c>
       <c r="AA43" t="inlineStr">
         <is>
           <t>Book</t>
         </is>
       </c>
       <c r="AB43" t="inlineStr">
         <is>
           <t>Monograph</t>
         </is>
       </c>
       <c r="AC43" t="inlineStr">
         <is>
           <t>Structured decision making: Case studies in natural resource management</t>
         </is>
       </c>
       <c r="AD43" t="inlineStr">
         <is>
-          <t>51</t>
+          <t>258</t>
         </is>
       </c>
       <c r="AE43" t="inlineStr">
         <is>
-          <t>61</t>
+          <t>268</t>
+        </is>
+      </c>
+      <c r="AM43" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AQ43" t="inlineStr">
+        <is>
+          <t>Delaware Bay</t>
         </is>
       </c>
       <c r="AW43" t="inlineStr">
         <is>
-          <t>Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov</t>
-[...4 lines deleted...]
-          <t>Runge, Michael C. 0000-0002-8081-536X mrunge@usgs.gov; Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov; Lyons, John J. 0000-0001-5409-1698 jlyons@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Smith, David; Lyons, James E. 0000-0002-9810-8751 jelyons@usgs.gov</t>
         </is>
       </c>
       <c r="AZ43" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70227715</t>
+          <t>https://pubs.usgs.gov/publication/sim3453</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>70227715</t>
+          <t>70208874</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>70227715</t>
+          <t>sim3453</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>Book chapter</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>Book Chapter</t>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>Altitude of the Potentiometric Surface in the Mississippi River Valley Alluvial Aquifer, Spring 2018</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
-          <t>Addressing disease risk to develop a health program for bighorn sheep in Montana</t>
-[...4 lines deleted...]
-          <t>14</t>
+          <t>Altitude of the potentiometric surface in the Mississippi River Valley alluvial aquifer, spring 2018</t>
+        </is>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>Scientific Investigations Map</t>
+        </is>
+      </c>
+      <c r="I44" t="inlineStr">
+        <is>
+          <t>3453</t>
+        </is>
+      </c>
+      <c r="M44" t="inlineStr">
+        <is>
+          <t>2329-132X</t>
+        </is>
+      </c>
+      <c r="N44" t="inlineStr">
+        <is>
+          <t>2329-1311</t>
+        </is>
+      </c>
+      <c r="P44" t="inlineStr">
+        <is>
+          <t>10.3133/sim3453</t>
         </is>
       </c>
       <c r="T44" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="U44" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V44" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W44" t="inlineStr">
         <is>
-          <t>Johns Hopkins University Press</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X44" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y44" t="inlineStr">
         <is>
-          <t>Coop Res Unit Seattle</t>
+          <t>Nebraska Water Science Center</t>
         </is>
       </c>
       <c r="Z44" t="inlineStr">
         <is>
-          <t>11 p.</t>
-[...24 lines deleted...]
-          <t>166</t>
+          <t>Pamphlet: vi, 13 p.; 5 Sheets: 30.00 x 46.00 inches or smaller; Data Release</t>
+        </is>
+      </c>
+      <c r="AF44" t="inlineStr">
+        <is>
+          <t>22</t>
         </is>
       </c>
       <c r="AM44" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
-      <c r="AN44" t="inlineStr">
-[...1 lines deleted...]
-          <t>Montana</t>
+      <c r="AQ44" t="inlineStr">
+        <is>
+          <t>Mississippi River Valley alluvial aquifer</t>
+        </is>
+      </c>
+      <c r="AU44" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV44" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW44" t="inlineStr">
         <is>
-          <t>Sells, Sarah N.; Mitchell, Michael S. 0000-0002-0773-6905 mmitchel@usgs.gov; Gude, Justin A.</t>
-[...4 lines deleted...]
-          <t>Runge, Michael C. 0000-0002-8081-536X mrunge@usgs.gov; Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov; Lyons, James E. 0000-0002-9810-8751; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>McGuire, Virginia L. 0000-0002-3962-4158 vlmcguir@usgs.gov; Seanor, Ronald C. 0000-0001-5735-5580; Asquith, William H. 0000-0002-7400-1861 wasquith@usgs.gov; Nottmeier, Anna M. 0000-0002-0205-0955 anottmeier@usgs.gov; Smith, David C. 0000-0002-9645-2444 dvsmith@usgs.gov; Tollett, Roland W. 0000-0002-4726-5845 rtollett@usgs.gov; Kress, Wade H. 0000-0002-6833-028X; Strauch, Kellan R. 0000-0002-7218-2099</t>
         </is>
       </c>
       <c r="AZ44" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>7</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70211060</t>
+          <t>https://pubs.usgs.gov/publication/70227988</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>70211060</t>
+          <t>70227988</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>70211060</t>
+          <t>70227988</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>Book chapter</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>Book Chapter</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
-          <t>Introduction to structuring decisions</t>
-[...4 lines deleted...]
-          <t>2</t>
+          <t>Introduction to multi-criteria decision analysis</t>
         </is>
       </c>
       <c r="T45" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="U45" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V45" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W45" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="Y45" t="inlineStr">
         <is>
-          <t>Leetown Science Center</t>
+          <t>Coop Res Unit Seattle</t>
         </is>
       </c>
       <c r="Z45" t="inlineStr">
         <is>
-          <t>8 p.</t>
+          <t>11 p.</t>
         </is>
       </c>
       <c r="AA45" t="inlineStr">
         <is>
           <t>Book</t>
         </is>
       </c>
       <c r="AB45" t="inlineStr">
         <is>
           <t>Monograph</t>
         </is>
       </c>
       <c r="AC45" t="inlineStr">
         <is>
           <t>Structured decision making: Case studies in natural resource management</t>
         </is>
       </c>
       <c r="AD45" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>51</t>
         </is>
       </c>
       <c r="AE45" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>61</t>
         </is>
       </c>
       <c r="AW45" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov</t>
+        </is>
+      </c>
+      <c r="AX45" t="inlineStr">
+        <is>
+          <t>Runge, Michael C. 0000-0002-8081-536X mrunge@usgs.gov; Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov; Lyons, John J. 0000-0001-5409-1698 jlyons@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ45" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70211059</t>
+          <t>https://pubs.usgs.gov/publication/70227715</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>70211059</t>
+          <t>70227715</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>70211059</t>
+          <t>70227715</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>Book chapter</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>Book Chapter</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t>Introduction to prediction and the value of information</t>
+          <t>Addressing disease risk to develop a health program for bighorn sheep in Montana</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>14</t>
         </is>
       </c>
       <c r="T46" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="U46" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V46" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W46" t="inlineStr">
         <is>
           <t>Johns Hopkins University Press</t>
         </is>
       </c>
       <c r="Y46" t="inlineStr">
         <is>
-          <t>Leetown Science Center</t>
+          <t>Coop Res Unit Seattle</t>
         </is>
       </c>
       <c r="Z46" t="inlineStr">
         <is>
-          <t>7 p.</t>
+          <t>11 p.</t>
         </is>
       </c>
       <c r="AA46" t="inlineStr">
         <is>
           <t>Book</t>
         </is>
       </c>
       <c r="AB46" t="inlineStr">
         <is>
           <t>Monograph</t>
         </is>
       </c>
       <c r="AC46" t="inlineStr">
         <is>
           <t>Structured decision making: Case studies in natural resource management</t>
         </is>
       </c>
       <c r="AD46" t="inlineStr">
         <is>
-          <t>189</t>
+          <t>156</t>
         </is>
       </c>
       <c r="AE46" t="inlineStr">
         <is>
-          <t>195</t>
+          <t>166</t>
+        </is>
+      </c>
+      <c r="AM46" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN46" t="inlineStr">
+        <is>
+          <t>Montana</t>
         </is>
       </c>
       <c r="AW46" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>Sells, Sarah N.; Mitchell, Michael S. 0000-0002-0773-6905 mmitchel@usgs.gov; Gude, Justin A.</t>
+        </is>
+      </c>
+      <c r="AX46" t="inlineStr">
+        <is>
+          <t>Runge, Michael C. 0000-0002-8081-536X mrunge@usgs.gov; Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov; Lyons, James E. 0000-0002-9810-8751; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ46" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70211038</t>
+          <t>https://pubs.usgs.gov/publication/70211060</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>70211038</t>
+          <t>70211060</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>70211038</t>
+          <t>70211060</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>Book chapter</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>Book Chapter</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
-          <t>Strategic conservation of an imperiled freshwater mussel, the Dwarf Wedgemussel, in North Carolina</t>
+          <t>Introduction to structuring decisions</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>2</t>
         </is>
       </c>
       <c r="T47" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="U47" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V47" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W47" t="inlineStr">
         <is>
           <t>Johns Hopkins University Press</t>
         </is>
       </c>
       <c r="Y47" t="inlineStr">
         <is>
           <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z47" t="inlineStr">
         <is>
-          <t>10 p.</t>
+          <t>8 p.</t>
         </is>
       </c>
       <c r="AA47" t="inlineStr">
         <is>
           <t>Book</t>
         </is>
       </c>
       <c r="AB47" t="inlineStr">
         <is>
           <t>Monograph</t>
         </is>
       </c>
       <c r="AC47" t="inlineStr">
         <is>
           <t>Structured decision making: Case studies in natural resource management</t>
         </is>
       </c>
       <c r="AD47" t="inlineStr">
         <is>
-          <t>62</t>
+          <t>15</t>
         </is>
       </c>
       <c r="AE47" t="inlineStr">
         <is>
-          <t>71</t>
-[...9 lines deleted...]
-          <t>North Carolina</t>
+          <t>22</t>
         </is>
       </c>
       <c r="AW47" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; McCrae, Sarah E</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ47" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70227879</t>
+          <t>https://pubs.usgs.gov/publication/70211059</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>70227879</t>
+          <t>70211059</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>70227879</t>
+          <t>70211059</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>Book chapter</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>Book Chapter</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
-          <t>Prioritizing uncertainties to improve management of a reintroduction program</t>
+          <t>Introduction to prediction and the value of information</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>17</t>
         </is>
       </c>
       <c r="T48" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="U48" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V48" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W48" t="inlineStr">
         <is>
           <t>Johns Hopkins University Press</t>
         </is>
       </c>
       <c r="Y48" t="inlineStr">
         <is>
-          <t>Coop Res Unit Seattle</t>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z48" t="inlineStr">
         <is>
-          <t>11 p.</t>
+          <t>7 p.</t>
         </is>
       </c>
       <c r="AA48" t="inlineStr">
         <is>
           <t>Book</t>
         </is>
       </c>
       <c r="AB48" t="inlineStr">
         <is>
           <t>Monograph</t>
         </is>
       </c>
       <c r="AC48" t="inlineStr">
         <is>
           <t>Structured decision making: Case studies in natural resource management</t>
         </is>
       </c>
       <c r="AD48" t="inlineStr">
         <is>
-          <t>214</t>
+          <t>189</t>
         </is>
       </c>
       <c r="AE48" t="inlineStr">
         <is>
-          <t>224</t>
+          <t>195</t>
         </is>
       </c>
       <c r="AW48" t="inlineStr">
         <is>
-          <t>Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov</t>
-[...4 lines deleted...]
-          <t>Runge, Michael C. 0000-0002-8081-536X mrunge@usgs.gov; Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov; Lyons, James E. 0000-0002-9810-8751; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ48" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70227882</t>
+          <t>https://pubs.usgs.gov/publication/70211038</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>70227882</t>
+          <t>70211038</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>70227882</t>
+          <t>70211038</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Book chapter</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>Book Chapter</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
-          <t>Reserve network design for prairie-dependent taxa in South Puget Sound</t>
+          <t>Strategic conservation of an imperiled freshwater mussel, the Dwarf Wedgemussel, in North Carolina</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>6</t>
         </is>
       </c>
       <c r="T49" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="U49" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V49" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W49" t="inlineStr">
         <is>
           <t>Johns Hopkins University Press</t>
         </is>
       </c>
       <c r="Y49" t="inlineStr">
         <is>
-          <t>Coop Res Unit Seattle; Patuxent Wildlife Research Center</t>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z49" t="inlineStr">
         <is>
-          <t>11 p.</t>
+          <t>10 p.</t>
         </is>
       </c>
       <c r="AA49" t="inlineStr">
         <is>
           <t>Book</t>
         </is>
       </c>
       <c r="AB49" t="inlineStr">
         <is>
           <t>Monograph</t>
         </is>
       </c>
       <c r="AC49" t="inlineStr">
         <is>
           <t>Structured decision making: Case studies in natural resource management</t>
         </is>
       </c>
       <c r="AD49" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>62</t>
         </is>
       </c>
       <c r="AE49" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>71</t>
         </is>
       </c>
       <c r="AM49" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN49" t="inlineStr">
         <is>
-          <t>Washington</t>
-[...4 lines deleted...]
-          <t>South Puget Sound</t>
+          <t>North Carolina</t>
         </is>
       </c>
       <c r="AW49" t="inlineStr">
         <is>
-          <t>Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov; Gardner, Beth; Morey, Steve</t>
-[...4 lines deleted...]
-          <t>Runge, Michael C. 0000-0002-8081-536X mrunge@usgs.gov; Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov; Lyons, James E. 0000-0002-9810-8751; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; McCrae, Sarah E</t>
         </is>
       </c>
       <c r="AZ49" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20191115</t>
+          <t>https://pubs.usgs.gov/publication/70227879</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>70206370</t>
+          <t>70227879</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>ofr20191115</t>
+          <t>70227879</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Book chapter</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
-[...4 lines deleted...]
-          <t>A Decision Framework to Analyze Tide-Gate Options for Restoration of the Herring River Estuary, Massachusetts</t>
+          <t>Book Chapter</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
-          <t>A decision framework to analyze tide-gate options for restoration of the Herring River Estuary, Massachusetts</t>
-[...24 lines deleted...]
-          <t>10.3133/ofr20191115</t>
+          <t>Prioritizing uncertainties to improve management of a reintroduction program</t>
+        </is>
+      </c>
+      <c r="K50" t="inlineStr">
+        <is>
+          <t>20</t>
         </is>
       </c>
       <c r="T50" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="U50" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V50" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W50" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Johns Hopkins University Press</t>
         </is>
       </c>
       <c r="Y50" t="inlineStr">
         <is>
-          <t>Eastern Ecological Science Center; Leetown Science Center</t>
+          <t>Coop Res Unit Seattle</t>
         </is>
       </c>
       <c r="Z50" t="inlineStr">
         <is>
-          <t>viii, 42 p.</t>
-[...29 lines deleted...]
-          <t>N</t>
+          <t>11 p.</t>
+        </is>
+      </c>
+      <c r="AA50" t="inlineStr">
+        <is>
+          <t>Book</t>
+        </is>
+      </c>
+      <c r="AB50" t="inlineStr">
+        <is>
+          <t>Monograph</t>
+        </is>
+      </c>
+      <c r="AC50" t="inlineStr">
+        <is>
+          <t>Structured decision making: Case studies in natural resource management</t>
+        </is>
+      </c>
+      <c r="AD50" t="inlineStr">
+        <is>
+          <t>214</t>
+        </is>
+      </c>
+      <c r="AE50" t="inlineStr">
+        <is>
+          <t>224</t>
         </is>
       </c>
       <c r="AW50" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Eaton, Mitchell J. 0000-0001-7324-6333; Gannon, Jill J.; Smith, Timothy P.; Derleth, Eric L.; Katz, Jonathan; Bosma, Kirk F.; Leduc, Elise</t>
+          <t>Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov</t>
+        </is>
+      </c>
+      <c r="AX50" t="inlineStr">
+        <is>
+          <t>Runge, Michael C. 0000-0002-8081-536X mrunge@usgs.gov; Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov; Lyons, James E. 0000-0002-9810-8751; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ50" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70212321</t>
+          <t>https://pubs.usgs.gov/publication/70227882</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>70212321</t>
+          <t>70227882</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>70212321</t>
+          <t>70227882</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Book chapter</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
-          <t>Journal Article</t>
-[...4 lines deleted...]
-          <t>Geographic-specific capture-recapture models reveal contrasting migration and survival rates of adult horseshoe crabs (&lt;i&gt;Limulus polyphemus&lt;/i&gt;)</t>
+          <t>Book Chapter</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
-          <t>Geographic-specific capture-recapture models reveal contrasting migration and survival rates of adult horseshoe crabs (Limulus polyphemus)</t>
-[...14 lines deleted...]
-          <t>42</t>
+          <t>Reserve network design for prairie-dependent taxa in South Puget Sound</t>
+        </is>
+      </c>
+      <c r="K51" t="inlineStr">
+        <is>
+          <t>11</t>
         </is>
       </c>
       <c r="T51" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="U51" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V51" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W51" t="inlineStr">
         <is>
-          <t>Springer</t>
+          <t>Johns Hopkins University Press</t>
         </is>
       </c>
       <c r="Y51" t="inlineStr">
         <is>
-          <t>Leetown Science Center</t>
+          <t>Coop Res Unit Seattle; Patuxent Wildlife Research Center</t>
         </is>
       </c>
       <c r="Z51" t="inlineStr">
         <is>
-          <t>16 p.</t>
+          <t>11 p.</t>
+        </is>
+      </c>
+      <c r="AA51" t="inlineStr">
+        <is>
+          <t>Book</t>
+        </is>
+      </c>
+      <c r="AB51" t="inlineStr">
+        <is>
+          <t>Monograph</t>
+        </is>
+      </c>
+      <c r="AC51" t="inlineStr">
+        <is>
+          <t>Structured decision making: Case studies in natural resource management</t>
         </is>
       </c>
       <c r="AD51" t="inlineStr">
         <is>
-          <t>1570</t>
+          <t>124</t>
         </is>
       </c>
       <c r="AE51" t="inlineStr">
         <is>
-          <t>1585</t>
+          <t>134</t>
         </is>
       </c>
       <c r="AM51" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN51" t="inlineStr">
         <is>
-          <t>New Jersey, New York</t>
+          <t>Washington</t>
         </is>
       </c>
       <c r="AQ51" t="inlineStr">
         <is>
-          <t>Jamaica Bay, Long Island, North Shore, South Shore</t>
+          <t>South Puget Sound</t>
         </is>
       </c>
       <c r="AW51" t="inlineStr">
         <is>
-          <t>Bopp, Justin J.; Sclafani, Matthew; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; McKown, Kim; Sysak, Rachel; Cerrato, Robert</t>
+          <t>Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov; Gardner, Beth; Morey, Steve</t>
+        </is>
+      </c>
+      <c r="AX51" t="inlineStr">
+        <is>
+          <t>Runge, Michael C. 0000-0002-8081-536X mrunge@usgs.gov; Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov; Lyons, James E. 0000-0002-9810-8751; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ51" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70205018</t>
+          <t>https://pubs.usgs.gov/publication/ofr20191115</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>70205018</t>
+          <t>70206370</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>70205018</t>
+          <t>ofr20191115</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>A Decision Framework to Analyze Tide-Gate Options for Restoration of the Herring River Estuary, Massachusetts</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
-          <t>Science questions and knowledge gaps to study microbial transport and survival in Asian and African dust plumes reaching North America</t>
+          <t>A decision framework to analyze tide-gate options for restoration of the Herring River Estuary, Massachusetts</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
-          <t>Aerobiologia</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I52" t="inlineStr">
+        <is>
+          <t>2019-1115</t>
+        </is>
+      </c>
+      <c r="M52" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N52" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P52" t="inlineStr">
         <is>
-          <t>10.1007/s10453-018-9541-7</t>
-[...4 lines deleted...]
-          <t>34</t>
+          <t>10.3133/ofr20191115</t>
         </is>
       </c>
       <c r="T52" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="U52" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V52" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W52" t="inlineStr">
         <is>
-          <t>Springer</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X52" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y52" t="inlineStr">
         <is>
-          <t>St. Petersburg Coastal and Marine Science Center</t>
+          <t>Eastern Ecological Science Center; Leetown Science Center</t>
         </is>
       </c>
       <c r="Z52" t="inlineStr">
         <is>
-          <t>11 p.</t>
-[...9 lines deleted...]
-          <t>435</t>
+          <t>viii, 42 p.</t>
+        </is>
+      </c>
+      <c r="AF52" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="AM52" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN52" t="inlineStr">
+        <is>
+          <t>Massachusetts</t>
+        </is>
+      </c>
+      <c r="AQ52" t="inlineStr">
+        <is>
+          <t>Herring River Estuary</t>
+        </is>
+      </c>
+      <c r="AU52" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV52" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW52" t="inlineStr">
         <is>
-          <t>Schuerger, Andrew C.; Smith, David J.; Griffin, Dale W. 0000-0003-1719-5812 dgriffin@usgs.gov; Jaffe, Daniel A.; Wawrik, B.; Burrows, Susannah M.; Christner, Brent; Gonzalez-Martin, Cristina; Lipp, Erin K.; Schmale, David G. III; Yu, Hongbin</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Eaton, Mitchell J. 0000-0001-7324-6333; Gannon, Jill J.; Smith, Timothy P.; Derleth, Eric L.; Katz, Jonathan; Bosma, Kirk F.; Leduc, Elise</t>
         </is>
       </c>
       <c r="AZ52" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70205017</t>
+          <t>https://pubs.usgs.gov/publication/70212321</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>70205017</t>
+          <t>70212321</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>70205017</t>
+          <t>70212321</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>Geographic-specific capture-recapture models reveal contrasting migration and survival rates of adult horseshoe crabs (&lt;i&gt;Limulus polyphemus&lt;/i&gt;)</t>
+        </is>
+      </c>
       <c r="G53" t="inlineStr">
         <is>
-          <t>Virus-like particle production in atmospheric eubacteria isolates</t>
+          <t>Geographic-specific capture-recapture models reveal contrasting migration and survival rates of adult horseshoe crabs (Limulus polyphemus)</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
-          <t>Atmosphere</t>
+          <t>Estuaries and Coasts</t>
         </is>
       </c>
       <c r="P53" t="inlineStr">
         <is>
-          <t>10.3390/atmos10070417</t>
+          <t>10.1007/s12237-019-00595-1</t>
         </is>
       </c>
       <c r="R53" t="inlineStr">
         <is>
-          <t>10</t>
-[...4 lines deleted...]
-          <t>7</t>
+          <t>42</t>
         </is>
       </c>
       <c r="T53" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
       <c r="U53" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V53" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W53" t="inlineStr">
         <is>
-          <t>MDPI</t>
+          <t>Springer</t>
         </is>
       </c>
       <c r="Y53" t="inlineStr">
         <is>
-          <t>St. Petersburg Coastal and Marine Science Center</t>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z53" t="inlineStr">
         <is>
-          <t>417, 12 p.</t>
+          <t>16 p.</t>
+        </is>
+      </c>
+      <c r="AD53" t="inlineStr">
+        <is>
+          <t>1570</t>
+        </is>
+      </c>
+      <c r="AE53" t="inlineStr">
+        <is>
+          <t>1585</t>
+        </is>
+      </c>
+      <c r="AM53" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN53" t="inlineStr">
+        <is>
+          <t>New Jersey, New York</t>
+        </is>
+      </c>
+      <c r="AQ53" t="inlineStr">
+        <is>
+          <t>Jamaica Bay, Long Island, North Shore, South Shore</t>
         </is>
       </c>
       <c r="AW53" t="inlineStr">
         <is>
-          <t>Nuria Teigell-Perez; Cristina Gonzalez-Martin; Basilio Valladares; David J. Smith; Griffin, Dale W. 0000-0003-1719-5812 dgriffin@usgs.gov</t>
+          <t>Bopp, Justin J.; Sclafani, Matthew; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; McKown, Kim; Sysak, Rachel; Cerrato, Robert</t>
         </is>
       </c>
       <c r="AZ53" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20175118</t>
+          <t>https://pubs.usgs.gov/publication/70205018</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>70194290</t>
+          <t>70205018</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>sir20175118</t>
+          <t>70205018</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
-[...4 lines deleted...]
-          <t>Geochemical and Mineralogical Maps, with Interpretation, for Soils of the Conterminous United States</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
-          <t>Geochemical and mineralogical maps, with interpretation, for soils of the conterminous United States</t>
+          <t>Science questions and knowledge gaps to study microbial transport and survival in Asian and African dust plumes reaching North America</t>
         </is>
       </c>
       <c r="H54" t="inlineStr">
         <is>
-          <t>Scientific Investigations Report</t>
-[...14 lines deleted...]
-          <t>2328-031X</t>
+          <t>Aerobiologia</t>
         </is>
       </c>
       <c r="P54" t="inlineStr">
         <is>
-          <t>10.3133/sir20175118</t>
+          <t>10.1007/s10453-018-9541-7</t>
+        </is>
+      </c>
+      <c r="R54" t="inlineStr">
+        <is>
+          <t>34</t>
         </is>
       </c>
       <c r="T54" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
       <c r="U54" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V54" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W54" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Springer</t>
         </is>
       </c>
       <c r="Y54" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
+          <t>St. Petersburg Coastal and Marine Science Center</t>
         </is>
       </c>
       <c r="Z54" t="inlineStr">
         <is>
-          <t>HTML Document</t>
-[...9 lines deleted...]
-          <t>Y</t>
+          <t>11 p.</t>
+        </is>
+      </c>
+      <c r="AD54" t="inlineStr">
+        <is>
+          <t>425</t>
+        </is>
+      </c>
+      <c r="AE54" t="inlineStr">
+        <is>
+          <t>435</t>
         </is>
       </c>
       <c r="AW54" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Solano, Federico 0000-0002-0308-5850 fsolanoc@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov</t>
+          <t>Schuerger, Andrew C.; Smith, David J.; Griffin, Dale W. 0000-0003-1719-5812 dgriffin@usgs.gov; Jaffe, Daniel A.; Wawrik, B.; Burrows, Susannah M.; Christner, Brent; Gonzalez-Martin, Cristina; Lipp, Erin K.; Schmale, David G. III; Yu, Hongbin</t>
         </is>
       </c>
       <c r="AZ54" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70212320</t>
+          <t>https://pubs.usgs.gov/publication/70205017</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>70212320</t>
+          <t>70205017</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>70212320</t>
+          <t>70205017</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
-      <c r="F55" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G55" t="inlineStr">
         <is>
-          <t>Long-term population dynamics of dreissenid mussels (Dreissena polymorpha and D. rostriformis): A cross-system analysis</t>
+          <t>Virus-like particle production in atmospheric eubacteria isolates</t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
-          <t>Ecosphere</t>
+          <t>Atmosphere</t>
         </is>
       </c>
       <c r="P55" t="inlineStr">
         <is>
-          <t>10.1002/ecs2.2701</t>
+          <t>10.3390/atmos10070417</t>
         </is>
       </c>
       <c r="R55" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="S55" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>7</t>
         </is>
       </c>
       <c r="T55" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
       <c r="U55" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V55" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W55" t="inlineStr">
         <is>
-          <t>Ecological Society of America</t>
+          <t>MDPI</t>
         </is>
       </c>
       <c r="Y55" t="inlineStr">
         <is>
-          <t>Leetown Science Center</t>
+          <t>St. Petersburg Coastal and Marine Science Center</t>
         </is>
       </c>
       <c r="Z55" t="inlineStr">
         <is>
-          <t>e02701, 22 p.</t>
+          <t>417, 12 p.</t>
         </is>
       </c>
       <c r="AW55" t="inlineStr">
         <is>
-          <t>Strayer, David L.; Adamovich, Boris V.; Rita Adrian; Aldridge, David C.; Balogh, Csilla; Burlakova, Lyubov E.; Fried-Petersen, Hannah; G.-Toth, Laszlo; Amy L. Hetherington; Jones, Thomas S.; Alexander Y. Karatayev; Madill, Jacqueline B.; Makarevich, Oleg A.; Marsden, J. Ellen; Martel, Andre L.; Minchin, Dan; Nalepa, Thomas F.; Noordhuis, Ruurd; Robinson, Timothy J.; Lars G. Rudstam; Astrid N. Schwalb; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Alan D. Steinman; Jeschke, Jonathan M.</t>
+          <t>Nuria Teigell-Perez; Cristina Gonzalez-Martin; Basilio Valladares; David J. Smith; Griffin, Dale W. 0000-0003-1719-5812 dgriffin@usgs.gov</t>
         </is>
       </c>
       <c r="AZ55" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70202741</t>
+          <t>https://pubs.usgs.gov/publication/sir20175118</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>70202741</t>
+          <t>70194290</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>70202741</t>
+          <t>sir20175118</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>Geochemical and Mineralogical Maps, with Interpretation, for Soils of the Conterminous United States</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
-          <t>Pesticides and pollinators: A socioecological synthesis</t>
+          <t>Geochemical and mineralogical maps, with interpretation, for soils of the conterminous United States</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
-          <t>Science of the Total Environment</t>
+          <t>Scientific Investigations Report</t>
+        </is>
+      </c>
+      <c r="I56" t="inlineStr">
+        <is>
+          <t>2017-5118</t>
+        </is>
+      </c>
+      <c r="M56" t="inlineStr">
+        <is>
+          <t>2328-0328</t>
+        </is>
+      </c>
+      <c r="N56" t="inlineStr">
+        <is>
+          <t>2328-031X</t>
         </is>
       </c>
       <c r="P56" t="inlineStr">
         <is>
-          <t>10.1016/j.scitotenv.2019.01.016</t>
-[...4 lines deleted...]
-          <t>662</t>
+          <t>10.3133/sir20175118</t>
         </is>
       </c>
       <c r="T56" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
       <c r="U56" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V56" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W56" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X56" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y56" t="inlineStr">
         <is>
-          <t>Upper Midwest Environmental Sciences Center</t>
+          <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z56" t="inlineStr">
         <is>
-          <t>16 p.</t>
-[...9 lines deleted...]
-          <t>1027</t>
+          <t>HTML Document</t>
+        </is>
+      </c>
+      <c r="AM56" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AU56" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW56" t="inlineStr">
         <is>
-          <t>Sponsler, Douglas B.; Grozinger, Christina M.; Hitaj, Claudia;  Rundlof 0000-0003-3014-1544; Botias, Cristina 0000-0002-3891-9931; Code, Aimee; Lonsdorf, Eric V.; Melthapoulos, Andony P. 0000-0001-8763-2737; Smith, David J.; Suryanarayanan, Sainath 0000-0003-4680-7224; Thogmartin, Wayne E. 0000-0002-2384-4279 wthogmartin@usgs.gov; Williams, Neal M. 0000-0003-3053-8445; Zhang, Minghua; Douglas, Margaret R.</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Solano, Federico 0000-0002-0308-5850 fsolanoc@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov</t>
         </is>
       </c>
       <c r="AZ56" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/fs20193009</t>
+          <t>https://pubs.usgs.gov/publication/70212320</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>70202446</t>
+          <t>70212320</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>fs20193009</t>
+          <t>70212320</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>The Missouri Groundwater-level Observation Network</t>
+          <t>Long-term population dynamics of dreissenid mussels (&lt;i&gt;Dreissena polymorpha&lt;/i&gt; and &lt;i&gt;D. rostriformis&lt;/i&gt;): A cross-system analysis</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
-          <t>The Missouri groundwater-level observation network</t>
+          <t>Long-term population dynamics of dreissenid mussels (Dreissena polymorpha and D. rostriformis): A cross-system analysis</t>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
-          <t>Fact Sheet</t>
-[...14 lines deleted...]
-          <t>2327-6916</t>
+          <t>Ecosphere</t>
         </is>
       </c>
       <c r="P57" t="inlineStr">
         <is>
-          <t>10.3133/fs20193009</t>
-[...4 lines deleted...]
-          <t>Version 1.0: March 18, 2019; Version 1.1: March 22, 2019</t>
+          <t>10.1002/ecs2.2701</t>
+        </is>
+      </c>
+      <c r="R57" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="S57" t="inlineStr">
+        <is>
+          <t>4</t>
         </is>
       </c>
       <c r="T57" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
       <c r="U57" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V57" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W57" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Ecological Society of America</t>
         </is>
       </c>
       <c r="Y57" t="inlineStr">
         <is>
-          <t>Central Midwest Water Science Center</t>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z57" t="inlineStr">
         <is>
-          <t>2 p.</t>
-[...19 lines deleted...]
-          <t>N</t>
+          <t>e02701, 22 p.</t>
         </is>
       </c>
       <c r="AW57" t="inlineStr">
         <is>
-          <t>Smith, David C. 0000-0002-9645-2444 dvsmith@usgs.gov</t>
+          <t>Strayer, David L.; Adamovich, Boris V.; Rita Adrian; Aldridge, David C.; Balogh, Csilla; Burlakova, Lyubov E.; Fried-Petersen, Hannah; G.-Toth, Laszlo; Amy L. Hetherington; Jones, Thomas S.; Alexander Y. Karatayev; Madill, Jacqueline B.; Makarevich, Oleg A.; Marsden, J. Ellen; Martel, Andre L.; Minchin, Dan; Nalepa, Thomas F.; Noordhuis, Ruurd; Robinson, Timothy J.; Lars G. Rudstam; Astrid N. Schwalb; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Alan D. Steinman; Jeschke, Jonathan M.</t>
         </is>
       </c>
       <c r="AZ57" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70201148</t>
+          <t>https://pubs.usgs.gov/publication/70202741</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>70201148</t>
+          <t>70202741</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>70201148</t>
+          <t>70202741</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
-          <t>Linkages between hydrology and seasonal variations of nutrients and periphyton in a large oligotrophic subalpine lake</t>
+          <t>Pesticides and pollinators: A socioecological synthesis</t>
         </is>
       </c>
       <c r="H58" t="inlineStr">
         <is>
-          <t>Journal of Hydrology</t>
+          <t>Science of the Total Environment</t>
         </is>
       </c>
       <c r="P58" t="inlineStr">
         <is>
-          <t>10.1016/j.jhydrol.2018.11.033</t>
+          <t>10.1016/j.scitotenv.2019.01.016</t>
         </is>
       </c>
       <c r="R58" t="inlineStr">
         <is>
-          <t>568</t>
+          <t>662</t>
         </is>
       </c>
       <c r="T58" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
       <c r="U58" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V58" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W58" t="inlineStr">
         <is>
           <t>Elsevier</t>
         </is>
       </c>
       <c r="Y58" t="inlineStr">
         <is>
-          <t>Nevada Water Science Center</t>
+          <t>Upper Midwest Environmental Sciences Center</t>
         </is>
       </c>
       <c r="Z58" t="inlineStr">
         <is>
-          <t>14 p.</t>
+          <t>16 p.</t>
         </is>
       </c>
       <c r="AD58" t="inlineStr">
         <is>
-          <t>877</t>
+          <t>1012</t>
         </is>
       </c>
       <c r="AE58" t="inlineStr">
         <is>
-          <t>890</t>
-[...14 lines deleted...]
-          <t>Lake Tahoe</t>
+          <t>1027</t>
         </is>
       </c>
       <c r="AW58" t="inlineStr">
         <is>
-          <t>Naranjo, Ramon C. 0000-0003-4469-6831 rnaranjo@usgs.gov; Niswonger, Richard G. 0000-0001-6397-2403 rniswon@usgs.gov; Smith, David 0000-0002-9543-800X; Rosenberry, Donald O. 0000-0003-0681-5641 rosenber@usgs.gov; Chandra, Sudeep</t>
-[...4 lines deleted...]
-          <t>Niswonger, Richard G. 0000-0001-6397-2403 rniswon@usgs.gov; Smith, David 0000-0001-6074-9257; Rosenberry, Donald O. 0000-0003-0681-5641 rosenber@usgs.gov; Sudeep Chandra</t>
+          <t>Sponsler, Douglas B.; Grozinger, Christina M.; Hitaj, Claudia;  Rundlof 0000-0003-3014-1544; Botias, Cristina 0000-0002-3891-9931; Code, Aimee; Lonsdorf, Eric V.; Melthapoulos, Andony P. 0000-0001-8763-2737; Smith, David J.; Suryanarayanan, Sainath 0000-0003-4680-7224; Thogmartin, Wayne E. 0000-0002-2384-4279 wthogmartin@usgs.gov; Williams, Neal M. 0000-0003-3053-8445; Zhang, Minghua; Douglas, Margaret R.</t>
         </is>
       </c>
       <c r="AZ58" t="inlineStr">
         <is>
-          <t>0</t>
-[...4 lines deleted...]
-          <t>5c064edfe4b0815414cecb00</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70205016</t>
+          <t>https://pubs.usgs.gov/publication/fs20193009</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>70205016</t>
+          <t>70202446</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>70205016</t>
+          <t>fs20193009</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>The Missouri Groundwater-level Observation Network</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
-          <t>Airborne bacteria in Earth’s lower stratosphere resemble taxa detected in the troposphere: results from a new NASA aircraft bioaerosol collector (ABC)</t>
+          <t>The Missouri groundwater-level observation network</t>
         </is>
       </c>
       <c r="H59" t="inlineStr">
         <is>
-          <t>Frontiers in Microbiology</t>
+          <t>Fact Sheet</t>
+        </is>
+      </c>
+      <c r="I59" t="inlineStr">
+        <is>
+          <t>2019-3009</t>
         </is>
       </c>
       <c r="M59" t="inlineStr">
         <is>
-          <t>1664-302X</t>
+          <t>2327-6932</t>
+        </is>
+      </c>
+      <c r="N59" t="inlineStr">
+        <is>
+          <t>2327-6916</t>
         </is>
       </c>
       <c r="P59" t="inlineStr">
         <is>
-          <t>10.3389/fmicb.2018.01752</t>
-[...4 lines deleted...]
-          <t>9</t>
+          <t>10.3133/fs20193009</t>
+        </is>
+      </c>
+      <c r="Q59" t="inlineStr">
+        <is>
+          <t>Version 1.0: March 18, 2019; Version 1.1: March 22, 2019</t>
         </is>
       </c>
       <c r="T59" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
       <c r="U59" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V59" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W59" t="inlineStr">
         <is>
-          <t>Frontiers Media</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X59" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y59" t="inlineStr">
         <is>
-          <t>St. Petersburg Coastal and Marine Science Center</t>
+          <t>Central Midwest Water Science Center</t>
         </is>
       </c>
       <c r="Z59" t="inlineStr">
         <is>
-          <t>1752, 20 p.</t>
+          <t>2 p.</t>
         </is>
       </c>
       <c r="AM59" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN59" t="inlineStr">
         <is>
-          <t>Arizona, California, Colorado, Nevada, Utah</t>
+          <t>Missouri</t>
+        </is>
+      </c>
+      <c r="AU59" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV59" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW59" t="inlineStr">
         <is>
-          <t>David J. Smith; Ravichandar, Jayamary D.; Jain, Sunit; Griffin, Dale W. 0000-0003-1719-5812 dgriffin@usgs.gov; Yu, Hongbin; Tan, Qian; Thissen, James; Lusby, Terry; Nicoll, Patrick; Shedler, Sarah; Martinez, P.; Osorio, Alejandro; Lechniak, Jason; Choi, Samuel; Sabino, Kayleen; Iverson, Kathryn; Chan, Luisa; Jaing, Crystal; McGrath, John</t>
+          <t>Smith, David C. 0000-0002-9645-2444 dvsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ59" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20185103</t>
+          <t>https://pubs.usgs.gov/publication/70201148</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>70198285</t>
+          <t>70201148</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>sir20185103</t>
+          <t>70201148</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
-          <t>Distribution of mining-related trace elements in streambed and flood-plain sediment along the middle Big River and tributaries in the Southeast Missouri Barite District, 2012–15</t>
+          <t>Linkages between hydrology and seasonal variations of nutrients and periphyton in a large oligotrophic subalpine lake</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
-          <t>Scientific Investigations Report</t>
-[...14 lines deleted...]
-          <t>2328-031X</t>
+          <t>Journal of Hydrology</t>
         </is>
       </c>
       <c r="P60" t="inlineStr">
         <is>
-          <t>10.3133/sir20185103</t>
+          <t>10.1016/j.jhydrol.2018.11.033</t>
+        </is>
+      </c>
+      <c r="R60" t="inlineStr">
+        <is>
+          <t>568</t>
         </is>
       </c>
       <c r="T60" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="U60" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V60" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W60" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y60" t="inlineStr">
         <is>
-          <t>Central Midwest Water Science Center; Missouri Water Science Center</t>
+          <t>Nevada Water Science Center</t>
         </is>
       </c>
       <c r="Z60" t="inlineStr">
         <is>
-          <t>Report: vii, 89 p.; Data Release</t>
-[...4 lines deleted...]
-          <t>102</t>
+          <t>14 p.</t>
+        </is>
+      </c>
+      <c r="AD60" t="inlineStr">
+        <is>
+          <t>877</t>
+        </is>
+      </c>
+      <c r="AE60" t="inlineStr">
+        <is>
+          <t>890</t>
         </is>
       </c>
       <c r="AM60" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN60" t="inlineStr">
         <is>
-          <t>Missouri</t>
+          <t>California</t>
         </is>
       </c>
       <c r="AQ60" t="inlineStr">
         <is>
-          <t>Middle Big River</t>
-[...4 lines deleted...]
-          <t>Y</t>
+          <t>Lake Tahoe</t>
         </is>
       </c>
       <c r="AW60" t="inlineStr">
         <is>
-          <t>Smith, David C. 0000-0002-9645-2444 dvsmith@usgs.gov; Schumacher, John G. 0000-0002-8840-5912 jschu@usgs.gov</t>
+          <t>Naranjo, Ramon C. 0000-0003-4469-6831 rnaranjo@usgs.gov; Niswonger, Richard G. 0000-0001-6397-2403 rniswon@usgs.gov; Smith, David 0000-0002-9543-800X; Rosenberry, Donald O. 0000-0003-0681-5641 rosenber@usgs.gov; Chandra, Sudeep</t>
+        </is>
+      </c>
+      <c r="AX60" t="inlineStr">
+        <is>
+          <t>Niswonger, Richard G. 0000-0001-6397-2403 rniswon@usgs.gov; Smith, David 0000-0001-6074-9257; Rosenberry, Donald O. 0000-0003-0681-5641 rosenber@usgs.gov; Sudeep Chandra</t>
         </is>
       </c>
       <c r="AZ60" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA60" t="inlineStr">
         <is>
-          <t>5bc02f75e4b0fc368eb5382f</t>
+          <t>5c064edfe4b0815414cecb00</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70200731</t>
+          <t>https://pubs.usgs.gov/publication/70205016</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>70200731</t>
+          <t>70205016</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>70200731</t>
+          <t>70205016</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
-          <t>Investigating the mixing efficiencies of liquid-to-liquid chemical injection manifolds for aquatic invasive species management</t>
+          <t>Airborne bacteria in Earth’s lower stratosphere resemble taxa detected in the troposphere: results from a new NASA aircraft bioaerosol collector (ABC)</t>
         </is>
       </c>
       <c r="H61" t="inlineStr">
         <is>
-          <t>Journal of Fluids Engineering</t>
+          <t>Frontiers in Microbiology</t>
+        </is>
+      </c>
+      <c r="M61" t="inlineStr">
+        <is>
+          <t>1664-302X</t>
         </is>
       </c>
       <c r="P61" t="inlineStr">
         <is>
-          <t>10.1115/1.4041361</t>
+          <t>10.3389/fmicb.2018.01752</t>
         </is>
       </c>
       <c r="R61" t="inlineStr">
         <is>
-          <t>141</t>
-[...4 lines deleted...]
-          <t>3</t>
+          <t>9</t>
         </is>
       </c>
       <c r="T61" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="U61" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V61" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W61" t="inlineStr">
         <is>
-          <t>ASME</t>
+          <t>Frontiers Media</t>
         </is>
       </c>
       <c r="Y61" t="inlineStr">
         <is>
-          <t>Upper Midwest Environmental Sciences Center</t>
+          <t>St. Petersburg Coastal and Marine Science Center</t>
         </is>
       </c>
       <c r="Z61" t="inlineStr">
         <is>
-          <t>Article 031302; 14 p.</t>
-[...2 lines deleted...]
-      <c r="AD61" t="inlineStr">
+          <t>1752, 20 p.</t>
+        </is>
+      </c>
+      <c r="AM61" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN61" t="inlineStr">
+        <is>
+          <t>Arizona, California, Colorado, Nevada, Utah</t>
+        </is>
+      </c>
+      <c r="AW61" t="inlineStr">
+        <is>
+          <t>David J. Smith; Ravichandar, Jayamary D.; Jain, Sunit; Griffin, Dale W. 0000-0003-1719-5812 dgriffin@usgs.gov; Yu, Hongbin; Tan, Qian; Thissen, James; Lusby, Terry; Nicoll, Patrick; Shedler, Sarah; Martinez, P.; Osorio, Alejandro; Lechniak, Jason; Choi, Samuel; Sabino, Kayleen; Iverson, Kathryn; Chan, Luisa; Jaing, Crystal; McGrath, John</t>
+        </is>
+      </c>
+      <c r="AZ61" t="inlineStr">
         <is>
           <t>1</t>
-        </is>
-[...18 lines deleted...]
-          <t>5c10a92fe4b034bf6a7e5059</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70204571</t>
+          <t>https://pubs.usgs.gov/publication/sir20185103</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>70204571</t>
+          <t>70198285</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>70204571</t>
+          <t>sir20185103</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
-          <t>Implicit decision framing as an unrecognized source of confusion in endangered species classification</t>
+          <t>Distribution of mining-related trace elements in streambed and flood-plain sediment along the middle Big River and tributaries in the Southeast Missouri Barite District, 2012–15</t>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
-          <t>Conservation Biology</t>
+          <t>Scientific Investigations Report</t>
+        </is>
+      </c>
+      <c r="I62" t="inlineStr">
+        <is>
+          <t>2018-5103</t>
+        </is>
+      </c>
+      <c r="M62" t="inlineStr">
+        <is>
+          <t>2328-0328</t>
+        </is>
+      </c>
+      <c r="N62" t="inlineStr">
+        <is>
+          <t>2328-031X</t>
         </is>
       </c>
       <c r="P62" t="inlineStr">
         <is>
-          <t>10.1111/cobi.13185</t>
-[...9 lines deleted...]
-          <t>6</t>
+          <t>10.3133/sir20185103</t>
         </is>
       </c>
       <c r="T62" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="U62" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V62" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W62" t="inlineStr">
         <is>
-          <t>Wiley</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X62" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y62" t="inlineStr">
         <is>
-          <t>Coop Res Unit Seattle; Patuxent Wildlife Research Center; Western Ecological Research Center</t>
+          <t>Central Midwest Water Science Center; Missouri Water Science Center</t>
         </is>
       </c>
       <c r="Z62" t="inlineStr">
         <is>
-          <t>9 p.</t>
-[...9 lines deleted...]
-          <t>1254</t>
+          <t>Report: vii, 89 p.; Data Release</t>
+        </is>
+      </c>
+      <c r="AF62" t="inlineStr">
+        <is>
+          <t>102</t>
+        </is>
+      </c>
+      <c r="AM62" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN62" t="inlineStr">
+        <is>
+          <t>Missouri</t>
+        </is>
+      </c>
+      <c r="AQ62" t="inlineStr">
+        <is>
+          <t>Middle Big River</t>
+        </is>
+      </c>
+      <c r="AU62" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW62" t="inlineStr">
         <is>
-          <t>Cummings, Jonathan 0000-0001-8028-5787 jwcummings@usgs.gov; Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov; Smith, David R.; Morey, Steve; Runge, Michael C. 0000-0002-8081-536X mrunge@usgs.gov</t>
+          <t>Smith, David C. 0000-0002-9645-2444 dvsmith@usgs.gov; Schumacher, John G. 0000-0002-8840-5912 jschu@usgs.gov</t>
         </is>
       </c>
       <c r="AZ62" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="BA62" t="inlineStr">
+        <is>
+          <t>5bc02f75e4b0fc368eb5382f</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70195069</t>
+          <t>https://pubs.usgs.gov/publication/70200731</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>70195069</t>
+          <t>70200731</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>70195069</t>
+          <t>70200731</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
-          <t>Using interviews and biological sign surveys to infer seasonal use of forested and agricultural portions of a human-dominated landscape by Asian elephants in Nepal</t>
+          <t>Investigating the mixing efficiencies of liquid-to-liquid chemical injection manifolds for aquatic invasive species management</t>
         </is>
       </c>
       <c r="H63" t="inlineStr">
         <is>
-          <t>Ethology Ecology and Evolution</t>
+          <t>Journal of Fluids Engineering</t>
         </is>
       </c>
       <c r="P63" t="inlineStr">
         <is>
-          <t>10.1080/03949370.2017.1405847</t>
+          <t>10.1115/1.4041361</t>
         </is>
       </c>
       <c r="R63" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>141</t>
         </is>
       </c>
       <c r="S63" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>3</t>
         </is>
       </c>
       <c r="T63" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="U63" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V63" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W63" t="inlineStr">
         <is>
-          <t>Taylor &amp; Francis</t>
+          <t>ASME</t>
         </is>
       </c>
       <c r="Y63" t="inlineStr">
         <is>
-          <t>Southwest Biological Science Center</t>
+          <t>Upper Midwest Environmental Sciences Center</t>
         </is>
       </c>
       <c r="Z63" t="inlineStr">
         <is>
-          <t>17 p.</t>
+          <t>Article 031302; 14 p.</t>
         </is>
       </c>
       <c r="AD63" t="inlineStr">
         <is>
-          <t>331</t>
+          <t>1</t>
         </is>
       </c>
       <c r="AE63" t="inlineStr">
         <is>
-          <t>347</t>
-[...4 lines deleted...]
-          <t>Nepal</t>
+          <t>14</t>
         </is>
       </c>
       <c r="AW63" t="inlineStr">
         <is>
-          <t>Lamichhane, Babu Ram; Subedi, Naresh; Pokheral, Chiranjibi Prasad; Dhakal, Maheshwar; Acharya, Krishna Prasad; Pradhan, Narendra Man Babu; Smith, James L. David; Malla, Sabita; Thakuri, Bishnu Singh; Yackulic, Charles B. 0000-0001-9661-0724 cyackulic@usgs.gov</t>
+          <t>Zolper, Thomas J.; Cupp, Aaron R. 0000-0001-5995-2100 acupp@usgs.gov; Smith, David L.</t>
         </is>
       </c>
       <c r="AZ63" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA63" t="inlineStr">
         <is>
-          <t>5a7d6ffae4b00f54eb24418e</t>
+          <t>5c10a92fe4b034bf6a7e5059</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70212316</t>
+          <t>https://pubs.usgs.gov/publication/70204571</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>70212316</t>
+          <t>70204571</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>70212316</t>
+          <t>70204571</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
-          <t>Development of a species status assessment process for decisions under the U.S. Endangered Species Act</t>
+          <t>Implicit decision framing as an unrecognized source of confusion in endangered species classification</t>
         </is>
       </c>
       <c r="H64" t="inlineStr">
         <is>
-          <t>Journal of Fish and Wildlife Management</t>
+          <t>Conservation Biology</t>
         </is>
       </c>
       <c r="P64" t="inlineStr">
         <is>
-          <t>10.3996/052017-JFWM-041</t>
+          <t>10.1111/cobi.13185</t>
         </is>
       </c>
       <c r="R64" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>32</t>
         </is>
       </c>
       <c r="S64" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>6</t>
         </is>
       </c>
       <c r="T64" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="U64" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V64" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W64" t="inlineStr">
         <is>
-          <t>U.S. Fish &amp; Wildlife Service</t>
+          <t>Wiley</t>
         </is>
       </c>
       <c r="Y64" t="inlineStr">
         <is>
-          <t>Leetown Science Center</t>
+          <t>Coop Res Unit Seattle; Patuxent Wildlife Research Center; Western Ecological Research Center</t>
         </is>
       </c>
       <c r="Z64" t="inlineStr">
         <is>
-          <t>19 p.</t>
+          <t>9 p.</t>
         </is>
       </c>
       <c r="AD64" t="inlineStr">
         <is>
-          <t>302</t>
+          <t>1246</t>
         </is>
       </c>
       <c r="AE64" t="inlineStr">
         <is>
-          <t>320</t>
+          <t>1254</t>
         </is>
       </c>
       <c r="AW64" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Allan, Nathan L.; McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Szymankski, Jennifer A.; Oetker, Susan R.; Bell, Heather M.</t>
+          <t>Cummings, Jonathan 0000-0001-8028-5787 jwcummings@usgs.gov; Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov; Smith, David R.; Morey, Steve; Runge, Michael C. 0000-0002-8081-536X mrunge@usgs.gov</t>
         </is>
       </c>
       <c r="AZ64" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70194561</t>
+          <t>https://pubs.usgs.gov/publication/70195069</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>70194561</t>
+          <t>70195069</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>70194561</t>
+          <t>70195069</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
-          <t>Chemical elements in the environment: multi-element geochemical datasets from continental to national scale surveys on four continents</t>
+          <t>Using interviews and biological sign surveys to infer seasonal use of forested and agricultural portions of a human-dominated landscape by Asian elephants in Nepal</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
-          <t>Applied Geochemistry</t>
+          <t>Ethology Ecology and Evolution</t>
         </is>
       </c>
       <c r="P65" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2017.11.010</t>
+          <t>10.1080/03949370.2017.1405847</t>
         </is>
       </c>
       <c r="R65" t="inlineStr">
         <is>
-          <t>89</t>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="S65" t="inlineStr">
+        <is>
+          <t>4</t>
         </is>
       </c>
       <c r="T65" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="U65" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V65" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W65" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>Taylor &amp; Francis</t>
         </is>
       </c>
       <c r="Y65" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center</t>
+          <t>Southwest Biological Science Center</t>
         </is>
       </c>
       <c r="Z65" t="inlineStr">
         <is>
-          <t>10 p.</t>
+          <t>17 p.</t>
         </is>
       </c>
       <c r="AD65" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>331</t>
         </is>
       </c>
       <c r="AE65" t="inlineStr">
         <is>
-          <t>159</t>
+          <t>347</t>
+        </is>
+      </c>
+      <c r="AM65" t="inlineStr">
+        <is>
+          <t>Nepal</t>
         </is>
       </c>
       <c r="AW65" t="inlineStr">
         <is>
-          <t>Caritat, Patrice de; Reimann, Clemens; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Wang, Xueqiu</t>
+          <t>Lamichhane, Babu Ram; Subedi, Naresh; Pokheral, Chiranjibi Prasad; Dhakal, Maheshwar; Acharya, Krishna Prasad; Pradhan, Narendra Man Babu; Smith, James L. David; Malla, Sabita; Thakuri, Bishnu Singh; Yackulic, Charles B. 0000-0001-9661-0724 cyackulic@usgs.gov</t>
         </is>
       </c>
       <c r="AZ65" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA65" t="inlineStr">
         <is>
-          <t>5a60faede4b06e28e9c229b3</t>
+          <t>5a7d6ffae4b00f54eb24418e</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70191488</t>
+          <t>https://pubs.usgs.gov/publication/70212316</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>70191488</t>
+          <t>70212316</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>70191488</t>
+          <t>70212316</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
-          <t>Productivity and CO&lt;sub&gt;2&lt;/sub&gt; exchange of Great Plains ecoregions. I. Shortgrass steppe: Flux tower estimates</t>
+          <t>Development of a species status assessment process for decisions under the U.S. Endangered Species Act</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
-          <t>Rangeland Ecology and Management</t>
-[...9 lines deleted...]
-          <t>1550-7424</t>
+          <t>Journal of Fish and Wildlife Management</t>
         </is>
       </c>
       <c r="P66" t="inlineStr">
         <is>
-          <t>10.1016/j.rama.2017.06.007</t>
+          <t>10.3996/052017-JFWM-041</t>
         </is>
       </c>
       <c r="R66" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>9</t>
         </is>
       </c>
       <c r="S66" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>1</t>
         </is>
       </c>
       <c r="T66" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="U66" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V66" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W66" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>U.S. Fish &amp; Wildlife Service</t>
         </is>
       </c>
       <c r="Y66" t="inlineStr">
         <is>
-          <t>Earth Resources Observation and Science (EROS) Center</t>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z66" t="inlineStr">
         <is>
-          <t>18 p.</t>
+          <t>19 p.</t>
         </is>
       </c>
       <c r="AD66" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>302</t>
         </is>
       </c>
       <c r="AE66" t="inlineStr">
         <is>
-          <t>717</t>
-[...9 lines deleted...]
-          <t>Colorado, Wyoming</t>
+          <t>320</t>
         </is>
       </c>
       <c r="AW66" t="inlineStr">
         <is>
-          <t>Gilmanov, Tagir G.; Morgan, Jack A.; Hanan, Niall P.; Wylie, Bruce K. 0000-0002-7374-1083 wylie@usgs.gov; Rajan, Nithya; Smith, David P.; Howard, Daniel M. 0000-0002-7563-7538 dhoward@usgs.gov</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Allan, Nathan L.; McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Szymankski, Jennifer A.; Oetker, Susan R.; Bell, Heather M.</t>
         </is>
       </c>
       <c r="AZ66" t="inlineStr">
         <is>
           <t>1</t>
-        </is>
-[...3 lines deleted...]
-          <t>59e1d095e4b05fe04cd11798</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20175078</t>
+          <t>https://pubs.usgs.gov/publication/70194561</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>70189536</t>
+          <t>70194561</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>sir20175078</t>
+          <t>70194561</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
-          <t>A process to estimate net infiltration using a site-scale water-budget approach, Rainier Mesa, Nevada National Security Site, Nevada, 2002–05</t>
+          <t>Chemical elements in the environment: multi-element geochemical datasets from continental to national scale surveys on four continents</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
-          <t>Scientific Investigations Report</t>
-[...14 lines deleted...]
-          <t>2328-031X</t>
+          <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P67" t="inlineStr">
         <is>
-          <t>10.3133/sir20175078</t>
+          <t>10.1016/j.apgeochem.2017.11.010</t>
+        </is>
+      </c>
+      <c r="R67" t="inlineStr">
+        <is>
+          <t>89</t>
         </is>
       </c>
       <c r="T67" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="U67" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V67" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W67" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y67" t="inlineStr">
         <is>
-          <t>Nevada Water Science Center</t>
+          <t>Central Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z67" t="inlineStr">
         <is>
-          <t>Report: v, 22 p.; Data Release</t>
-[...24 lines deleted...]
-          <t>Y</t>
+          <t>10 p.</t>
+        </is>
+      </c>
+      <c r="AD67" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="AE67" t="inlineStr">
+        <is>
+          <t>159</t>
         </is>
       </c>
       <c r="AW67" t="inlineStr">
         <is>
-          <t>Smith, David W. 0000-0002-9543-800X dwsmith@usgs.gov; Moreo, Michael T. 0000-0002-9122-6958 mtmoreo@usgs.gov; Garcia, C. Amanda 0000-0003-3776-3565 cgarcia@usgs.gov; Halford, Keith J. 0000-0002-7322-1846 khalford@usgs.gov; Fenelon, Joseph M. 0000-0003-4449-245X jfenelon@usgs.gov</t>
+          <t>Caritat, Patrice de; Reimann, Clemens; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Wang, Xueqiu</t>
         </is>
       </c>
       <c r="AZ67" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA67" t="inlineStr">
         <is>
-          <t>59a67d41e4b0fd9b77ce4794</t>
+          <t>5a60faede4b06e28e9c229b3</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20171071</t>
+          <t>https://pubs.usgs.gov/publication/70191488</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>70188596</t>
+          <t>70191488</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>ofr20171071</t>
+          <t>70191488</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
-          <t>A projection of lesser prairie chicken (&lt;em&gt;Tympanuchus pallidicinctus&lt;/em&gt;) populations range-wide</t>
+          <t>Productivity and CO&lt;sub&gt;2&lt;/sub&gt; exchange of Great Plains ecoregions. I. Shortgrass steppe: Flux tower estimates</t>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...4 lines deleted...]
-          <t>2017-1071</t>
+          <t>Rangeland Ecology and Management</t>
         </is>
       </c>
       <c r="M68" t="inlineStr">
         <is>
-          <t>2331-1258</t>
+          <t>1551-5028</t>
         </is>
       </c>
       <c r="N68" t="inlineStr">
         <is>
-          <t>0196-1497</t>
+          <t>1550-7424</t>
         </is>
       </c>
       <c r="P68" t="inlineStr">
         <is>
-          <t>10.3133/ofr20171071</t>
+          <t>10.1016/j.rama.2017.06.007</t>
+        </is>
+      </c>
+      <c r="R68" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="S68" t="inlineStr">
+        <is>
+          <t>6</t>
         </is>
       </c>
       <c r="T68" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="U68" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V68" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W68" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y68" t="inlineStr">
         <is>
-          <t>Coop Res Unit Seattle</t>
+          <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z68" t="inlineStr">
         <is>
-          <t>vi, 60 p.</t>
+          <t>18 p.</t>
+        </is>
+      </c>
+      <c r="AD68" t="inlineStr">
+        <is>
+          <t>700</t>
+        </is>
+      </c>
+      <c r="AE68" t="inlineStr">
+        <is>
+          <t>717</t>
         </is>
       </c>
       <c r="AM68" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN68" t="inlineStr">
         <is>
-          <t>Colorado, Kansas, New Mexico, Oklahoma, Texas</t>
-[...4 lines deleted...]
-          <t>Y</t>
+          <t>Colorado, Wyoming</t>
         </is>
       </c>
       <c r="AW68" t="inlineStr">
         <is>
-          <t>Cummings, Jonathan W.; Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov; Moore, Clinton T.; Smith, David R.; Nichols, Clay T.; Allan, Nathan L.; O’Meilia, Chris M.</t>
+          <t>Gilmanov, Tagir G.; Morgan, Jack A.; Hanan, Niall P.; Wylie, Bruce K. 0000-0002-7374-1083 wylie@usgs.gov; Rajan, Nithya; Smith, David P.; Howard, Daniel M. 0000-0002-7563-7538 dhoward@usgs.gov</t>
         </is>
       </c>
       <c r="AZ68" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA68" t="inlineStr">
         <is>
-          <t>598c1f40e4b09fa1cb0ffefe</t>
+          <t>59e1d095e4b05fe04cd11798</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70212317</t>
+          <t>https://pubs.usgs.gov/publication/sir20175078</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>70212317</t>
+          <t>70189536</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>70212317</t>
+          <t>sir20175078</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
-          <t>Optimization of decision rules for hydroelectric operation to reduce both eel mortality and unnecessary turbine shutdown: A search for a win-win solution</t>
+          <t>A process to estimate net infiltration using a site-scale water-budget approach, Rainier Mesa, Nevada National Security Site, Nevada, 2002–05</t>
         </is>
       </c>
       <c r="H69" t="inlineStr">
         <is>
-          <t>Rivers Research and Applications</t>
+          <t>Scientific Investigations Report</t>
+        </is>
+      </c>
+      <c r="I69" t="inlineStr">
+        <is>
+          <t>2017-5078</t>
+        </is>
+      </c>
+      <c r="M69" t="inlineStr">
+        <is>
+          <t>2328-0328</t>
+        </is>
+      </c>
+      <c r="N69" t="inlineStr">
+        <is>
+          <t>2328-031X</t>
         </is>
       </c>
       <c r="P69" t="inlineStr">
         <is>
-          <t>10.1002/rra.3182</t>
-[...9 lines deleted...]
-          <t>8</t>
+          <t>10.3133/sir20175078</t>
         </is>
       </c>
       <c r="T69" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="U69" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V69" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W69" t="inlineStr">
         <is>
-          <t>Wiley</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X69" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y69" t="inlineStr">
         <is>
-          <t>Leetown Science Center</t>
+          <t>Nevada Water Science Center</t>
         </is>
       </c>
       <c r="Z69" t="inlineStr">
         <is>
-          <t>7 p.</t>
-[...9 lines deleted...]
-          <t>1285</t>
+          <t>Report: v, 22 p.; Data Release</t>
+        </is>
+      </c>
+      <c r="AF69" t="inlineStr">
+        <is>
+          <t>32</t>
         </is>
       </c>
       <c r="AM69" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN69" t="inlineStr">
         <is>
-          <t>Virginia, West Virginia</t>
+          <t>Nevada</t>
         </is>
       </c>
       <c r="AQ69" t="inlineStr">
         <is>
-          <t>Shenandoah watershed</t>
+          <t>Rainier Mesa</t>
+        </is>
+      </c>
+      <c r="AU69" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW69" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Paul L. Fackler; Eyler, Sheila M.; Villegas, Laura; Welsh, Stuart A. 0000-0003-0362-054X swelsh@usgs.gov</t>
+          <t>Smith, David W. 0000-0002-9543-800X dwsmith@usgs.gov; Moreo, Michael T. 0000-0002-9122-6958 mtmoreo@usgs.gov; Garcia, C. Amanda 0000-0003-3776-3565 cgarcia@usgs.gov; Halford, Keith J. 0000-0002-7322-1846 khalford@usgs.gov; Fenelon, Joseph M. 0000-0003-4449-245X jfenelon@usgs.gov</t>
         </is>
       </c>
       <c r="AZ69" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="BA69" t="inlineStr">
+        <is>
+          <t>59a67d41e4b0fd9b77ce4794</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70212319</t>
+          <t>https://pubs.usgs.gov/publication/ofr20171071</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>70212319</t>
+          <t>70188596</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>70212319</t>
+          <t>ofr20171071</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
-          <t>Group inverse sampling: An economical approach to inverse sampling</t>
+          <t>A projection of lesser prairie chicken (&lt;em&gt;Tympanuchus pallidicinctus&lt;/em&gt;) populations range-wide</t>
         </is>
       </c>
       <c r="H70" t="inlineStr">
         <is>
-          <t>Environmetrics</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I70" t="inlineStr">
+        <is>
+          <t>2017-1071</t>
+        </is>
+      </c>
+      <c r="M70" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N70" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P70" t="inlineStr">
         <is>
-          <t>10.1002/env.2459</t>
-[...9 lines deleted...]
-          <t>7</t>
+          <t>10.3133/ofr20171071</t>
         </is>
       </c>
       <c r="T70" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="U70" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V70" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W70" t="inlineStr">
         <is>
-          <t>Wiley</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X70" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y70" t="inlineStr">
         <is>
-          <t>Leetown Science Center</t>
+          <t>Coop Res Unit Seattle</t>
         </is>
       </c>
       <c r="Z70" t="inlineStr">
         <is>
-          <t>e2459, 10 p.</t>
+          <t>vi, 60 p.</t>
+        </is>
+      </c>
+      <c r="AM70" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN70" t="inlineStr">
+        <is>
+          <t>Colorado, Kansas, New Mexico, Oklahoma, Texas</t>
+        </is>
+      </c>
+      <c r="AU70" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW70" t="inlineStr">
         <is>
-          <t>Panahbehagh, Bardia; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>Cummings, Jonathan W.; Converse, Sarah J. 0000-0002-3719-5441 sconverse@usgs.gov; Moore, Clinton T.; Smith, David R.; Nichols, Clay T.; Allan, Nathan L.; O’Meilia, Chris M.</t>
         </is>
       </c>
       <c r="AZ70" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="BA70" t="inlineStr">
+        <is>
+          <t>598c1f40e4b09fa1cb0ffefe</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70195151</t>
+          <t>https://pubs.usgs.gov/publication/70212317</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>70195151</t>
+          <t>70212317</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>70195151</t>
+          <t>70212317</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
-          <t>The interacting roles of climate, soils, and plant production on soil microbial communities at a continental scale</t>
+          <t>Optimization of decision rules for hydroelectric operation to reduce both eel mortality and unnecessary turbine shutdown: A search for a win-win solution</t>
         </is>
       </c>
       <c r="H71" t="inlineStr">
         <is>
-          <t>Ecology</t>
+          <t>Rivers Research and Applications</t>
         </is>
       </c>
       <c r="P71" t="inlineStr">
         <is>
-          <t>10.1002/ecy.1883</t>
+          <t>10.1002/rra.3182</t>
         </is>
       </c>
       <c r="R71" t="inlineStr">
         <is>
-          <t>98</t>
+          <t>33</t>
         </is>
       </c>
       <c r="S71" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>8</t>
         </is>
       </c>
       <c r="T71" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="U71" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V71" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W71" t="inlineStr">
         <is>
-          <t>Ecological Society of America</t>
+          <t>Wiley</t>
         </is>
       </c>
       <c r="Y71" t="inlineStr">
         <is>
-          <t>Earth Resources Observation and Science (EROS) Center; Geology, Minerals, Energy, and Geophysics Science Center</t>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z71" t="inlineStr">
         <is>
-          <t>11 p.</t>
+          <t>7 p.</t>
         </is>
       </c>
       <c r="AD71" t="inlineStr">
         <is>
-          <t>1957</t>
+          <t>1279</t>
         </is>
       </c>
       <c r="AE71" t="inlineStr">
         <is>
-          <t>1967</t>
+          <t>1285</t>
+        </is>
+      </c>
+      <c r="AM71" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN71" t="inlineStr">
+        <is>
+          <t>Virginia, West Virginia</t>
+        </is>
+      </c>
+      <c r="AQ71" t="inlineStr">
+        <is>
+          <t>Shenandoah watershed</t>
         </is>
       </c>
       <c r="AW71" t="inlineStr">
         <is>
-          <t>Waldrop, Mark P. 0000-0003-1829-7140 mwaldrop@usgs.gov; Holloway, JoAnn M. 0000-0003-3603-7668 jholloway@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Goldhaber, Martin B. 0000-0002-1785-4243 mgold@usgs.gov; Drenovsky, R. E.; Scow, K. M.; Dick, R.; Howard, Daniel M. 0000-0002-7563-7538 danny.howard.ctr@usgs.gov; Wylie, Bruce K. 0000-0002-7374-1083 wylie@usgs.gov; Grace, James B. 0000-0001-6374-4726 gracej@usgs.gov</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Paul L. Fackler; Eyler, Sheila M.; Villegas, Laura; Welsh, Stuart A. 0000-0003-0362-054X swelsh@usgs.gov</t>
         </is>
       </c>
       <c r="AZ71" t="inlineStr">
         <is>
-          <t>1</t>
-[...4 lines deleted...]
-          <t>5a7c1e7be4b00f54eb22934d</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70212318</t>
+          <t>https://pubs.usgs.gov/publication/70212319</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>70212318</t>
+          <t>70212319</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>70212318</t>
+          <t>70212319</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
-          <t>Developing a landscape‐scale, multi‐species, and cost‐efficient conservation strategy for imperilled aquatic species in the Upper Tennessee River Basin, USA</t>
+          <t>Group inverse sampling: An economical approach to inverse sampling</t>
         </is>
       </c>
       <c r="H72" t="inlineStr">
         <is>
-          <t>Aquatic Conservation: Marine and Freshwater Ecosystems</t>
+          <t>Environmetrics</t>
         </is>
       </c>
       <c r="P72" t="inlineStr">
         <is>
-          <t>10.1002/aqc.2785</t>
+          <t>10.1002/env.2459</t>
         </is>
       </c>
       <c r="R72" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>28</t>
         </is>
       </c>
       <c r="S72" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>7</t>
         </is>
       </c>
       <c r="T72" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="U72" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V72" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W72" t="inlineStr">
         <is>
           <t>Wiley</t>
         </is>
       </c>
       <c r="Y72" t="inlineStr">
         <is>
           <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z72" t="inlineStr">
         <is>
-          <t>16 p.</t>
-[...24 lines deleted...]
-          <t>Tennessee River basin</t>
+          <t>e2459, 10 p.</t>
         </is>
       </c>
       <c r="AW72" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Butler, Robert S.; Jones, Jess W; Gatenby, Catherine M; Hylton, Roberta; Parkin, Mary; Schulz, Cindy</t>
+          <t>Panahbehagh, Bardia; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ72" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70184214</t>
+          <t>https://pubs.usgs.gov/publication/70195151</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>70184214</t>
+          <t>70195151</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>70184214</t>
+          <t>70195151</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
-          <t>Pyrogenic carbon distribution in mineral topsoils of the northeastern United States</t>
+          <t>The interacting roles of climate, soils, and plant production on soil microbial communities at a continental scale</t>
         </is>
       </c>
       <c r="H73" t="inlineStr">
         <is>
-          <t>Geoderma</t>
+          <t>Ecology</t>
         </is>
       </c>
       <c r="P73" t="inlineStr">
         <is>
-          <t>10.1016/j.geoderma.2017.02.022</t>
+          <t>10.1002/ecy.1883</t>
         </is>
       </c>
       <c r="R73" t="inlineStr">
         <is>
-          <t>296</t>
+          <t>98</t>
+        </is>
+      </c>
+      <c r="S73" t="inlineStr">
+        <is>
+          <t>7</t>
         </is>
       </c>
       <c r="T73" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="U73" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V73" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W73" t="inlineStr">
         <is>
-          <t>Elsevier</t>
-[...4 lines deleted...]
-          <t>New York, NY</t>
+          <t>Ecological Society of America</t>
         </is>
       </c>
       <c r="Y73" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center</t>
+          <t>Earth Resources Observation and Science (EROS) Center; Geology, Minerals, Energy, and Geophysics Science Center</t>
         </is>
       </c>
       <c r="Z73" t="inlineStr">
         <is>
-          <t>10 p.</t>
+          <t>11 p.</t>
         </is>
       </c>
       <c r="AD73" t="inlineStr">
         <is>
-          <t>69</t>
+          <t>1957</t>
         </is>
       </c>
       <c r="AE73" t="inlineStr">
         <is>
-          <t>78</t>
-[...4 lines deleted...]
-          <t>United States</t>
+          <t>1967</t>
         </is>
       </c>
       <c r="AW73" t="inlineStr">
         <is>
-          <t>Jauss, Verena; Sullivan, Patrick J.; Sanderman, Jonathan; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Lehmann, Johannes</t>
+          <t>Waldrop, Mark P. 0000-0003-1829-7140 mwaldrop@usgs.gov; Holloway, JoAnn M. 0000-0003-3603-7668 jholloway@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Goldhaber, Martin B. 0000-0002-1785-4243 mgold@usgs.gov; Drenovsky, R. E.; Scow, K. M.; Dick, R.; Howard, Daniel M. 0000-0002-7563-7538 danny.howard.ctr@usgs.gov; Wylie, Bruce K. 0000-0002-7374-1083 wylie@usgs.gov; Grace, James B. 0000-0001-6374-4726 gracej@usgs.gov</t>
         </is>
       </c>
       <c r="AZ73" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA73" t="inlineStr">
         <is>
-          <t>58ba8ebbe4b0bcef64f0b92f</t>
+          <t>5a7c1e7be4b00f54eb22934d</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70193485</t>
+          <t>https://pubs.usgs.gov/publication/70212318</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>70193485</t>
+          <t>70212318</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>70193485</t>
+          <t>70212318</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
-      <c r="F74" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G74" t="inlineStr">
         <is>
-          <t>Conservation status of the American horseshoe crab, (Limulus polyphemus): A regional assessment</t>
+          <t>Developing a landscape‐scale, multi‐species, and cost‐efficient conservation strategy for imperilled aquatic species in the Upper Tennessee River Basin, USA</t>
         </is>
       </c>
       <c r="H74" t="inlineStr">
         <is>
-          <t>Reviews in Fish Biology and Fisheries</t>
+          <t>Aquatic Conservation: Marine and Freshwater Ecosystems</t>
         </is>
       </c>
       <c r="P74" t="inlineStr">
         <is>
-          <t>10.1007/s11160-016-9461-y</t>
+          <t>10.1002/aqc.2785</t>
         </is>
       </c>
       <c r="R74" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="S74" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>6</t>
         </is>
       </c>
       <c r="T74" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="U74" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V74" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W74" t="inlineStr">
         <is>
-          <t>Springer</t>
+          <t>Wiley</t>
         </is>
       </c>
       <c r="Y74" t="inlineStr">
         <is>
           <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z74" t="inlineStr">
         <is>
-          <t>41 p.</t>
+          <t>16 p.</t>
         </is>
       </c>
       <c r="AD74" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>1224</t>
         </is>
       </c>
       <c r="AE74" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>1239</t>
+        </is>
+      </c>
+      <c r="AM74" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN74" t="inlineStr">
+        <is>
+          <t>Alabama, Georgia, Kentucky, North Carolina, Tennessee, Virginia</t>
         </is>
       </c>
       <c r="AQ74" t="inlineStr">
         <is>
-          <t>North America</t>
+          <t>Tennessee River basin</t>
         </is>
       </c>
       <c r="AW74" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Brockmann, H. Jane; Beekey, Mark A.; King, Tim L. tlking@usgs.gov; Millard, Mike; Zaldivar-Rae, Jaime</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Butler, Robert S.; Jones, Jess W; Gatenby, Catherine M; Hylton, Roberta; Parkin, Mary; Schulz, Cindy</t>
         </is>
       </c>
       <c r="AZ74" t="inlineStr">
         <is>
-          <t>1</t>
-[...4 lines deleted...]
-          <t>5a06c8cfe4b09af898c86135</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70180266</t>
+          <t>https://pubs.usgs.gov/publication/70184214</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>70180266</t>
+          <t>70184214</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>70180266</t>
+          <t>70184214</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
-          <t>Nutrient processes at the stream-lake interface for a channelized versus unmodified stream mouth</t>
+          <t>Pyrogenic carbon distribution in mineral topsoils of the northeastern United States</t>
         </is>
       </c>
       <c r="H75" t="inlineStr">
         <is>
-          <t>Water Resources Research</t>
-[...9 lines deleted...]
-          <t>0043-1397</t>
+          <t>Geoderma</t>
         </is>
       </c>
       <c r="P75" t="inlineStr">
         <is>
-          <t>10.1002/2016WR019538</t>
+          <t>10.1016/j.geoderma.2017.02.022</t>
         </is>
       </c>
       <c r="R75" t="inlineStr">
         <is>
-          <t>53</t>
-[...2 lines deleted...]
-      <c r="S75" t="inlineStr">
+          <t>296</t>
+        </is>
+      </c>
+      <c r="T75" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="U75" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V75" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W75" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X75" t="inlineStr">
+        <is>
+          <t>New York, NY</t>
+        </is>
+      </c>
+      <c r="Y75" t="inlineStr">
+        <is>
+          <t>Central Mineral and Environmental Resources Science Center</t>
+        </is>
+      </c>
+      <c r="Z75" t="inlineStr">
+        <is>
+          <t>10 p.</t>
+        </is>
+      </c>
+      <c r="AD75" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="AE75" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="AM75" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AW75" t="inlineStr">
+        <is>
+          <t>Jauss, Verena; Sullivan, Patrick J.; Sanderman, Jonathan; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Lehmann, Johannes</t>
+        </is>
+      </c>
+      <c r="AZ75" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="T75" t="inlineStr">
-[...48 lines deleted...]
-      </c>
       <c r="BA75" t="inlineStr">
         <is>
-          <t>588b1976e4b0ad67323f97da</t>
+          <t>58ba8ebbe4b0bcef64f0b92f</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70185576</t>
+          <t>https://pubs.usgs.gov/publication/70193485</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>70185576</t>
+          <t>70193485</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>70185576</t>
+          <t>70193485</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
+      <c r="F76" t="inlineStr">
+        <is>
+          <t>Conservation status of the American horseshoe crab, (&lt;i&gt;Limulus polyphemus&lt;/i&gt;): A regional assessment</t>
+        </is>
+      </c>
       <c r="G76" t="inlineStr">
         <is>
-          <t>Downstream passage and impact of turbine shutdowns on survival of silver American Eels at five hydroelectric dams on the Shenandoah River</t>
+          <t>Conservation status of the American horseshoe crab, (Limulus polyphemus): A regional assessment</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
-          <t>Transactions of the American Fisheries Society</t>
+          <t>Reviews in Fish Biology and Fisheries</t>
         </is>
       </c>
       <c r="P76" t="inlineStr">
         <is>
-          <t>10.1080/00028487.2016.1176954</t>
+          <t>10.1007/s11160-016-9461-y</t>
         </is>
       </c>
       <c r="R76" t="inlineStr">
         <is>
-          <t>145</t>
+          <t>27</t>
         </is>
       </c>
       <c r="S76" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>1</t>
         </is>
       </c>
       <c r="T76" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="U76" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V76" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W76" t="inlineStr">
         <is>
-          <t>American Fisheries Society</t>
-[...4 lines deleted...]
-          <t>New York, NY</t>
+          <t>Springer</t>
         </is>
       </c>
       <c r="Y76" t="inlineStr">
         <is>
-          <t>Coop Res Unit Leetown</t>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z76" t="inlineStr">
         <is>
-          <t>13 p.</t>
+          <t>41 p.</t>
         </is>
       </c>
       <c r="AD76" t="inlineStr">
         <is>
-          <t>964</t>
+          <t>135</t>
         </is>
       </c>
       <c r="AE76" t="inlineStr">
         <is>
-          <t>976</t>
-[...9 lines deleted...]
-          <t>Virginia, West Virginia</t>
+          <t>175</t>
         </is>
       </c>
       <c r="AQ76" t="inlineStr">
         <is>
-          <t>Shenandoah River</t>
+          <t>North America</t>
         </is>
       </c>
       <c r="AW76" t="inlineStr">
         <is>
-          <t>Eyler, Sheila; Welsh, Stuart A. 0000-0003-0362-054X swelsh@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Rockey, Mary</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Brockmann, H. Jane; Beekey, Mark A.; King, Tim L. tlking@usgs.gov; Millard, Mike; Zaldivar-Rae, Jaime</t>
         </is>
       </c>
       <c r="AZ76" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA76" t="inlineStr">
         <is>
-          <t>58d63036e4b05ec7991310db</t>
+          <t>5a06c8cfe4b09af898c86135</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20165144</t>
+          <t>https://pubs.usgs.gov/publication/70180266</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>70178056</t>
+          <t>70180266</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>sir20165144</t>
+          <t>70180266</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
-          <t>Occurrence, distribution, and volume of metals-contaminated sediment of selected streams draining the Tri-State Mining District, Missouri, Oklahoma, and Kansas, 2011–12</t>
+          <t>Nutrient processes at the stream-lake interface for a channelized versus unmodified stream mouth</t>
         </is>
       </c>
       <c r="H77" t="inlineStr">
         <is>
-          <t>Scientific Investigations Report</t>
-[...4 lines deleted...]
-          <t>2016-5144</t>
+          <t>Water Resources Research</t>
         </is>
       </c>
       <c r="M77" t="inlineStr">
         <is>
-          <t>2328-0328</t>
+          <t>1944-7973</t>
         </is>
       </c>
       <c r="N77" t="inlineStr">
         <is>
-          <t>2328-031X</t>
+          <t>0043-1397</t>
         </is>
       </c>
       <c r="P77" t="inlineStr">
         <is>
-          <t>10.3133/sir20165144</t>
+          <t>10.1002/2016WR019538</t>
+        </is>
+      </c>
+      <c r="R77" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="S77" t="inlineStr">
+        <is>
+          <t>1</t>
         </is>
       </c>
       <c r="T77" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="U77" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V77" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W77" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>AGU Publications</t>
         </is>
       </c>
       <c r="Y77" t="inlineStr">
         <is>
-          <t>Missouri Water Science Center</t>
+          <t>National Research Program - Western Branch</t>
         </is>
       </c>
       <c r="Z77" t="inlineStr">
         <is>
-          <t>Report: ix, 86 p.; 2 Data Releases</t>
-[...29 lines deleted...]
-          <t>Y</t>
+          <t>20 p.</t>
+        </is>
+      </c>
+      <c r="AD77" t="inlineStr">
+        <is>
+          <t>237</t>
+        </is>
+      </c>
+      <c r="AE77" t="inlineStr">
+        <is>
+          <t>256</t>
         </is>
       </c>
       <c r="AW77" t="inlineStr">
         <is>
-          <t>Smith, D. Charlie davidsmith@usgs.gov</t>
+          <t>Niswonger, Richard G. 0000-0001-6397-2403 rniswon@usgs.gov; Naranjo, Ramon C. 0000-0003-4469-6831 rnaranjo@usgs.gov; Smith, David 0000-0002-9543-800X; Constantz, James E. 0000-0002-4062-2096 jconstan@usgs.gov; Allander, Kip K. 0000-0002-3317-298X kalland@usgs.gov; Rosenberry, Donald O. 0000-0003-0681-5641 rosenber@usgs.gov; Neilson, Bethany; Rosen, Michael R. 0000-0003-3991-0522 mrosen@usgs.gov; Stonestrom, David A. 0000-0001-7883-3385 dastones@usgs.gov</t>
         </is>
       </c>
       <c r="AZ77" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA77" t="inlineStr">
         <is>
-          <t>585268dfe4b0e2663625ec80</t>
+          <t>588b1976e4b0ad67323f97da</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20165133</t>
+          <t>https://pubs.usgs.gov/publication/70185576</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>70178266</t>
+          <t>70185576</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>sir20165133</t>
+          <t>70185576</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
-          <t>Quantifying seepage using heat as a tracer in selected irrigation canals, Walker River Basin, Nevada, 2012 and 2013</t>
+          <t>Downstream passage and impact of turbine shutdowns on survival of silver American Eels at five hydroelectric dams on the Shenandoah River</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
-          <t>Scientific Investigations Report</t>
-[...14 lines deleted...]
-          <t>2328-031X</t>
+          <t>Transactions of the American Fisheries Society</t>
         </is>
       </c>
       <c r="P78" t="inlineStr">
         <is>
-          <t>10.3133/sir20165133</t>
+          <t>10.1080/00028487.2016.1176954</t>
+        </is>
+      </c>
+      <c r="R78" t="inlineStr">
+        <is>
+          <t>145</t>
+        </is>
+      </c>
+      <c r="S78" t="inlineStr">
+        <is>
+          <t>5</t>
         </is>
       </c>
       <c r="T78" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="U78" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V78" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W78" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>American Fisheries Society</t>
         </is>
       </c>
       <c r="X78" t="inlineStr">
         <is>
-          <t>Reston, VA</t>
+          <t>New York, NY</t>
         </is>
       </c>
       <c r="Y78" t="inlineStr">
         <is>
-          <t>Nevada Water Science Center</t>
+          <t>Coop Res Unit Leetown</t>
         </is>
       </c>
       <c r="Z78" t="inlineStr">
         <is>
-          <t>Report: viii, 169 p.; 2 Appendixes</t>
+          <t>13 p.</t>
+        </is>
+      </c>
+      <c r="AD78" t="inlineStr">
+        <is>
+          <t>964</t>
+        </is>
+      </c>
+      <c r="AE78" t="inlineStr">
+        <is>
+          <t>976</t>
         </is>
       </c>
       <c r="AM78" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN78" t="inlineStr">
         <is>
-          <t>California, Nevada</t>
+          <t>Virginia, West Virginia</t>
         </is>
       </c>
       <c r="AQ78" t="inlineStr">
         <is>
-          <t>Walker River Basin</t>
-[...4 lines deleted...]
-          <t>Y</t>
+          <t>Shenandoah River</t>
         </is>
       </c>
       <c r="AW78" t="inlineStr">
         <is>
-          <t>Naranjo, Ramon C. 0000-0003-4469-6831 rnaranjo@usgs.gov; Smith, David W. 0000-0002-9543-800X dwsmith@usgs.gov</t>
+          <t>Eyler, Sheila; Welsh, Stuart A. 0000-0003-0362-054X swelsh@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Rockey, Mary</t>
         </is>
       </c>
       <c r="AZ78" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA78" t="inlineStr">
         <is>
-          <t>582dd8e9e4b04d580bd3fa8d</t>
+          <t>58d63036e4b05ec7991310db</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/fs20163075</t>
+          <t>https://pubs.usgs.gov/publication/sir20165144</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>70176602</t>
+          <t>70178056</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>fs20163075</t>
+          <t>sir20165144</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
-          <t>Construction of a groundwater-flow model for the Big Sioux Aquifer using airborne electromagnetic methods, Sioux Falls, South Dakota</t>
+          <t>Occurrence, distribution, and volume of metals-contaminated sediment of selected streams draining the Tri-State Mining District, Missouri, Oklahoma, and Kansas, 2011–12</t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
-          <t>Fact Sheet</t>
+          <t>Scientific Investigations Report</t>
         </is>
       </c>
       <c r="I79" t="inlineStr">
         <is>
-          <t>2016-3075</t>
+          <t>2016-5144</t>
         </is>
       </c>
       <c r="M79" t="inlineStr">
         <is>
-          <t>2327-6932</t>
+          <t>2328-0328</t>
         </is>
       </c>
       <c r="N79" t="inlineStr">
         <is>
-          <t>2327-6916</t>
+          <t>2328-031X</t>
         </is>
       </c>
       <c r="P79" t="inlineStr">
         <is>
-          <t>10.3133/fs20163075</t>
+          <t>10.3133/sir20165144</t>
         </is>
       </c>
       <c r="T79" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="U79" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V79" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W79" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X79" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y79" t="inlineStr">
         <is>
-          <t>Dakota Water Science Center; South Dakota Water Science Center</t>
+          <t>Missouri Water Science Center</t>
         </is>
       </c>
       <c r="Z79" t="inlineStr">
         <is>
-          <t>4 p.</t>
+          <t>Report: ix, 86 p.; 2 Data Releases</t>
         </is>
       </c>
       <c r="AF79" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>86</t>
         </is>
       </c>
       <c r="AM79" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN79" t="inlineStr">
         <is>
-          <t>South Dakota</t>
-[...4 lines deleted...]
-          <t>Sioux Falls</t>
+          <t>Kansas, Missouri, Oklahoma</t>
+        </is>
+      </c>
+      <c r="AQ79" t="inlineStr">
+        <is>
+          <t>Tri-State Mining District</t>
         </is>
       </c>
       <c r="AU79" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV79" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW79" t="inlineStr">
         <is>
-          <t>Valder, Joshua F. 0000-0003-3733-8868 jvalder@usgs.gov; Delzer, Gregory C. 0000-0002-7077-4963 gcdelzer@usgs.gov; Carter, Janet M. 0000-0002-6376-3473 jmcarter@usgs.gov; Smith, Bruce D. 0000-0002-1643-2997 bsmith@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov</t>
+          <t>Smith, D. Charlie davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ79" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA79" t="inlineStr">
         <is>
-          <t>57ed5308e4b090825011d4f5</t>
+          <t>585268dfe4b0e2663625ec80</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20165045</t>
+          <t>https://pubs.usgs.gov/publication/sir20165133</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>70170557</t>
+          <t>70178266</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>sir20165045</t>
+          <t>sir20165133</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
-          <t>Groundwater-level change and evaluation of simulated water levels for irrigated areas in Lahontan Valley, Churchill County, west-central Nevada, 1992 to 2012</t>
+          <t>Quantifying seepage using heat as a tracer in selected irrigation canals, Walker River Basin, Nevada, 2012 and 2013</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>Scientific Investigations Report</t>
         </is>
       </c>
       <c r="I80" t="inlineStr">
         <is>
-          <t>2016-5045</t>
+          <t>2016-5133</t>
         </is>
       </c>
       <c r="M80" t="inlineStr">
         <is>
           <t>2328-0328</t>
         </is>
       </c>
       <c r="N80" t="inlineStr">
         <is>
           <t>2328-031X</t>
         </is>
       </c>
       <c r="P80" t="inlineStr">
         <is>
-          <t>10.3133/sir20165045</t>
+          <t>10.3133/sir20165133</t>
         </is>
       </c>
       <c r="T80" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="U80" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V80" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W80" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X80" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y80" t="inlineStr">
         <is>
           <t>Nevada Water Science Center</t>
         </is>
       </c>
       <c r="Z80" t="inlineStr">
         <is>
-          <t>Report: vi, 23 p.; 1 Plate: 30.00 x 26.00 inches; 3 Appendixes; 2 Data Releases</t>
-[...4 lines deleted...]
-          <t>34</t>
+          <t>Report: viii, 169 p.; 2 Appendixes</t>
         </is>
       </c>
       <c r="AM80" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN80" t="inlineStr">
         <is>
-          <t>Nevada</t>
-[...4 lines deleted...]
-          <t>Churchill County</t>
+          <t>California, Nevada</t>
         </is>
       </c>
       <c r="AQ80" t="inlineStr">
         <is>
-          <t>Lahontan Valley</t>
+          <t>Walker River Basin</t>
         </is>
       </c>
       <c r="AU80" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
-      <c r="AV80" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW80" t="inlineStr">
         <is>
-          <t>Smith, David W. 0000-0002-9543-800X dwsmith@usgs.gov; Buto, Susan G. 0000-0002-1107-9549 sbuto@usgs.gov; Welborn, Toby L. 0000-0003-4839-2405 tlwelbor@usgs.gov</t>
+          <t>Naranjo, Ramon C. 0000-0003-4469-6831 rnaranjo@usgs.gov; Smith, David W. 0000-0002-9543-800X dwsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ80" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA80" t="inlineStr">
         <is>
-          <t>57da66a4e4b090824ffb1648</t>
+          <t>582dd8e9e4b04d580bd3fa8d</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70170935</t>
+          <t>https://pubs.usgs.gov/publication/fs20163075</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>70170935</t>
+          <t>70176602</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>70170935</t>
+          <t>fs20163075</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
-          <t>Manual hierarchical clustering of regional geochemical data using a Bayesian finite mixture model</t>
+          <t>Construction of a groundwater-flow model for the Big Sioux Aquifer using airborne electromagnetic methods, Sioux Falls, South Dakota</t>
         </is>
       </c>
       <c r="H81" t="inlineStr">
         <is>
-          <t>Applied Geochemistry</t>
+          <t>Fact Sheet</t>
+        </is>
+      </c>
+      <c r="I81" t="inlineStr">
+        <is>
+          <t>2016-3075</t>
+        </is>
+      </c>
+      <c r="M81" t="inlineStr">
+        <is>
+          <t>2327-6932</t>
+        </is>
+      </c>
+      <c r="N81" t="inlineStr">
+        <is>
+          <t>2327-6916</t>
         </is>
       </c>
       <c r="P81" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2016.05.016</t>
-[...4 lines deleted...]
-          <t>75</t>
+          <t>10.3133/fs20163075</t>
         </is>
       </c>
       <c r="T81" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="U81" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V81" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W81" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X81" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y81" t="inlineStr">
         <is>
-          <t>Crustal Geophysics and Geochemistry Science Center</t>
+          <t>Dakota Water Science Center; South Dakota Water Science Center</t>
         </is>
       </c>
       <c r="Z81" t="inlineStr">
         <is>
-          <t>11 p.</t>
-[...9 lines deleted...]
-          <t>210</t>
+          <t>4 p.</t>
+        </is>
+      </c>
+      <c r="AF81" t="inlineStr">
+        <is>
+          <t>4</t>
         </is>
       </c>
       <c r="AM81" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN81" t="inlineStr">
         <is>
-          <t>Colorado</t>
+          <t>South Dakota</t>
+        </is>
+      </c>
+      <c r="AP81" t="inlineStr">
+        <is>
+          <t>Sioux Falls</t>
         </is>
       </c>
       <c r="AU81" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV81" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW81" t="inlineStr">
         <is>
-          <t>Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov; Smith, David 0000-0002-9543-800X</t>
+          <t>Valder, Joshua F. 0000-0003-3733-8868 jvalder@usgs.gov; Delzer, Gregory C. 0000-0002-7077-4963 gcdelzer@usgs.gov; Carter, Janet M. 0000-0002-6376-3473 jmcarter@usgs.gov; Smith, Bruce D. 0000-0002-1643-2997 bsmith@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ81" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA81" t="inlineStr">
         <is>
-          <t>5774e345e4b07dd077c5fcab</t>
+          <t>57ed5308e4b090825011d4f5</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20165067</t>
+          <t>https://pubs.usgs.gov/publication/sir20165045</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>70171109</t>
+          <t>70170557</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>sir20165067</t>
+          <t>sir20165045</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
-          <t>Geologic and geophysical models for Osage County, Oklahoma, with implications for groundwater resources</t>
+          <t>Groundwater-level change and evaluation of simulated water levels for irrigated areas in Lahontan Valley, Churchill County, west-central Nevada, 1992 to 2012</t>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
           <t>Scientific Investigations Report</t>
         </is>
       </c>
       <c r="I82" t="inlineStr">
         <is>
-          <t>2016-5067</t>
+          <t>2016-5045</t>
         </is>
       </c>
       <c r="M82" t="inlineStr">
         <is>
           <t>2328-0328</t>
         </is>
       </c>
       <c r="N82" t="inlineStr">
         <is>
           <t>2328-031X</t>
         </is>
       </c>
       <c r="P82" t="inlineStr">
         <is>
-          <t>10.3133/sir20165067</t>
+          <t>10.3133/sir20165045</t>
         </is>
       </c>
       <c r="T82" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="U82" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V82" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W82" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X82" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y82" t="inlineStr">
         <is>
-          <t>Geosciences and Environmental Change Science Center</t>
+          <t>Nevada Water Science Center</t>
         </is>
       </c>
       <c r="Z82" t="inlineStr">
         <is>
-          <t>Report: vii, 27 p.; Companion Files; Datasets; Metadata; Readme File</t>
+          <t>Report: vi, 23 p.; 1 Plate: 30.00 x 26.00 inches; 3 Appendixes; 2 Data Releases</t>
+        </is>
+      </c>
+      <c r="AF82" t="inlineStr">
+        <is>
+          <t>34</t>
         </is>
       </c>
       <c r="AM82" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN82" t="inlineStr">
         <is>
-          <t>Oklahoma</t>
+          <t>Nevada</t>
         </is>
       </c>
       <c r="AO82" t="inlineStr">
         <is>
-          <t>Osage County</t>
+          <t>Churchill County</t>
+        </is>
+      </c>
+      <c r="AQ82" t="inlineStr">
+        <is>
+          <t>Lahontan Valley</t>
         </is>
       </c>
       <c r="AU82" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV82" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW82" t="inlineStr">
         <is>
-          <t>Hudson, Mark R. 0000-0003-0338-6079 mhudson@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Pantea, Michael P. mpantea@usgs.gov; Becker, Carol 0000-0001-6652-4542 cjbecker@usgs.gov</t>
+          <t>Smith, David W. 0000-0002-9543-800X dwsmith@usgs.gov; Buto, Susan G. 0000-0002-1107-9549 sbuto@usgs.gov; Welborn, Toby L. 0000-0003-4839-2405 tlwelbor@usgs.gov</t>
         </is>
       </c>
       <c r="AZ82" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>7</t>
         </is>
       </c>
       <c r="BA82" t="inlineStr">
         <is>
-          <t>5763bf9be4b07657d19b5bc1</t>
+          <t>57da66a4e4b090824ffb1648</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/tm7C13</t>
+          <t>https://pubs.usgs.gov/publication/70170935</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>70169018</t>
+          <t>70170935</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>tm7C13</t>
+          <t>70170935</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
-          <t>User’s guide for GcClust—An R package for clustering of regional geochemical data</t>
+          <t>Manual hierarchical clustering of regional geochemical data using a Bayesian finite mixture model</t>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
-          <t>Techniques and Methods</t>
-[...14 lines deleted...]
-          <t>2328-7047</t>
+          <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P83" t="inlineStr">
         <is>
-          <t>10.3133/tm7C13</t>
+          <t>10.1016/j.apgeochem.2016.05.016</t>
+        </is>
+      </c>
+      <c r="R83" t="inlineStr">
+        <is>
+          <t>75</t>
         </is>
       </c>
       <c r="T83" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="U83" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V83" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W83" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y83" t="inlineStr">
         <is>
           <t>Crustal Geophysics and Geochemistry Science Center</t>
         </is>
       </c>
       <c r="Z83" t="inlineStr">
         <is>
-          <t>Report: iv, 21 p.; Installation Instructions; Example R Scripts; GcClust; Read Me File</t>
-[...19 lines deleted...]
-          <t>This report is Chapter 13 of Section C: Computer Programs in Book 7: &lt;i&gt;Automated Data Processing and Computations&lt;/i&gt;.</t>
+          <t>11 p.</t>
+        </is>
+      </c>
+      <c r="AD83" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="AE83" t="inlineStr">
+        <is>
+          <t>210</t>
+        </is>
+      </c>
+      <c r="AM83" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN83" t="inlineStr">
+        <is>
+          <t>Colorado</t>
         </is>
       </c>
       <c r="AU83" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV83" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW83" t="inlineStr">
         <is>
-          <t>Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
+          <t>Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov; Smith, David 0000-0002-9543-800X</t>
         </is>
       </c>
       <c r="AZ83" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA83" t="inlineStr">
         <is>
-          <t>570ccadfe4b0ef3b7ca147c7</t>
+          <t>5774e345e4b07dd077c5fcab</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70170030</t>
+          <t>https://pubs.usgs.gov/publication/sir20165067</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>70170030</t>
+          <t>70171109</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>70170030</t>
+          <t>sir20165067</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
-          <t>Groundwater exchanges near a channelized versus unmodified stream mouth discharging to a subalpine lake</t>
+          <t>Geologic and geophysical models for Osage County, Oklahoma, with implications for groundwater resources</t>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
-          <t>Water Resources Research</t>
+          <t>Scientific Investigations Report</t>
+        </is>
+      </c>
+      <c r="I84" t="inlineStr">
+        <is>
+          <t>2016-5067</t>
         </is>
       </c>
       <c r="M84" t="inlineStr">
         <is>
-          <t>1944-7973</t>
+          <t>2328-0328</t>
         </is>
       </c>
       <c r="N84" t="inlineStr">
         <is>
-          <t>0043-1397</t>
+          <t>2328-031X</t>
         </is>
       </c>
       <c r="P84" t="inlineStr">
         <is>
-          <t>10.1002/2015WR017013</t>
-[...9 lines deleted...]
-          <t>3</t>
+          <t>10.3133/sir20165067</t>
         </is>
       </c>
       <c r="T84" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="U84" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V84" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W84" t="inlineStr">
         <is>
-          <t>American Geophysical Union</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X84" t="inlineStr">
         <is>
-          <t>Washington, D.C.</t>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y84" t="inlineStr">
         <is>
-          <t>National Research Program - Western Branch</t>
+          <t>Geosciences and Environmental Change Science Center</t>
         </is>
       </c>
       <c r="Z84" t="inlineStr">
         <is>
-          <t>21 p.</t>
-[...14 lines deleted...]
-          <t>21</t>
+          <t>Report: vii, 27 p.; Companion Files; Datasets; Metadata; Readme File</t>
         </is>
       </c>
       <c r="AM84" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN84" t="inlineStr">
         <is>
-          <t>California, Nevada</t>
-[...4 lines deleted...]
-          <t>Lake Tahoe</t>
+          <t>Oklahoma</t>
+        </is>
+      </c>
+      <c r="AO84" t="inlineStr">
+        <is>
+          <t>Osage County</t>
         </is>
       </c>
       <c r="AU84" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV84" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW84" t="inlineStr">
         <is>
-          <t>Constantz, James jconstan@usgs.gov; Naranjo, Ramon C. 0000-0003-4469-6831 rnaranjo@usgs.gov; Niswonger, Richard G. 0000-0001-6397-2403 rniswon@usgs.gov; Allander, Kip K. 0000-0002-3317-298X kalland@usgs.gov; Neilson, B.; Rosenberry, Donald O. 0000-0003-0681-5641 rosenber@usgs.gov; Smith, David W. 0000-0002-9543-800X dwsmith@usgs.gov; Rosecrans, C. 0000-0003-1456-4360; Stonestrom, David A. 0000-0001-7883-3385 dastones@usgs.gov</t>
+          <t>Hudson, Mark R. 0000-0003-0338-6079 mhudson@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Pantea, Michael P. mpantea@usgs.gov; Becker, Carol 0000-0001-6652-4542 cjbecker@usgs.gov</t>
         </is>
       </c>
       <c r="AZ84" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>15</t>
         </is>
       </c>
       <c r="BA84" t="inlineStr">
         <is>
-          <t>56ff9bf4e4b0328dcb7eaac1</t>
-[...29 lines deleted...]
-          <t>3/2016</t>
+          <t>5763bf9be4b07657d19b5bc1</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70168738</t>
+          <t>https://pubs.usgs.gov/publication/tm7C13</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>70168738</t>
+          <t>70169018</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>70168738</t>
+          <t>tm7C13</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
-          <t>Surface-air mercury fluxes across Western North America: A synthesis of spatial trends and controlling variables</t>
+          <t>User’s guide for GcClust—An R package for clustering of regional geochemical data</t>
         </is>
       </c>
       <c r="H85" t="inlineStr">
         <is>
-          <t>Science of the Total Environment</t>
+          <t>Techniques and Methods</t>
+        </is>
+      </c>
+      <c r="I85" t="inlineStr">
+        <is>
+          <t>7-C13</t>
+        </is>
+      </c>
+      <c r="M85" t="inlineStr">
+        <is>
+          <t>2328-7055</t>
+        </is>
+      </c>
+      <c r="N85" t="inlineStr">
+        <is>
+          <t>2328-7047</t>
         </is>
       </c>
       <c r="P85" t="inlineStr">
         <is>
-          <t>10.1016/j.scitotenv.2016.02.121</t>
-[...4 lines deleted...]
-          <t>568</t>
+          <t>10.3133/tm7C13</t>
         </is>
       </c>
       <c r="T85" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="U85" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V85" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W85" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X85" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y85" t="inlineStr">
         <is>
-          <t>Contaminant Biology Program; Forest and Rangeland Ecosystem Science Center; John Wesley Powell Center for Analysis and Synthesis</t>
+          <t>Crustal Geophysics and Geochemistry Science Center</t>
         </is>
       </c>
       <c r="Z85" t="inlineStr">
         <is>
-          <t>15 p.</t>
-[...14 lines deleted...]
-          <t>Western North America</t>
+          <t>Report: iv, 21 p.; Installation Instructions; Example R Scripts; GcClust; Read Me File</t>
+        </is>
+      </c>
+      <c r="AA85" t="inlineStr">
+        <is>
+          <t>Report</t>
+        </is>
+      </c>
+      <c r="AB85" t="inlineStr">
+        <is>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="AC85" t="inlineStr">
+        <is>
+          <t>Section C: Computer Programs in Book 7: &lt;i&gt;Automated Data Processing and Computations&lt;/i&gt;</t>
+        </is>
+      </c>
+      <c r="AG85" t="inlineStr">
+        <is>
+          <t>This report is Chapter 13 of Section C: Computer Programs in Book 7: &lt;i&gt;Automated Data Processing and Computations&lt;/i&gt;.</t>
         </is>
       </c>
       <c r="AU85" t="inlineStr">
         <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV85" t="inlineStr">
+        <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV85" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW85" t="inlineStr">
         <is>
-          <t>Eckley, Chris S.; Tate, Michael 0000-0003-1525-1219 mttate@usgs.gov; Lin, Che-Jen; Gustin, Mae S.; Dent, Stephen; Eagles-Smith, Collin 0000-0003-1329-5285 ceagles-smith@usgs.gov; Lutz, Michelle A. malutz@usgs.gov; Wickland, Kimberly 0000-0002-6400-0590 kpwick@usgs.gov; Wang, Bronwen 0000-0003-1044-2227 bwang@usgs.gov; Gray, John E. jgray@usgs.gov; Edwards, Grant; Krabbenhoft, David P. 0000-0003-1964-5020 dpkrabbe@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
+          <t>Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ85" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>6</t>
         </is>
       </c>
       <c r="BA85" t="inlineStr">
         <is>
-          <t>56d579dee4b015c306f1fcaa</t>
-[...29 lines deleted...]
-          <t>10/2016</t>
+          <t>570ccadfe4b0ef3b7ca147c7</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20161021</t>
+          <t>https://pubs.usgs.gov/publication/70170030</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>70168543</t>
+          <t>70170030</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>ofr20161021</t>
+          <t>70170030</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
-          <t>Ecoregions of California</t>
+          <t>Groundwater exchanges near a channelized versus unmodified stream mouth discharging to a subalpine lake</t>
         </is>
       </c>
       <c r="H86" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...4 lines deleted...]
-          <t>2016-1021</t>
+          <t>Water Resources Research</t>
         </is>
       </c>
       <c r="M86" t="inlineStr">
         <is>
-          <t>2331-1258</t>
+          <t>1944-7973</t>
         </is>
       </c>
       <c r="N86" t="inlineStr">
         <is>
-          <t>0196-1497</t>
+          <t>0043-1397</t>
         </is>
       </c>
       <c r="P86" t="inlineStr">
         <is>
-          <t>10.3133/ofr20161021</t>
+          <t>10.1002/2015WR017013</t>
+        </is>
+      </c>
+      <c r="R86" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="S86" t="inlineStr">
+        <is>
+          <t>3</t>
         </is>
       </c>
       <c r="T86" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="U86" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V86" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W86" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>American Geophysical Union</t>
         </is>
       </c>
       <c r="X86" t="inlineStr">
         <is>
-          <t>Reston, VA</t>
+          <t>Washington, D.C.</t>
         </is>
       </c>
       <c r="Y86" t="inlineStr">
         <is>
-          <t>Western Geographic Science Center</t>
+          <t>National Research Program - Western Branch</t>
         </is>
       </c>
       <c r="Z86" t="inlineStr">
         <is>
-          <t>2 Sheets: 36.00 x 47.00 inches</t>
+          <t>21 p.</t>
+        </is>
+      </c>
+      <c r="AD86" t="inlineStr">
+        <is>
+          <t>2157</t>
+        </is>
+      </c>
+      <c r="AE86" t="inlineStr">
+        <is>
+          <t>2177</t>
+        </is>
+      </c>
+      <c r="AF86" t="inlineStr">
+        <is>
+          <t>21</t>
         </is>
       </c>
       <c r="AM86" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN86" t="inlineStr">
         <is>
-          <t>California</t>
+          <t>California, Nevada</t>
+        </is>
+      </c>
+      <c r="AQ86" t="inlineStr">
+        <is>
+          <t>Lake Tahoe</t>
         </is>
       </c>
       <c r="AU86" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV86" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AW86" t="inlineStr">
         <is>
-          <t>Griffith, Glenn E. 0000-0001-7966-4720 ggriffith@usgs.gov; Omernik, James M.; Smith, David W. 0000-0002-9543-800X dwsmith@usgs.gov; Cook, Terry D.; Tallyn, Ed; Moseley, Kendra; Johnson, Colleen B.</t>
+          <t>Constantz, James jconstan@usgs.gov; Naranjo, Ramon C. 0000-0003-4469-6831 rnaranjo@usgs.gov; Niswonger, Richard G. 0000-0001-6397-2403 rniswon@usgs.gov; Allander, Kip K. 0000-0002-3317-298X kalland@usgs.gov; Neilson, B.; Rosenberry, Donald O. 0000-0003-0681-5641 rosenber@usgs.gov; Smith, David W. 0000-0002-9543-800X dwsmith@usgs.gov; Rosecrans, C. 0000-0003-1456-4360; Stonestrom, David A. 0000-0001-7883-3385 dastones@usgs.gov</t>
         </is>
       </c>
       <c r="AZ86" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA86" t="inlineStr">
         <is>
-          <t>56cd82afe4b0b1892d9e4e8c</t>
+          <t>56ff9bf4e4b0328dcb7eaac1</t>
+        </is>
+      </c>
+      <c r="BB86" t="inlineStr">
+        <is>
+          <t>10.1002/2015wr017013</t>
+        </is>
+      </c>
+      <c r="BC86" t="inlineStr">
+        <is>
+          <t>http://dx.doi.org/10.1002/2015wr017013</t>
+        </is>
+      </c>
+      <c r="BD86" t="inlineStr">
+        <is>
+          <t>Wiley-Blackwell</t>
+        </is>
+      </c>
+      <c r="BE86" t="inlineStr">
+        <is>
+          <t>Constantz J., Naranjo R., Niswonger R., Allander K., Neilson B., Rosenberry D., Smith D., Rosecrans C., Stonestrom D.</t>
+        </is>
+      </c>
+      <c r="BF86" t="inlineStr">
+        <is>
+          <t>Water Resources Research</t>
+        </is>
+      </c>
+      <c r="BG86" t="inlineStr">
+        <is>
+          <t>3/2016</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70171090</t>
+          <t>https://pubs.usgs.gov/publication/70168738</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>70171090</t>
+          <t>70168738</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>70171090</t>
+          <t>70168738</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
-          <t>Elevated Rocky Mountain elk numbers prevent positive effects of fire on quaking aspen (&lt;i&gt;Populus tremuloides&lt;/i&gt;) recruitment</t>
+          <t>Surface-air mercury fluxes across Western North America: A synthesis of spatial trends and controlling variables</t>
         </is>
       </c>
       <c r="H87" t="inlineStr">
         <is>
-          <t>Forest Ecology and Management</t>
+          <t>Science of the Total Environment</t>
         </is>
       </c>
       <c r="P87" t="inlineStr">
         <is>
-          <t>10.1016/j.foreco.2015.11.020</t>
+          <t>10.1016/j.scitotenv.2016.02.121</t>
         </is>
       </c>
       <c r="R87" t="inlineStr">
         <is>
-          <t>362</t>
+          <t>568</t>
         </is>
       </c>
       <c r="T87" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="U87" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V87" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W87" t="inlineStr">
         <is>
           <t>Elsevier</t>
         </is>
       </c>
       <c r="Y87" t="inlineStr">
         <is>
-          <t>Southwest Biological Science Center</t>
+          <t>Contaminant Biology Program; Forest and Rangeland Ecosystem Science Center; John Wesley Powell Center for Analysis and Synthesis</t>
         </is>
       </c>
       <c r="Z87" t="inlineStr">
         <is>
-          <t>9 p.</t>
+          <t>15 p.</t>
         </is>
       </c>
       <c r="AD87" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>651</t>
         </is>
       </c>
       <c r="AE87" t="inlineStr">
         <is>
-          <t>54</t>
-[...9 lines deleted...]
-          <t>New Mexico</t>
+          <t>665</t>
         </is>
       </c>
       <c r="AQ87" t="inlineStr">
         <is>
-          <t>Cerro Grande</t>
+          <t>Western North America</t>
         </is>
       </c>
       <c r="AU87" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV87" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW87" t="inlineStr">
         <is>
-          <t>Smith, David Solance; Fettig, Stephen M.; Bowker, Matthew A. mbowker@usgs.gov</t>
+          <t>Eckley, Chris S.; Tate, Michael 0000-0003-1525-1219 mttate@usgs.gov; Lin, Che-Jen; Gustin, Mae S.; Dent, Stephen; Eagles-Smith, Collin 0000-0003-1329-5285 ceagles-smith@usgs.gov; Lutz, Michelle A. malutz@usgs.gov; Wickland, Kimberly 0000-0002-6400-0590 kpwick@usgs.gov; Wang, Bronwen 0000-0003-1044-2227 bwang@usgs.gov; Gray, John E. jgray@usgs.gov; Edwards, Grant; Krabbenhoft, David P. 0000-0003-1964-5020 dpkrabbe@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ87" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA87" t="inlineStr">
         <is>
-          <t>573ee3afe4b04a3a6a24acf8</t>
+          <t>56d579dee4b015c306f1fcaa</t>
+        </is>
+      </c>
+      <c r="BB87" t="inlineStr">
+        <is>
+          <t>10.1016/j.scitotenv.2016.02.121</t>
+        </is>
+      </c>
+      <c r="BC87" t="inlineStr">
+        <is>
+          <t>http://dx.doi.org/10.1016/j.scitotenv.2016.02.121</t>
+        </is>
+      </c>
+      <c r="BD87" t="inlineStr">
+        <is>
+          <t>Elsevier BV</t>
+        </is>
+      </c>
+      <c r="BE87" t="inlineStr">
+        <is>
+          <t>Eckley Chris S., Tate Mike T., Lin Che-Jen, Gustin Mae, Dent Stephen, Eagles-Smith Collin, Lutz Michelle A., Wickland Kimberly P., Wang Bronwen, Gray John E., Edwards Grant C., Krabbenhoft Dave P., Smith David B.</t>
+        </is>
+      </c>
+      <c r="BF87" t="inlineStr">
+        <is>
+          <t>Science of The Total Environment</t>
+        </is>
+      </c>
+      <c r="BG87" t="inlineStr">
+        <is>
+          <t>10/2016</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70158930</t>
+          <t>https://pubs.usgs.gov/publication/ofr20161021</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>70158930</t>
+          <t>70168543</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>70158930</t>
+          <t>ofr20161021</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
-          <t>Other Government Series</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
-          <t>Environmental DNA calibration study interim technical review report December 2014</t>
+          <t>Ecoregions of California</t>
+        </is>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I88" t="inlineStr">
+        <is>
+          <t>2016-1021</t>
+        </is>
+      </c>
+      <c r="M88" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N88" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
+        </is>
+      </c>
+      <c r="P88" t="inlineStr">
+        <is>
+          <t>10.3133/ofr20161021</t>
         </is>
       </c>
       <c r="T88" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="U88" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V88" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W88" t="inlineStr">
         <is>
-          <t>U.S. Fish and Wildlife Service &amp; Asian Carp Regional Coordinating Committee</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X88" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y88" t="inlineStr">
         <is>
-          <t>Upper Midwest Environmental Sciences Center</t>
+          <t>Western Geographic Science Center</t>
         </is>
       </c>
       <c r="Z88" t="inlineStr">
         <is>
-          <t>Report: ix, ES1-3, 189 p.; Appendixes A-B</t>
+          <t>2 Sheets: 36.00 x 47.00 inches</t>
+        </is>
+      </c>
+      <c r="AM88" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN88" t="inlineStr">
+        <is>
+          <t>California</t>
+        </is>
+      </c>
+      <c r="AU88" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV88" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW88" t="inlineStr">
         <is>
-          <t>Baerwaldt, Kelly; Bartron, Meredith L.; Schilling, Kurt; Lee, Debbie; Russo, Edmond; Estes, Trudy; Fischer, Richard; Fleming, Beth; Guilfoyle, Michael P.; Killgore, Jack; Lance, Richard; Perkins, Edward; Schultz, Martin; Smith, David; Amberg, Jon J. jamberg@usgs.gov; Chapman, Duane 0000-0002-1086-8853 dchapman@usgs.gov; Gaikowski, Mark P. 0000-0002-6507-9341 mgaikowski@usgs.gov; Klymus, Katy E. 0000-0002-8843-6241 kklymus@usgs.gov; Richter, Catherine A. 0000-0001-7322-4206 crichter@usgs.gov</t>
+          <t>Griffith, Glenn E. 0000-0001-7966-4720 ggriffith@usgs.gov; Omernik, James M.; Smith, David W. 0000-0002-9543-800X dwsmith@usgs.gov; Cook, Terry D.; Tallyn, Ed; Moseley, Kendra; Johnson, Colleen B.</t>
         </is>
       </c>
       <c r="AZ88" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA88" t="inlineStr">
         <is>
-          <t>5912d53ae4b0e541a03d4531</t>
+          <t>56cd82afe4b0b1892d9e4e8c</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70192950</t>
+          <t>https://pubs.usgs.gov/publication/70171090</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>70192950</t>
+          <t>70171090</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>70192950</t>
+          <t>70171090</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
-          <t>Developing a conservation strategy to maximize persistence of an endangered freshwater mussel species while considering management effectiveness and cost</t>
+          <t>Elevated Rocky Mountain elk numbers prevent positive effects of fire on quaking aspen (&lt;i&gt;Populus tremuloides&lt;/i&gt;) recruitment</t>
         </is>
       </c>
       <c r="H89" t="inlineStr">
         <is>
-          <t>Freshwater Science</t>
+          <t>Forest Ecology and Management</t>
         </is>
       </c>
       <c r="P89" t="inlineStr">
         <is>
-          <t>10.1086/683121</t>
+          <t>10.1016/j.foreco.2015.11.020</t>
         </is>
       </c>
       <c r="R89" t="inlineStr">
         <is>
-          <t>34</t>
-[...4 lines deleted...]
-          <t>4</t>
+          <t>362</t>
         </is>
       </c>
       <c r="T89" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="U89" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V89" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W89" t="inlineStr">
         <is>
-          <t>University of Chicago Press</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y89" t="inlineStr">
         <is>
-          <t>Leetown Science Center</t>
+          <t>Southwest Biological Science Center</t>
         </is>
       </c>
       <c r="Z89" t="inlineStr">
         <is>
-          <t>16 p.</t>
+          <t>9 p.</t>
         </is>
       </c>
       <c r="AD89" t="inlineStr">
         <is>
-          <t>1324</t>
+          <t>46</t>
         </is>
       </c>
       <c r="AE89" t="inlineStr">
         <is>
-          <t>1339</t>
+          <t>54</t>
         </is>
       </c>
       <c r="AM89" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN89" t="inlineStr">
         <is>
-          <t>North Carolina</t>
+          <t>New Mexico</t>
+        </is>
+      </c>
+      <c r="AQ89" t="inlineStr">
+        <is>
+          <t>Cerro Grande</t>
+        </is>
+      </c>
+      <c r="AU89" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV89" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW89" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; McRae, Sarah E.; Augspurger, Tom; Ratcliffe, Judith A.; Nichols, Robert B.; Eads, Chris B.; Savidge, Tim; Bogan, Arthur E.</t>
+          <t>Smith, David Solance; Fettig, Stephen M.; Bowker, Matthew A. mbowker@usgs.gov</t>
         </is>
       </c>
       <c r="AZ89" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA89" t="inlineStr">
         <is>
-          <t>5a60fe48e4b06e28e9c252df</t>
+          <t>573ee3afe4b04a3a6a24acf8</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70154881</t>
+          <t>https://pubs.usgs.gov/publication/70158930</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>70154881</t>
+          <t>70158930</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>70154881</t>
+          <t>70158930</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>Book chapter</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>Book Chapter</t>
+          <t>Other Government Series</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
-          <t>Assessment and Mmanagement of North American horseshoe crab populations, with emphasis on a multispecies framework for Delaware Bay, U.S.A. populations: Chapter 24</t>
-[...4 lines deleted...]
-          <t>10.1007/978-3-319-19542-1_24</t>
+          <t>Environmental DNA calibration study interim technical review report December 2014</t>
         </is>
       </c>
       <c r="T90" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
       <c r="U90" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V90" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W90" t="inlineStr">
         <is>
-          <t>Springer</t>
-[...4 lines deleted...]
-          <t>Cham</t>
+          <t>U.S. Fish and Wildlife Service &amp; Asian Carp Regional Coordinating Committee</t>
         </is>
       </c>
       <c r="Y90" t="inlineStr">
         <is>
-          <t>Coop Res Unit Atlanta</t>
-[...39 lines deleted...]
-          <t>N</t>
+          <t>Upper Midwest Environmental Sciences Center</t>
+        </is>
+      </c>
+      <c r="Z90" t="inlineStr">
+        <is>
+          <t>Report: ix, ES1-3, 189 p.; Appendixes A-B</t>
         </is>
       </c>
       <c r="AW90" t="inlineStr">
         <is>
-          <t>Millard, Michael J.; Sweka, John A.; McGowan, Conor P. cmcgowan@usgs.gov; Smith, David R.</t>
+          <t>Baerwaldt, Kelly; Bartron, Meredith L.; Schilling, Kurt; Lee, Debbie; Russo, Edmond; Estes, Trudy; Fischer, Richard; Fleming, Beth; Guilfoyle, Michael P.; Killgore, Jack; Lance, Richard; Perkins, Edward; Schultz, Martin; Smith, David; Amberg, Jon J. jamberg@usgs.gov; Chapman, Duane 0000-0002-1086-8853 dchapman@usgs.gov; Gaikowski, Mark P. 0000-0002-6507-9341 mgaikowski@usgs.gov; Klymus, Katy E. 0000-0002-8843-6241 kklymus@usgs.gov; Richter, Catherine A. 0000-0001-7322-4206 crichter@usgs.gov</t>
         </is>
       </c>
       <c r="AZ90" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA90" t="inlineStr">
         <is>
-          <t>57b58abee4b03bcb0104bb5e</t>
+          <t>5912d53ae4b0e541a03d4531</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70178511</t>
+          <t>https://pubs.usgs.gov/publication/70192950</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>70178511</t>
+          <t>70192950</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>70178511</t>
+          <t>70192950</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
-          <t>Horseshoe crab spawning activity in Delaware Bay, USA, after harvest reduction: A mixed-model analysis</t>
+          <t>Developing a conservation strategy to maximize persistence of an endangered freshwater mussel species while considering management effectiveness and cost</t>
         </is>
       </c>
       <c r="H91" t="inlineStr">
         <is>
-          <t>Estuaries and Coasts</t>
+          <t>Freshwater Science</t>
         </is>
       </c>
       <c r="P91" t="inlineStr">
         <is>
-          <t>10.1007/s12237-015-9961-3</t>
+          <t>10.1086/683121</t>
         </is>
       </c>
       <c r="R91" t="inlineStr">
         <is>
-          <t>38</t>
+          <t>34</t>
         </is>
       </c>
       <c r="S91" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>4</t>
         </is>
       </c>
       <c r="T91" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
       <c r="U91" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V91" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W91" t="inlineStr">
         <is>
-          <t>Springer</t>
+          <t>University of Chicago Press</t>
         </is>
       </c>
       <c r="Y91" t="inlineStr">
         <is>
           <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z91" t="inlineStr">
         <is>
-          <t>10 p.</t>
+          <t>16 p.</t>
         </is>
       </c>
       <c r="AD91" t="inlineStr">
         <is>
-          <t>2345</t>
+          <t>1324</t>
         </is>
       </c>
       <c r="AE91" t="inlineStr">
         <is>
-          <t>2354</t>
+          <t>1339</t>
+        </is>
+      </c>
+      <c r="AM91" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN91" t="inlineStr">
+        <is>
+          <t>North Carolina</t>
         </is>
       </c>
       <c r="AW91" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Robinson, Timothy J.</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; McRae, Sarah E.; Augspurger, Tom; Ratcliffe, Judith A.; Nichols, Robert B.; Eads, Chris B.; Savidge, Tim; Bogan, Arthur E.</t>
         </is>
       </c>
       <c r="AZ91" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA91" t="inlineStr">
         <is>
-          <t>5835672ce4b0070c0abfb6da</t>
+          <t>5a60fe48e4b06e28e9c252df</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70191255</t>
+          <t>https://pubs.usgs.gov/publication/70154881</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>70191255</t>
+          <t>70154881</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>70191255</t>
+          <t>70154881</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Book chapter</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Book Chapter</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
-          <t>The distribution of selected elements and minerals in soil of the conterminous United States</t>
-[...4 lines deleted...]
-          <t>Journal of Geochemical Exploration</t>
+          <t>Assessment and Mmanagement of North American horseshoe crab populations, with emphasis on a multispecies framework for Delaware Bay, U.S.A. populations: Chapter 24</t>
         </is>
       </c>
       <c r="P92" t="inlineStr">
         <is>
-          <t>10.1016/j.gexplo.2015.01.006</t>
-[...4 lines deleted...]
-          <t>154</t>
+          <t>10.1007/978-3-319-19542-1_24</t>
         </is>
       </c>
       <c r="T92" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
       <c r="U92" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V92" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W92" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="X92" t="inlineStr">
+        <is>
+          <t>Cham</t>
         </is>
       </c>
       <c r="Y92" t="inlineStr">
         <is>
-          <t>Eastern Mineral and Environmental Resources Science Center</t>
-[...4 lines deleted...]
-          <t>12 p.</t>
+          <t>Coop Res Unit Atlanta</t>
+        </is>
+      </c>
+      <c r="AA92" t="inlineStr">
+        <is>
+          <t>Book</t>
+        </is>
+      </c>
+      <c r="AB92" t="inlineStr">
+        <is>
+          <t>Monograph</t>
+        </is>
+      </c>
+      <c r="AC92" t="inlineStr">
+        <is>
+          <t>Changing Global Perspectives on Horseshoe Crab Biology, Conservation and Management</t>
         </is>
       </c>
       <c r="AD92" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>407</t>
         </is>
       </c>
       <c r="AE92" t="inlineStr">
         <is>
-          <t>60</t>
-[...4 lines deleted...]
-          <t>United States</t>
+          <t>431</t>
+        </is>
+      </c>
+      <c r="AF92" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="AU92" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV92" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW92" t="inlineStr">
         <is>
-          <t>Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Solano, Federico 0000-0002-0308-5850 fsolanoc@usgs.gov</t>
+          <t>Millard, Michael J.; Sweka, John A.; McGowan, Conor P. cmcgowan@usgs.gov; Smith, David R.</t>
         </is>
       </c>
       <c r="AZ92" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA92" t="inlineStr">
         <is>
-          <t>59d35029e4b05fe04cc34d6b</t>
+          <t>57b58abee4b03bcb0104bb5e</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70150336</t>
+          <t>https://pubs.usgs.gov/publication/70178511</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>70150336</t>
+          <t>70178511</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>70150336</t>
+          <t>70178511</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
-          <t>Developing objectives with multiple stakeholders: adaptive management of horseshoe crabs and Red Knots in the Delaware Bay</t>
+          <t>Horseshoe crab spawning activity in Delaware Bay, USA, after harvest reduction: A mixed-model analysis</t>
         </is>
       </c>
       <c r="H93" t="inlineStr">
         <is>
-          <t>Environmental Management</t>
+          <t>Estuaries and Coasts</t>
         </is>
       </c>
       <c r="P93" t="inlineStr">
         <is>
-          <t>10.1007/s00267-014-0422-8</t>
+          <t>10.1007/s12237-015-9961-3</t>
         </is>
       </c>
       <c r="R93" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>38</t>
         </is>
       </c>
       <c r="S93" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>6</t>
         </is>
       </c>
       <c r="T93" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
       <c r="U93" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V93" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W93" t="inlineStr">
         <is>
-          <t>Springer-Verlag</t>
-[...4 lines deleted...]
-          <t>New York, NY</t>
+          <t>Springer</t>
         </is>
       </c>
       <c r="Y93" t="inlineStr">
         <is>
-          <t>Coop Res Unit Atlanta</t>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z93" t="inlineStr">
         <is>
-          <t>11 p.</t>
+          <t>10 p.</t>
         </is>
       </c>
       <c r="AD93" t="inlineStr">
         <is>
-          <t>972</t>
+          <t>2345</t>
         </is>
       </c>
       <c r="AE93" t="inlineStr">
         <is>
-          <t>982</t>
-[...14 lines deleted...]
-          <t>N</t>
+          <t>2354</t>
         </is>
       </c>
       <c r="AW93" t="inlineStr">
         <is>
-          <t>McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Lyons, James E.; Smith, David 0000-0001-6074-9257</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Robinson, Timothy J.</t>
         </is>
       </c>
       <c r="AZ93" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA93" t="inlineStr">
         <is>
-          <t>55926c95e4b0b6d21dd6775f</t>
+          <t>5835672ce4b0070c0abfb6da</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70180672</t>
+          <t>https://pubs.usgs.gov/publication/70191255</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>70180672</t>
+          <t>70191255</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>70180672</t>
+          <t>70191255</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
-          <t>Implementation of a framework for multi-species, multi-objective adaptive management in Delaware Bay</t>
+          <t>The distribution of selected elements and minerals in soil of the conterminous United States</t>
         </is>
       </c>
       <c r="H94" t="inlineStr">
         <is>
-          <t>Biological Conservation</t>
+          <t>Journal of Geochemical Exploration</t>
         </is>
       </c>
       <c r="P94" t="inlineStr">
         <is>
-          <t>10.1016/j.biocon.2015.08.038</t>
+          <t>10.1016/j.gexplo.2015.01.006</t>
         </is>
       </c>
       <c r="R94" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>154</t>
         </is>
       </c>
       <c r="T94" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
       <c r="U94" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V94" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W94" t="inlineStr">
         <is>
           <t>Elsevier</t>
         </is>
       </c>
       <c r="Y94" t="inlineStr">
         <is>
-          <t>Patuxent Wildlife Research Center</t>
+          <t>Eastern Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z94" t="inlineStr">
         <is>
-          <t>11 p.</t>
+          <t>12 p.</t>
         </is>
       </c>
       <c r="AD94" t="inlineStr">
         <is>
-          <t>759</t>
+          <t>49</t>
         </is>
       </c>
       <c r="AE94" t="inlineStr">
         <is>
-          <t>769</t>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="AM94" t="inlineStr">
+        <is>
+          <t>United States</t>
         </is>
       </c>
       <c r="AW94" t="inlineStr">
         <is>
-          <t>McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Smith, David R.; Nichols, James D. jnichols@usgs.gov; Lyons, James E. 0000-0002-9810-8751 jelyons@usgs.gov; Sweka, John A.; Kalasz, Kevin; Niles, Lawrence J.; Wong, Richard; Brust, Jeffrey; Davis, Michelle C. mcdavis@usgs.gov; Spear, Braddock</t>
+          <t>Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Solano, Federico 0000-0002-0308-5850 fsolanoc@usgs.gov</t>
         </is>
       </c>
       <c r="AZ94" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA94" t="inlineStr">
         <is>
-          <t>5891b0a9e4b072a7ac1298f3</t>
+          <t>59d35029e4b05fe04cc34d6b</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70127469</t>
+          <t>https://pubs.usgs.gov/publication/70150336</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>70127469</t>
+          <t>70150336</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>70127469</t>
+          <t>70150336</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
-          <t>Threshold-dependent sample sizes for selenium assessment with stream fish tissue</t>
+          <t>Developing objectives with multiple stakeholders: adaptive management of horseshoe crabs and Red Knots in the Delaware Bay</t>
         </is>
       </c>
       <c r="H95" t="inlineStr">
         <is>
-          <t>Integrated Environmental Assessment and Management</t>
+          <t>Environmental Management</t>
         </is>
       </c>
       <c r="P95" t="inlineStr">
         <is>
-          <t>10.1002/ieam.1579</t>
+          <t>10.1007/s00267-014-0422-8</t>
         </is>
       </c>
       <c r="R95" t="inlineStr">
         <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="S95" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="T95" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="U95" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V95" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W95" t="inlineStr">
+        <is>
+          <t>Springer-Verlag</t>
+        </is>
+      </c>
+      <c r="X95" t="inlineStr">
+        <is>
+          <t>New York, NY</t>
+        </is>
+      </c>
+      <c r="Y95" t="inlineStr">
+        <is>
+          <t>Coop Res Unit Atlanta</t>
+        </is>
+      </c>
+      <c r="Z95" t="inlineStr">
+        <is>
+          <t>11 p.</t>
+        </is>
+      </c>
+      <c r="AD95" t="inlineStr">
+        <is>
+          <t>972</t>
+        </is>
+      </c>
+      <c r="AE95" t="inlineStr">
+        <is>
+          <t>982</t>
+        </is>
+      </c>
+      <c r="AF95" t="inlineStr">
+        <is>
           <t>11</t>
         </is>
       </c>
-      <c r="S95" t="inlineStr">
-[...46 lines deleted...]
-          <t>149</t>
+      <c r="AU95" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV95" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW95" t="inlineStr">
         <is>
-          <t>Hitt, Nathaniel P. 0000-0002-1046-4568 nhitt@usgs.gov; Smith, David R.</t>
+          <t>McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Lyons, James E.; Smith, David 0000-0001-6074-9257</t>
         </is>
       </c>
       <c r="AZ95" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA95" t="inlineStr">
         <is>
-          <t>542bb80ee4b0abfb4c8096b3</t>
+          <t>55926c95e4b0b6d21dd6775f</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70037889</t>
+          <t>https://pubs.usgs.gov/publication/70180672</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>70037889</t>
+          <t>70180672</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>70037889</t>
+          <t>70180672</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>Other Government Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
-          <t>Environmental DNA calibration study. Interim technical review report</t>
+          <t>Implementation of a framework for multi-species, multi-objective adaptive management in Delaware Bay</t>
+        </is>
+      </c>
+      <c r="H96" t="inlineStr">
+        <is>
+          <t>Biological Conservation</t>
+        </is>
+      </c>
+      <c r="P96" t="inlineStr">
+        <is>
+          <t>10.1016/j.biocon.2015.08.038</t>
+        </is>
+      </c>
+      <c r="R96" t="inlineStr">
+        <is>
+          <t>191</t>
         </is>
       </c>
       <c r="T96" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="U96" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
-      <c r="X96" t="inlineStr">
-[...1 lines deleted...]
-          <t>Reston, VA</t>
+      <c r="V96" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W96" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y96" t="inlineStr">
         <is>
-          <t>Columbia Environmental Research Center</t>
+          <t>Patuxent Wildlife Research Center</t>
         </is>
       </c>
       <c r="Z96" t="inlineStr">
         <is>
-          <t>ix, 189 p.</t>
-[...19 lines deleted...]
-          <t>N</t>
+          <t>11 p.</t>
+        </is>
+      </c>
+      <c r="AD96" t="inlineStr">
+        <is>
+          <t>759</t>
+        </is>
+      </c>
+      <c r="AE96" t="inlineStr">
+        <is>
+          <t>769</t>
         </is>
       </c>
       <c r="AW96" t="inlineStr">
         <is>
-          <t>Baerwaldt, K.; Bartron, Meredith L.; Schilling, K.; Lee, Debbie; Russo, Edmond; Estes, Trudy; Fischer, Richard; Fleming, Beth; Guilfoyle, Michael P.; Kilgore, K. Jack; Lance, Richard; Perkins, Edward; Schultz, Martin; Smith, David; Amberg, Jon J. jamberg@usgs.gov; Chapman, Duane 0000-0002-1086-8853 dchapman@usgs.gov; Gaikowski, Mark P. 0000-0002-6507-9341 mgaikowski@usgs.gov; Klymus, Katy E. 0000-0002-8843-6241 kklymus@usgs.gov; Richter, Cathy A. 0000-0001-7322-4206 crichter@usgs.gov</t>
+          <t>McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Smith, David R.; Nichols, James D. jnichols@usgs.gov; Lyons, James E. 0000-0002-9810-8751 jelyons@usgs.gov; Sweka, John A.; Kalasz, Kevin; Niles, Lawrence J.; Wong, Richard; Brust, Jeffrey; Davis, Michelle C. mcdavis@usgs.gov; Spear, Braddock</t>
         </is>
       </c>
       <c r="AZ96" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA96" t="inlineStr">
         <is>
-          <t>56349536e4b048076347fcd3</t>
+          <t>5891b0a9e4b072a7ac1298f3</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70129677</t>
+          <t>https://pubs.usgs.gov/publication/70127469</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>70129677</t>
+          <t>70127469</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>70129677</t>
+          <t>70127469</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
-          <t>A modified procedure for mixture-model clustering of regional geochemical data</t>
+          <t>Threshold-dependent sample sizes for selenium assessment with stream fish tissue</t>
         </is>
       </c>
       <c r="H97" t="inlineStr">
         <is>
-          <t>Applied Geochemistry</t>
+          <t>Integrated Environmental Assessment and Management</t>
         </is>
       </c>
       <c r="P97" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2014.10.011</t>
+          <t>10.1002/ieam.1579</t>
         </is>
       </c>
       <c r="R97" t="inlineStr">
         <is>
-          <t>51</t>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="S97" t="inlineStr">
+        <is>
+          <t>1</t>
         </is>
       </c>
       <c r="T97" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="U97" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V97" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W97" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>SETAC</t>
+        </is>
+      </c>
+      <c r="X97" t="inlineStr">
+        <is>
+          <t>Pensacola, FL</t>
         </is>
       </c>
       <c r="Y97" t="inlineStr">
         <is>
-          <t>Crustal Geophysics and Geochemistry Science Center</t>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z97" t="inlineStr">
         <is>
-          <t>12 p.</t>
+          <t>7 p.</t>
         </is>
       </c>
       <c r="AD97" t="inlineStr">
         <is>
-          <t>315</t>
+          <t>143</t>
         </is>
       </c>
       <c r="AE97" t="inlineStr">
         <is>
-          <t>326</t>
-[...19 lines deleted...]
-          <t>N</t>
+          <t>149</t>
         </is>
       </c>
       <c r="AW97" t="inlineStr">
         <is>
-          <t>Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Horton, John D. 0000-0003-2969-9073 jhorton@usgs.gov</t>
+          <t>Hitt, Nathaniel P. 0000-0002-1046-4568 nhitt@usgs.gov; Smith, David R.</t>
         </is>
       </c>
       <c r="AZ97" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA97" t="inlineStr">
         <is>
-          <t>5464769de4b0ba83040c9337</t>
+          <t>542bb80ee4b0abfb4c8096b3</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70132475</t>
+          <t>https://pubs.usgs.gov/publication/70037889</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>70132475</t>
+          <t>70037889</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>70132475</t>
+          <t>70037889</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Other Government Series</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
-          <t>Anthrax and the geochemistry of soils in the contiguous United States</t>
-[...19 lines deleted...]
-          <t>3</t>
+          <t>Environmental DNA calibration study. Interim technical review report</t>
         </is>
       </c>
       <c r="T98" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
       <c r="U98" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
-      <c r="V98" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="X98" t="inlineStr">
         <is>
-          <t>Basel, Switzerland</t>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y98" t="inlineStr">
         <is>
-          <t>Contaminant Biology Program; St. Petersburg Coastal and Marine Science Center</t>
+          <t>Columbia Environmental Research Center</t>
         </is>
       </c>
       <c r="Z98" t="inlineStr">
         <is>
-          <t>14 p.</t>
-[...14 lines deleted...]
-          <t>14</t>
+          <t>ix, 189 p.</t>
         </is>
       </c>
       <c r="AM98" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
-      <c r="AN98" t="inlineStr">
-[...1 lines deleted...]
-          <t>Alabama, California, Colorado, Minnesota, Montana, North Dakota, Nevada, Oregon, South Dakota, Texas</t>
+      <c r="AQ98" t="inlineStr">
+        <is>
+          <t>Midwest waterways</t>
         </is>
       </c>
       <c r="AU98" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV98" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW98" t="inlineStr">
         <is>
-          <t>Griffin, Dale W. 0000-0003-1719-5812 dgriffin@usgs.gov; Silvestri, Erin E.; Bowling, Charlena Y.; Boe, Timothy; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Nichols, Tonya L.</t>
+          <t>Baerwaldt, K.; Bartron, Meredith L.; Schilling, K.; Lee, Debbie; Russo, Edmond; Estes, Trudy; Fischer, Richard; Fleming, Beth; Guilfoyle, Michael P.; Kilgore, K. Jack; Lance, Richard; Perkins, Edward; Schultz, Martin; Smith, David; Amberg, Jon J. jamberg@usgs.gov; Chapman, Duane 0000-0002-1086-8853 dchapman@usgs.gov; Gaikowski, Mark P. 0000-0002-6507-9341 mgaikowski@usgs.gov; Klymus, Katy E. 0000-0002-8843-6241 kklymus@usgs.gov; Richter, Cathy A. 0000-0001-7322-4206 crichter@usgs.gov</t>
         </is>
       </c>
       <c r="AZ98" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA98" t="inlineStr">
         <is>
-          <t>5465d62ce4b04d4b7dbd6546</t>
+          <t>56349536e4b048076347fcd3</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20141093</t>
+          <t>https://pubs.usgs.gov/publication/70129677</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>70104290</t>
+          <t>70129677</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>ofr20141093</t>
+          <t>70129677</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey Science for the Wyoming Landscape Conservation Initiative: 2012 annual report</t>
+          <t>A modified procedure for mixture-model clustering of regional geochemical data</t>
         </is>
       </c>
       <c r="H99" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P99" t="inlineStr">
         <is>
-          <t>10.3133/ofr20141093</t>
+          <t>10.1016/j.apgeochem.2014.10.011</t>
+        </is>
+      </c>
+      <c r="R99" t="inlineStr">
+        <is>
+          <t>51</t>
         </is>
       </c>
       <c r="T99" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
       <c r="U99" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V99" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W99" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y99" t="inlineStr">
         <is>
-          <t>Fort Collins Science Center</t>
+          <t>Crustal Geophysics and Geochemistry Science Center</t>
         </is>
       </c>
       <c r="Z99" t="inlineStr">
         <is>
-          <t>viii, 71 p.</t>
-[...4 lines deleted...]
-          <t>83</t>
+          <t>12 p.</t>
+        </is>
+      </c>
+      <c r="AD99" t="inlineStr">
+        <is>
+          <t>315</t>
+        </is>
+      </c>
+      <c r="AE99" t="inlineStr">
+        <is>
+          <t>326</t>
         </is>
       </c>
       <c r="AM99" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN99" t="inlineStr">
         <is>
-          <t>Wyoming</t>
+          <t>Colorado</t>
         </is>
       </c>
       <c r="AU99" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV99" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW99" t="inlineStr">
         <is>
-          <t>Bowen, Zachary H. 0000-0002-8656-1831 bowenz@usgs.gov; Aldridge, Cameron L. 0000-0003-3926-6941 aldridgec@usgs.gov; Anderson, Patrick J. 0000-0003-2281-389X andersonpj@usgs.gov; Assal, Timothy J. 0000-0001-6342-2954 assalt@usgs.gov; Bern, Carleton R.; Biewick, Laura; Boughton, Gregory K. 0000-0001-7355-4977 gkbought@usgs.gov; Carr, Natasha B. 0000-0002-4842-0632 carrn@usgs.gov; Chalfoun, Anna D.; Chong, Geneva W. 0000-0003-3883-5153 geneva_chong@usgs.gov; Clark, Melanie L. mlclark@usgs.gov; Fedy, Bradford C.; Foster, Katharine; Garman, Steven L. 0000-0002-9032-9074 slgarman@usgs.gov; Germaine, Steve 0000-0002-7614-2676 germaines@usgs.gov; Hethcoat, Matthew G.; Homer, Collin G. 0000-0003-4755-8135 homer@usgs.gov; Kauffman, Matthew J. 0000-0003-0127-3900 mkauffman@usgs.gov; Keinath, Douglas; Latysh, Natalie 0000-0003-0149-3962 nlatysh@usgs.gov; Manier, Daniel J. 0000-0002-1105-1327 manierd@usgs.gov; McDougal, Robert R.; Melcher, Cynthia P. 0000-0002-8044-9689 melcherc@usgs.gov; Miller, Kirk A. 0000-0002-8141-2001 kmiller@usgs.gov; Montag, Jessica; Potter, Christopher J. 0000-0002-2300-6670 cpotter@usgs.gov; Schell, Spencer 0000-0001-7732-1863 schells@usgs.gov; Shafer, Sarah L.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Sweat, Michael J. mjsweat@usgs.gov; Wilson, Anna B. 0000-0002-9737-2614 awilson@usgs.gov</t>
+          <t>Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Horton, John D. 0000-0003-2969-9073 jhorton@usgs.gov</t>
         </is>
       </c>
       <c r="AZ99" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA99" t="inlineStr">
         <is>
-          <t>53c79f19e4b01948416424c0</t>
+          <t>5464769de4b0ba83040c9337</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20141082</t>
+          <t>https://pubs.usgs.gov/publication/70132475</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>70102291</t>
+          <t>70132475</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>ofr20141082</t>
+          <t>70132475</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
-          <t>Geochemical and mineralogical maps for soils of the conterminous United States</t>
+          <t>Anthrax and the geochemistry of soils in the contiguous United States</t>
         </is>
       </c>
       <c r="H100" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Geosciences</t>
         </is>
       </c>
       <c r="P100" t="inlineStr">
         <is>
-          <t>10.3133/ofr20141082</t>
+          <t>10.3390/geosciences4030114</t>
+        </is>
+      </c>
+      <c r="R100" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="S100" t="inlineStr">
+        <is>
+          <t>3</t>
         </is>
       </c>
       <c r="T100" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
       <c r="U100" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V100" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W100" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>MDPI</t>
         </is>
       </c>
       <c r="X100" t="inlineStr">
         <is>
-          <t>Reston, VA</t>
+          <t>Basel, Switzerland</t>
         </is>
       </c>
       <c r="Y100" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
+          <t>Contaminant Biology Program; St. Petersburg Coastal and Marine Science Center</t>
         </is>
       </c>
       <c r="Z100" t="inlineStr">
         <is>
-          <t>xiii, 386 p.</t>
+          <t>14 p.</t>
+        </is>
+      </c>
+      <c r="AD100" t="inlineStr">
+        <is>
+          <t>114</t>
+        </is>
+      </c>
+      <c r="AE100" t="inlineStr">
+        <is>
+          <t>127</t>
         </is>
       </c>
       <c r="AF100" t="inlineStr">
         <is>
-          <t>399</t>
+          <t>14</t>
         </is>
       </c>
       <c r="AM100" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
-      <c r="AQ100" t="inlineStr">
-[...11 lines deleted...]
-          <t>Lambert Conformal Conic Projection</t>
+      <c r="AN100" t="inlineStr">
+        <is>
+          <t>Alabama, California, Colorado, Minnesota, Montana, North Dakota, Nevada, Oregon, South Dakota, Texas</t>
+        </is>
+      </c>
+      <c r="AU100" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV100" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW100" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Solano, Federico 0000-0002-0308-5850 fsolanoc@usgs.gov; Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov</t>
+          <t>Griffin, Dale W. 0000-0003-1719-5812 dgriffin@usgs.gov; Silvestri, Erin E.; Bowling, Charlena Y.; Boe, Timothy; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Nichols, Tonya L.</t>
         </is>
       </c>
       <c r="AZ100" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA100" t="inlineStr">
         <is>
-          <t>537c6b51e4b00e1e1a484826</t>
+          <t>5465d62ce4b04d4b7dbd6546</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20131228</t>
+          <t>https://pubs.usgs.gov/publication/ofr20141093</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>70049032</t>
+          <t>70104290</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>ofr20131228</t>
+          <t>ofr20141093</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
-          <t>Active tensor magnetic gradiometer system final report for Project MM–1514</t>
+          <t>U.S. Geological Survey Science for the Wyoming Landscape Conservation Initiative: 2012 annual report</t>
         </is>
       </c>
       <c r="H101" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I101" t="inlineStr">
         <is>
-          <t>2013-1228</t>
+          <t>2014-1093</t>
         </is>
       </c>
       <c r="M101" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N101" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P101" t="inlineStr">
         <is>
-          <t>10.3133/ofr20131228</t>
+          <t>10.3133/ofr20141093</t>
         </is>
       </c>
       <c r="T101" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
       <c r="U101" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V101" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W101" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X101" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y101" t="inlineStr">
         <is>
-          <t>Crustal Geophysics and Geochemistry Science Center</t>
+          <t>Fort Collins Science Center</t>
         </is>
       </c>
       <c r="Z101" t="inlineStr">
         <is>
-          <t>v, 39 p.</t>
+          <t>viii, 71 p.</t>
+        </is>
+      </c>
+      <c r="AF101" t="inlineStr">
+        <is>
+          <t>83</t>
+        </is>
+      </c>
+      <c r="AM101" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN101" t="inlineStr">
+        <is>
+          <t>Wyoming</t>
         </is>
       </c>
       <c r="AU101" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW101" t="inlineStr">
         <is>
-          <t>Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Phillips, Jeffrey D. 0000-0002-6459-2821 jeff@usgs.gov; Hutton, S. Raymond</t>
+          <t>Bowen, Zachary H. 0000-0002-8656-1831 bowenz@usgs.gov; Aldridge, Cameron L. 0000-0003-3926-6941 aldridgec@usgs.gov; Anderson, Patrick J. 0000-0003-2281-389X andersonpj@usgs.gov; Assal, Timothy J. 0000-0001-6342-2954 assalt@usgs.gov; Bern, Carleton R.; Biewick, Laura; Boughton, Gregory K. 0000-0001-7355-4977 gkbought@usgs.gov; Carr, Natasha B. 0000-0002-4842-0632 carrn@usgs.gov; Chalfoun, Anna D.; Chong, Geneva W. 0000-0003-3883-5153 geneva_chong@usgs.gov; Clark, Melanie L. mlclark@usgs.gov; Fedy, Bradford C.; Foster, Katharine; Garman, Steven L. 0000-0002-9032-9074 slgarman@usgs.gov; Germaine, Steve 0000-0002-7614-2676 germaines@usgs.gov; Hethcoat, Matthew G.; Homer, Collin G. 0000-0003-4755-8135 homer@usgs.gov; Kauffman, Matthew J. 0000-0003-0127-3900 mkauffman@usgs.gov; Keinath, Douglas; Latysh, Natalie 0000-0003-0149-3962 nlatysh@usgs.gov; Manier, Daniel J. 0000-0002-1105-1327 manierd@usgs.gov; McDougal, Robert R.; Melcher, Cynthia P. 0000-0002-8044-9689 melcherc@usgs.gov; Miller, Kirk A. 0000-0002-8141-2001 kmiller@usgs.gov; Montag, Jessica; Potter, Christopher J. 0000-0002-2300-6670 cpotter@usgs.gov; Schell, Spencer 0000-0001-7732-1863 schells@usgs.gov; Shafer, Sarah L.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Sweat, Michael J. mjsweat@usgs.gov; Wilson, Anna B. 0000-0002-9737-2614 awilson@usgs.gov</t>
         </is>
       </c>
       <c r="AZ101" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA101" t="inlineStr">
         <is>
-          <t>53cd4b17e4b0b290850f0259</t>
+          <t>53c79f19e4b01948416424c0</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ds801</t>
+          <t>https://pubs.usgs.gov/publication/ofr20141082</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>70048636</t>
+          <t>70102291</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>ds801</t>
+          <t>ofr20141082</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
-          <t>Geochemical and mineralogical data for soils of the conterminous United States</t>
+          <t>Geochemical and mineralogical maps for soils of the conterminous United States</t>
         </is>
       </c>
       <c r="H102" t="inlineStr">
         <is>
-          <t>Data Series</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I102" t="inlineStr">
         <is>
-          <t>801</t>
+          <t>2014-1082</t>
         </is>
       </c>
       <c r="M102" t="inlineStr">
         <is>
-          <t>2327-638X</t>
+          <t>2331-1258</t>
         </is>
       </c>
       <c r="N102" t="inlineStr">
         <is>
-          <t>2327-0271</t>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P102" t="inlineStr">
         <is>
-          <t>10.3133/ds801</t>
+          <t>10.3133/ofr20141082</t>
         </is>
       </c>
       <c r="T102" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2014</t>
         </is>
       </c>
       <c r="U102" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V102" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W102" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X102" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y102" t="inlineStr">
         <is>
           <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z102" t="inlineStr">
         <is>
-          <t>Report: iv, 19 p.; Downloads Directory</t>
+          <t>xiii, 386 p.</t>
         </is>
       </c>
       <c r="AF102" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>399</t>
         </is>
       </c>
       <c r="AM102" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
-      <c r="AU102" t="inlineStr">
-[...1 lines deleted...]
-          <t>Y</t>
+      <c r="AQ102" t="inlineStr">
+        <is>
+          <t>Conterminous United States</t>
+        </is>
+      </c>
+      <c r="AR102" t="inlineStr">
+        <is>
+          <t>NAD 1983</t>
+        </is>
+      </c>
+      <c r="AS102" t="inlineStr">
+        <is>
+          <t>Lambert Conformal Conic Projection</t>
         </is>
       </c>
       <c r="AW102" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Solano, Federico 0000-0002-0308-5850 fsolanoc@usgs.gov; Kilburn, James E.; Fey, David L. dfey@usgs.gov</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Solano, Federico 0000-0002-0308-5850 fsolanoc@usgs.gov; Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov</t>
         </is>
       </c>
       <c r="AZ102" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA102" t="inlineStr">
         <is>
-          <t>526b852de4b058918d0a99a7</t>
+          <t>537c6b51e4b00e1e1a484826</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20135065</t>
+          <t>https://pubs.usgs.gov/publication/ofr20131228</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>70047819</t>
+          <t>70049032</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>sir20135065</t>
+          <t>ofr20131228</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
-          <t>Effects of surface applications of biosolids on groundwater quality and trace-element concentrations in crops near Deer Trail, Colorado, 2004-2010</t>
+          <t>Active tensor magnetic gradiometer system final report for Project MM–1514</t>
         </is>
       </c>
       <c r="H103" t="inlineStr">
         <is>
-          <t>Scientific Investigations Report</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I103" t="inlineStr">
         <is>
-          <t>2013-5065</t>
+          <t>2013-1228</t>
         </is>
       </c>
       <c r="M103" t="inlineStr">
         <is>
-          <t>2328-0328</t>
+          <t>2331-1258</t>
         </is>
       </c>
       <c r="N103" t="inlineStr">
         <is>
-          <t>2328-031X</t>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P103" t="inlineStr">
         <is>
-          <t>10.3133/sir20135065</t>
+          <t>10.3133/ofr20131228</t>
         </is>
       </c>
       <c r="T103" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2014</t>
         </is>
       </c>
       <c r="U103" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V103" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W103" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X103" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y103" t="inlineStr">
         <is>
-          <t>Colorado Water Science Center; National Water Quality Laboratory</t>
+          <t>Crustal Geophysics and Geochemistry Science Center</t>
         </is>
       </c>
       <c r="Z103" t="inlineStr">
         <is>
-          <t>vi, 119 p.</t>
-[...29 lines deleted...]
-          <t>Deer Trail</t>
+          <t>v, 39 p.</t>
         </is>
       </c>
       <c r="AU103" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW103" t="inlineStr">
         <is>
-          <t>Yager, Tracy J.B.; Crock, James G. jcrock@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Furlong, Edward T. 0000-0002-7305-4603 efurlong@usgs.gov; Hageman, Philip L. 0000-0002-3440-2150 phageman@usgs.gov; Foreman, William T. wforeman@usgs.gov; Gray, James L. 0000-0002-0807-5635 jlgray@usgs.gov; ReVello, Rhiannon C. rcrevell@usgs.gov</t>
+          <t>Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Phillips, Jeffrey D. 0000-0002-6459-2821 jeff@usgs.gov; Hutton, S. Raymond</t>
         </is>
       </c>
       <c r="AZ103" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA103" t="inlineStr">
         <is>
-          <t>521c6adae4b01458f78428f7</t>
+          <t>53cd4b17e4b0b290850f0259</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70044948</t>
+          <t>https://pubs.usgs.gov/publication/ds801</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>70044948</t>
+          <t>70048636</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>70044948</t>
+          <t>ds801</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
-          <t>History and evaluation of national-scale geochemical data sets for the United States</t>
+          <t>Geochemical and mineralogical data for soils of the conterminous United States</t>
         </is>
       </c>
       <c r="H104" t="inlineStr">
         <is>
-          <t>Geoscience Frontiers</t>
+          <t>Data Series</t>
+        </is>
+      </c>
+      <c r="I104" t="inlineStr">
+        <is>
+          <t>801</t>
+        </is>
+      </c>
+      <c r="M104" t="inlineStr">
+        <is>
+          <t>2327-638X</t>
+        </is>
+      </c>
+      <c r="N104" t="inlineStr">
+        <is>
+          <t>2327-0271</t>
         </is>
       </c>
       <c r="P104" t="inlineStr">
         <is>
-          <t>10.1016/j.gsf.2012.07.002</t>
-[...9 lines deleted...]
-          <t>2</t>
+          <t>10.3133/ds801</t>
         </is>
       </c>
       <c r="T104" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
       <c r="U104" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V104" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W104" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X104" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y104" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center</t>
+          <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z104" t="inlineStr">
         <is>
-          <t>17 p.</t>
-[...9 lines deleted...]
-          <t>183</t>
+          <t>Report: iv, 19 p.; Downloads Directory</t>
+        </is>
+      </c>
+      <c r="AF104" t="inlineStr">
+        <is>
+          <t>26</t>
         </is>
       </c>
       <c r="AM104" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
-      <c r="AQ104" t="inlineStr">
-[...1 lines deleted...]
-          <t>Conterminous United States</t>
+      <c r="AU104" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW104" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Smith, Steven M. 0000-0003-3591-5377 smsmith@usgs.gov; Horton, John D. 0000-0003-2969-9073 jhorton@usgs.gov</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Solano, Federico 0000-0002-0308-5850 fsolanoc@usgs.gov; Kilburn, James E.; Fey, David L. dfey@usgs.gov</t>
         </is>
       </c>
       <c r="AZ104" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>12</t>
         </is>
       </c>
       <c r="BA104" t="inlineStr">
         <is>
-          <t>51aefe59e4b08a3322c2c260</t>
+          <t>526b852de4b058918d0a99a7</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20131033</t>
+          <t>https://pubs.usgs.gov/publication/sir20135065</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>70044630</t>
+          <t>70047819</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>ofr20131033</t>
+          <t>sir20135065</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey science for the Wyoming Landscape Conservation Initiative: 2011 annual report</t>
+          <t>Effects of surface applications of biosolids on groundwater quality and trace-element concentrations in crops near Deer Trail, Colorado, 2004-2010</t>
         </is>
       </c>
       <c r="H105" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Scientific Investigations Report</t>
         </is>
       </c>
       <c r="I105" t="inlineStr">
         <is>
-          <t>2013-1033</t>
+          <t>2013-5065</t>
         </is>
       </c>
       <c r="M105" t="inlineStr">
         <is>
-          <t>2331-1258</t>
+          <t>2328-0328</t>
         </is>
       </c>
       <c r="N105" t="inlineStr">
         <is>
-          <t>0196-1497</t>
+          <t>2328-031X</t>
         </is>
       </c>
       <c r="P105" t="inlineStr">
         <is>
-          <t>10.3133/ofr20131033</t>
+          <t>10.3133/sir20135065</t>
         </is>
       </c>
       <c r="T105" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
       <c r="U105" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V105" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W105" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X105" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y105" t="inlineStr">
         <is>
-          <t>Fort Collins Science Center</t>
+          <t>Colorado Water Science Center; National Water Quality Laboratory</t>
         </is>
       </c>
       <c r="Z105" t="inlineStr">
         <is>
-          <t>xiii, 145 p.</t>
-[...9 lines deleted...]
-          <t>145</t>
+          <t>vi, 119 p.</t>
         </is>
       </c>
       <c r="AF105" t="inlineStr">
         <is>
-          <t>162</t>
+          <t>129</t>
+        </is>
+      </c>
+      <c r="AH105" t="inlineStr">
+        <is>
+          <t>2004-01-01</t>
+        </is>
+      </c>
+      <c r="AI105" t="inlineStr">
+        <is>
+          <t>2010-12-01</t>
         </is>
       </c>
       <c r="AM105" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN105" t="inlineStr">
         <is>
-          <t>Wyoming</t>
-[...4 lines deleted...]
-          <t>N</t>
+          <t>Colorado</t>
+        </is>
+      </c>
+      <c r="AP105" t="inlineStr">
+        <is>
+          <t>Deer Trail</t>
+        </is>
+      </c>
+      <c r="AU105" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW105" t="inlineStr">
         <is>
-          <t>Bowen, Zachary H. 0000-0002-8656-1831 bowenz@usgs.gov; Aldridge, Cameron L. 0000-0003-3926-6941 aldridgec@usgs.gov; Anderson, Patrick J. 0000-0003-2281-389X andersonpj@usgs.gov; Assal, Timothy J. 0000-0001-6342-2954 assalt@usgs.gov; Biewick, Laura; Blecker, Steven W.; Boughton, Gregory K. 0000-0001-7355-4977 gkbought@usgs.gov; Carr, Natasha B. 0000-0002-4842-0632 carrn@usgs.gov; Chalfoun, Anna D.; Chong, Geneva W. 0000-0003-3883-5153 geneva_chong@usgs.gov; Clark, Melanie L. mlclark@usgs.gov; Diffendorfer, Jay E. 0000-0003-1093-6948 jediffendorfer@usgs.gov; Fedy, Bradley C.; Foster, Katharine; Garman, Steven L. 0000-0002-9032-9074 slgarman@usgs.gov; Germaine, Stephanie; Hethcoat, Matthew G.; Holloway, JoAnn 0000-0003-3603-7668; Homer, Collin G. 0000-0003-4755-8135 homer@usgs.gov; Kauffman, Matthew J. 0000-0003-0127-3900 mkauffman@usgs.gov; Keinath, Douglas; Latysh, Natalie 0000-0003-0149-3962 nlatysh@usgs.gov; Manier, Daniel J. 0000-0002-1105-1327 manierd@usgs.gov; McDougal, Robert R.; Melcher, Cynthia P. 0000-0002-8044-9689 melcherc@usgs.gov; Miller, Kirk A. 0000-0002-8141-2001 kmiller@usgs.gov; Montag, Jessica; Olexa, Edward M. 0000-0002-2000-6798 eolexa@usgs.gov; Potter, Christopher J. 0000-0002-2300-6670 cpotter@usgs.gov; Schell, Spencer 0000-0001-7732-1863 schells@usgs.gov; Shafer, Sarah L.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Stillings, Lisa L. 0000-0002-9011-8891 stilling@usgs.gov; Sweat, Michael J. mjsweat@usgs.gov; Tuttle, Michele L. mtuttle@usgs.gov; Wilson, Anna B. 0000-0002-9737-2614 awilson@usgs.gov</t>
+          <t>Yager, Tracy J.B.; Crock, James G. jcrock@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Furlong, Edward T. 0000-0002-7305-4603 efurlong@usgs.gov; Hageman, Philip L. 0000-0002-3440-2150 phageman@usgs.gov; Foreman, William T. wforeman@usgs.gov; Gray, James L. 0000-0002-0807-5635 jlgray@usgs.gov; ReVello, Rhiannon C. rcrevell@usgs.gov</t>
         </is>
       </c>
       <c r="AZ105" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA105" t="inlineStr">
         <is>
-          <t>5146d7dee4b0694ee75ad3dc</t>
+          <t>521c6adae4b01458f78428f7</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70192954</t>
+          <t>https://pubs.usgs.gov/publication/70044948</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>70192954</t>
+          <t>70044948</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>70192954</t>
+          <t>70044948</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
-          <t>Evaluating a multispecies adaptive management framework: Must uncertainty impede effective decision-making?</t>
+          <t>History and evaluation of national-scale geochemical data sets for the United States</t>
         </is>
       </c>
       <c r="H106" t="inlineStr">
         <is>
-          <t>Journal of Applied Ecology</t>
+          <t>Geoscience Frontiers</t>
         </is>
       </c>
       <c r="P106" t="inlineStr">
         <is>
-          <t>10.1111/1365-2664.12145</t>
+          <t>10.1016/j.gsf.2012.07.002</t>
         </is>
       </c>
       <c r="R106" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>4</t>
         </is>
       </c>
       <c r="S106" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>2</t>
         </is>
       </c>
       <c r="T106" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
       <c r="U106" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V106" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W106" t="inlineStr">
         <is>
-          <t>Wiley</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y106" t="inlineStr">
         <is>
-          <t>Leetown Science Center</t>
+          <t>Central Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z106" t="inlineStr">
         <is>
-          <t>10 p.</t>
+          <t>17 p.</t>
         </is>
       </c>
       <c r="AD106" t="inlineStr">
         <is>
-          <t>1431</t>
+          <t>167</t>
         </is>
       </c>
       <c r="AE106" t="inlineStr">
         <is>
-          <t>1440</t>
+          <t>183</t>
+        </is>
+      </c>
+      <c r="AM106" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AQ106" t="inlineStr">
+        <is>
+          <t>Conterminous United States</t>
         </is>
       </c>
       <c r="AW106" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Daily, Jonathan P. jdaily@usgs.gov; Nichols, James D. 0000-0002-7631-2890 jnichols@usgs.gov; Sweka, John A.; Lyons, James E.</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Smith, Steven M. 0000-0003-3591-5377 smsmith@usgs.gov; Horton, John D. 0000-0003-2969-9073 jhorton@usgs.gov</t>
         </is>
       </c>
       <c r="AZ106" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA106" t="inlineStr">
         <is>
-          <t>5a096bb2e4b09af898c9414d</t>
+          <t>51aefe59e4b08a3322c2c260</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70044790</t>
+          <t>https://pubs.usgs.gov/publication/ofr20131033</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>70044790</t>
+          <t>70044630</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>70044790</t>
+          <t>ofr20131033</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
-          <t>The IUGS/IAGC Task Group on Global Geochemical Baselines</t>
+          <t>U.S. Geological Survey science for the Wyoming Landscape Conservation Initiative: 2011 annual report</t>
         </is>
       </c>
       <c r="H107" t="inlineStr">
         <is>
-          <t>Earth Science Frontiers</t>
-[...9 lines deleted...]
-          <t>3</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I107" t="inlineStr">
+        <is>
+          <t>2013-1033</t>
+        </is>
+      </c>
+      <c r="M107" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N107" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
+        </is>
+      </c>
+      <c r="P107" t="inlineStr">
+        <is>
+          <t>10.3133/ofr20131033</t>
         </is>
       </c>
       <c r="T107" t="inlineStr">
         <is>
-          <t>2012</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="U107" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V107" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W107" t="inlineStr">
         <is>
-          <t>China University of Geosciences; Peking University</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X107" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y107" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center</t>
+          <t>Fort Collins Science Center</t>
         </is>
       </c>
       <c r="Z107" t="inlineStr">
         <is>
-          <t>6 p.</t>
+          <t>xiii, 145 p.</t>
         </is>
       </c>
       <c r="AD107" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>i</t>
         </is>
       </c>
       <c r="AE107" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>145</t>
+        </is>
+      </c>
+      <c r="AF107" t="inlineStr">
+        <is>
+          <t>162</t>
+        </is>
+      </c>
+      <c r="AM107" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN107" t="inlineStr">
+        <is>
+          <t>Wyoming</t>
+        </is>
+      </c>
+      <c r="AV107" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW107" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Wang, Xueqiu; Reeder, Shaun; Demetriades, Alecos</t>
+          <t>Bowen, Zachary H. 0000-0002-8656-1831 bowenz@usgs.gov; Aldridge, Cameron L. 0000-0003-3926-6941 aldridgec@usgs.gov; Anderson, Patrick J. 0000-0003-2281-389X andersonpj@usgs.gov; Assal, Timothy J. 0000-0001-6342-2954 assalt@usgs.gov; Biewick, Laura; Blecker, Steven W.; Boughton, Gregory K. 0000-0001-7355-4977 gkbought@usgs.gov; Carr, Natasha B. 0000-0002-4842-0632 carrn@usgs.gov; Chalfoun, Anna D.; Chong, Geneva W. 0000-0003-3883-5153 geneva_chong@usgs.gov; Clark, Melanie L. mlclark@usgs.gov; Diffendorfer, Jay E. 0000-0003-1093-6948 jediffendorfer@usgs.gov; Fedy, Bradley C.; Foster, Katharine; Garman, Steven L. 0000-0002-9032-9074 slgarman@usgs.gov; Germaine, Stephanie; Hethcoat, Matthew G.; Holloway, JoAnn 0000-0003-3603-7668; Homer, Collin G. 0000-0003-4755-8135 homer@usgs.gov; Kauffman, Matthew J. 0000-0003-0127-3900 mkauffman@usgs.gov; Keinath, Douglas; Latysh, Natalie 0000-0003-0149-3962 nlatysh@usgs.gov; Manier, Daniel J. 0000-0002-1105-1327 manierd@usgs.gov; McDougal, Robert R.; Melcher, Cynthia P. 0000-0002-8044-9689 melcherc@usgs.gov; Miller, Kirk A. 0000-0002-8141-2001 kmiller@usgs.gov; Montag, Jessica; Olexa, Edward M. 0000-0002-2000-6798 eolexa@usgs.gov; Potter, Christopher J. 0000-0002-2300-6670 cpotter@usgs.gov; Schell, Spencer 0000-0001-7732-1863 schells@usgs.gov; Shafer, Sarah L.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Stillings, Lisa L. 0000-0002-9011-8891 stilling@usgs.gov; Sweat, Michael J. mjsweat@usgs.gov; Tuttle, Michele L. mtuttle@usgs.gov; Wilson, Anna B. 0000-0002-9737-2614 awilson@usgs.gov</t>
         </is>
       </c>
       <c r="AZ107" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA107" t="inlineStr">
         <is>
-          <t>5200c96ae4b009d47a4c23e9</t>
+          <t>5146d7dee4b0694ee75ad3dc</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70043598</t>
+          <t>https://pubs.usgs.gov/publication/70192954</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>70043598</t>
+          <t>70192954</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>70043598</t>
+          <t>70192954</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
-          <t>Shale Gas Development and Brook Trout: Scaling Best Management Practices to Anticipate Cumulative Effects</t>
+          <t>Evaluating a multispecies adaptive management framework: Must uncertainty impede effective decision-making?</t>
         </is>
       </c>
       <c r="H108" t="inlineStr">
         <is>
-          <t>Environmental Practice</t>
+          <t>Journal of Applied Ecology</t>
         </is>
       </c>
       <c r="P108" t="inlineStr">
         <is>
-          <t>10.1017/S1466046612000397</t>
+          <t>10.1111/1365-2664.12145</t>
         </is>
       </c>
       <c r="R108" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>50</t>
         </is>
       </c>
       <c r="S108" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>6</t>
         </is>
       </c>
       <c r="T108" t="inlineStr">
         <is>
-          <t>2012</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="U108" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V108" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W108" t="inlineStr">
         <is>
-          <t>Cambridge</t>
+          <t>Wiley</t>
         </is>
       </c>
       <c r="Y108" t="inlineStr">
         <is>
           <t>Leetown Science Center</t>
         </is>
       </c>
-      <c r="AA108" t="inlineStr">
-[...11 lines deleted...]
-          <t>Environmental Practice</t>
+      <c r="Z108" t="inlineStr">
+        <is>
+          <t>10 p.</t>
         </is>
       </c>
       <c r="AD108" t="inlineStr">
         <is>
-          <t>366</t>
+          <t>1431</t>
         </is>
       </c>
       <c r="AE108" t="inlineStr">
         <is>
-          <t>381</t>
-[...4 lines deleted...]
-          <t>United States</t>
+          <t>1440</t>
         </is>
       </c>
       <c r="AW108" t="inlineStr">
         <is>
-          <t>Smith, David 0000-0001-6074-9257; Snyder, Craig D. 0000-0002-3448-597X csnyder@usgs.gov; Hitt, Nathaniel P. 0000-0002-1046-4568 nhitt@usgs.gov; Young, John A. 0000-0002-4500-3673 jyoung@usgs.gov; Faulkner, Stephen P. 0000-0001-5295-1383 faulkners@usgs.gov</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Daily, Jonathan P. jdaily@usgs.gov; Nichols, James D. 0000-0002-7631-2890 jnichols@usgs.gov; Sweka, John A.; Lyons, James E.</t>
         </is>
       </c>
       <c r="AZ108" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA108" t="inlineStr">
         <is>
-          <t>516fc467e4b05024ef3cd41c</t>
+          <t>5a096bb2e4b09af898c9414d</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70044961</t>
+          <t>https://pubs.usgs.gov/publication/70044790</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>70044961</t>
+          <t>70044790</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>70044961</t>
+          <t>70044790</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
-          <t>History and progress of the North American Soil Geochemical Landscapes Project, 2001-2010</t>
+          <t>The IUGS/IAGC Task Group on Global Geochemical Baselines</t>
         </is>
       </c>
       <c r="H109" t="inlineStr">
         <is>
           <t>Earth Science Frontiers</t>
         </is>
       </c>
       <c r="R109" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="S109" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="T109" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
       <c r="U109" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V109" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W109" t="inlineStr">
         <is>
-          <t>China University of Geosciences</t>
+          <t>China University of Geosciences; Peking University</t>
         </is>
       </c>
       <c r="Y109" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
+          <t>Central Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z109" t="inlineStr">
         <is>
-          <t>14 p.</t>
+          <t>6 p.</t>
         </is>
       </c>
       <c r="AD109" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>1</t>
         </is>
       </c>
       <c r="AE109" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AW109" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Rivera, Francisco Moreira; Rencz, Andrew N.; Garrett, Robert G.</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Wang, Xueqiu; Reeder, Shaun; Demetriades, Alecos</t>
         </is>
       </c>
       <c r="AZ109" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA109" t="inlineStr">
         <is>
-          <t>51af0c6ae4b08a3322c2c2ec</t>
+          <t>5200c96ae4b009d47a4c23e9</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20121257</t>
+          <t>https://pubs.usgs.gov/publication/70043598</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>70041821</t>
+          <t>70043598</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>ofr20121257</t>
+          <t>70043598</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
-          <t>Reconnaissance soil geochemistry at the Riverton Uranium Mill Tailings Remedial Action Site, Fremont County, Wyoming</t>
+          <t>Shale Gas Development and Brook Trout: Scaling Best Management Practices to Anticipate Cumulative Effects</t>
         </is>
       </c>
       <c r="H110" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Environmental Practice</t>
         </is>
       </c>
       <c r="P110" t="inlineStr">
         <is>
-          <t>10.3133/ofr20121257</t>
+          <t>10.1017/S1466046612000397</t>
+        </is>
+      </c>
+      <c r="R110" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="S110" t="inlineStr">
+        <is>
+          <t>4</t>
         </is>
       </c>
       <c r="T110" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
       <c r="U110" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V110" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W110" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Cambridge</t>
         </is>
       </c>
       <c r="Y110" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center</t>
-[...19 lines deleted...]
-          <t>2011-08-31</t>
+          <t>Leetown Science Center</t>
+        </is>
+      </c>
+      <c r="AA110" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB110" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC110" t="inlineStr">
+        <is>
+          <t>Environmental Practice</t>
+        </is>
+      </c>
+      <c r="AD110" t="inlineStr">
+        <is>
+          <t>366</t>
+        </is>
+      </c>
+      <c r="AE110" t="inlineStr">
+        <is>
+          <t>381</t>
         </is>
       </c>
       <c r="AM110" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
-      <c r="AN110" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="AW110" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Sweat, Michael J. mjsweat@usgs.gov</t>
+          <t>Smith, David 0000-0001-6074-9257; Snyder, Craig D. 0000-0002-3448-597X csnyder@usgs.gov; Hitt, Nathaniel P. 0000-0002-1046-4568 nhitt@usgs.gov; Young, John A. 0000-0002-4500-3673 jyoung@usgs.gov; Faulkner, Stephen P. 0000-0001-5295-1383 faulkners@usgs.gov</t>
         </is>
       </c>
       <c r="AZ110" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA110" t="inlineStr">
         <is>
-          <t>50d0498ce4b0d83991d15696</t>
+          <t>516fc467e4b05024ef3cd41c</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20121195</t>
+          <t>https://pubs.usgs.gov/publication/70044961</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>70040619</t>
+          <t>70044961</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>ofr20121195</t>
+          <t>70044961</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
-          <t>A multi-metric assessment of environmental contaminant exposure and effects in an urbanized reach of the Charles River near Watertown, Massachusetts</t>
+          <t>History and progress of the North American Soil Geochemical Landscapes Project, 2001-2010</t>
         </is>
       </c>
       <c r="H111" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...19 lines deleted...]
-          <t>10.3133/ofr20121195</t>
+          <t>Earth Science Frontiers</t>
+        </is>
+      </c>
+      <c r="R111" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="S111" t="inlineStr">
+        <is>
+          <t>3</t>
         </is>
       </c>
       <c r="T111" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
       <c r="U111" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V111" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W111" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>China University of Geosciences</t>
         </is>
       </c>
       <c r="Y111" t="inlineStr">
         <is>
-          <t>Fort Collins Science Center</t>
+          <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z111" t="inlineStr">
         <is>
-          <t>x; 116 p.</t>
-[...39 lines deleted...]
-          <t>N</t>
+          <t>14 p.</t>
+        </is>
+      </c>
+      <c r="AD111" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="AE111" t="inlineStr">
+        <is>
+          <t>32</t>
         </is>
       </c>
       <c r="AW111" t="inlineStr">
         <is>
-          <t>Smith, Stephen B.; Anderson, Patrick J. 0000-0003-2281-389X andersonpj@usgs.gov; Baumann, Paul C.; DeWeese, Lawrence R.; Goodbred, Steven L. sgoodbred@usgs.gov; Coyle, James J.; Smith, David S.</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Rivera, Francisco Moreira; Rencz, Andrew N.; Garrett, Robert G.</t>
         </is>
       </c>
       <c r="AZ111" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA111" t="inlineStr">
         <is>
-          <t>509a3167e4b04d64aa094c7b</t>
+          <t>51af0c6ae4b08a3322c2c2ec</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/fs20123106</t>
+          <t>https://pubs.usgs.gov/publication/ofr20121257</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>70040209</t>
+          <t>70041821</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>fs20123106</t>
+          <t>ofr20121257</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
-          <t>Evolution of 3-D geologic framework modeling and its application to groundwater flow studies</t>
+          <t>Reconnaissance soil geochemistry at the Riverton Uranium Mill Tailings Remedial Action Site, Fremont County, Wyoming</t>
         </is>
       </c>
       <c r="H112" t="inlineStr">
         <is>
-          <t>Fact Sheet</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I112" t="inlineStr">
         <is>
-          <t>2012-3106</t>
+          <t>2012-1257</t>
         </is>
       </c>
       <c r="M112" t="inlineStr">
         <is>
-          <t>2327-6932</t>
+          <t>2331-1258</t>
         </is>
       </c>
       <c r="N112" t="inlineStr">
         <is>
-          <t>2327-6916</t>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P112" t="inlineStr">
         <is>
-          <t>10.3133/fs20123106</t>
+          <t>10.3133/ofr20121257</t>
         </is>
       </c>
       <c r="T112" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
       <c r="U112" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V112" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W112" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X112" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y112" t="inlineStr">
         <is>
-          <t>Geology and Environmental Change Science Center</t>
+          <t>Central Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z112" t="inlineStr">
         <is>
-          <t>4 p.</t>
+          <t>Report: iv, 23 p.; 1 Appendix</t>
+        </is>
+      </c>
+      <c r="AF112" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="AH112" t="inlineStr">
+        <is>
+          <t>2011-08-01</t>
+        </is>
+      </c>
+      <c r="AI112" t="inlineStr">
+        <is>
+          <t>2011-08-31</t>
         </is>
       </c>
       <c r="AM112" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN112" t="inlineStr">
         <is>
-          <t>Oklahoma,Texas</t>
+          <t>Wyoming</t>
+        </is>
+      </c>
+      <c r="AO112" t="inlineStr">
+        <is>
+          <t>Fremont</t>
         </is>
       </c>
       <c r="AQ112" t="inlineStr">
         <is>
-          <t>Arbuckle-Simpson aquifer, Edwards aquifer, Trinity aquifer</t>
+          <t>Riverton Uranium Mill</t>
+        </is>
+      </c>
+      <c r="AU112" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV112" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW112" t="inlineStr">
         <is>
-          <t>Blome, Charles D. 0000-0002-3449-9378 cblome@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Sweat, Michael J. mjsweat@usgs.gov</t>
         </is>
       </c>
       <c r="AZ112" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA112" t="inlineStr">
         <is>
-          <t>50dcb095e4b0d55926e3f0b0</t>
+          <t>50d0498ce4b0d83991d15696</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70154882</t>
+          <t>https://pubs.usgs.gov/publication/ofr20121195</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>70154882</t>
+          <t>70040619</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>70154882</t>
+          <t>ofr20121195</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
-          <t>Estimating tag loss of the Atlantic Horseshoe crab, Limulus polyphemus, using a multi-state model</t>
+          <t>A multi-metric assessment of environmental contaminant exposure and effects in an urbanized reach of the Charles River near Watertown, Massachusetts</t>
+        </is>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I113" t="inlineStr">
+        <is>
+          <t>2012-1195</t>
+        </is>
+      </c>
+      <c r="M113" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N113" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
+        </is>
+      </c>
+      <c r="P113" t="inlineStr">
+        <is>
+          <t>10.3133/ofr20121195</t>
         </is>
       </c>
       <c r="T113" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
       <c r="U113" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V113" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
+      <c r="W113" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X113" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
+        </is>
+      </c>
       <c r="Y113" t="inlineStr">
         <is>
-          <t>Coop Res Unit Atlanta</t>
-[...14 lines deleted...]
-          <t>August 5-9, 2012</t>
+          <t>Fort Collins Science Center</t>
+        </is>
+      </c>
+      <c r="Z113" t="inlineStr">
+        <is>
+          <t>x; 116 p.</t>
+        </is>
+      </c>
+      <c r="AF113" t="inlineStr">
+        <is>
+          <t>128</t>
+        </is>
+      </c>
+      <c r="AH113" t="inlineStr">
+        <is>
+          <t>2005-08-01</t>
+        </is>
+      </c>
+      <c r="AI113" t="inlineStr">
+        <is>
+          <t>2005-08-31</t>
         </is>
       </c>
       <c r="AM113" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN113" t="inlineStr">
         <is>
-          <t>Delaware, New Jersey</t>
+          <t>Massachusetts</t>
         </is>
       </c>
       <c r="AQ113" t="inlineStr">
         <is>
-          <t>Delaware Bay</t>
+          <t>Lower Charles River Watershed</t>
         </is>
       </c>
       <c r="AU113" t="inlineStr">
         <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV113" t="inlineStr">
+        <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV113" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW113" t="inlineStr">
         <is>
-          <t>Butler, Catherine Alyssa; McGowan, Conor P. cmcgowan@usgs.gov; Grand, J. Barry 0000-0002-3576-4567 barry_grand@usgs.gov; Smith, David 0000-0001-6074-9257</t>
+          <t>Smith, Stephen B.; Anderson, Patrick J. 0000-0003-2281-389X andersonpj@usgs.gov; Baumann, Paul C.; DeWeese, Lawrence R.; Goodbred, Steven L. sgoodbred@usgs.gov; Coyle, James J.; Smith, David S.</t>
         </is>
       </c>
       <c r="AZ113" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA113" t="inlineStr">
         <is>
-          <t>568e48f7e4b0e7a44bc41907</t>
+          <t>509a3167e4b04d64aa094c7b</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ds664</t>
+          <t>https://pubs.usgs.gov/publication/fs20123106</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>70037773</t>
+          <t>70040209</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>ds664</t>
+          <t>fs20123106</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
-          <t>Biosolids, crop, and groundwater data for a biosolids-application area near Deer Trail, Colorado, 2009 and 2010</t>
+          <t>Evolution of 3-D geologic framework modeling and its application to groundwater flow studies</t>
         </is>
       </c>
       <c r="H114" t="inlineStr">
         <is>
-          <t>Data Series</t>
+          <t>Fact Sheet</t>
         </is>
       </c>
       <c r="I114" t="inlineStr">
         <is>
-          <t>664</t>
+          <t>2012-3106</t>
         </is>
       </c>
       <c r="M114" t="inlineStr">
         <is>
-          <t>2327-638X</t>
+          <t>2327-6932</t>
         </is>
       </c>
       <c r="N114" t="inlineStr">
         <is>
-          <t>2327-0271</t>
+          <t>2327-6916</t>
         </is>
       </c>
       <c r="P114" t="inlineStr">
         <is>
-          <t>10.3133/ds664</t>
+          <t>10.3133/fs20123106</t>
         </is>
       </c>
       <c r="T114" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
       <c r="U114" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V114" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W114" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X114" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y114" t="inlineStr">
         <is>
-          <t>Colorado Water Science Center</t>
+          <t>Geology and Environmental Change Science Center</t>
         </is>
       </c>
       <c r="Z114" t="inlineStr">
         <is>
-          <t>vi, 11 p.</t>
-[...9 lines deleted...]
-          <t>2010-12-31</t>
+          <t>4 p.</t>
         </is>
       </c>
       <c r="AM114" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN114" t="inlineStr">
         <is>
-          <t>Colorado</t>
-[...4 lines deleted...]
-          <t>Deer Trail</t>
+          <t>Oklahoma,Texas</t>
+        </is>
+      </c>
+      <c r="AQ114" t="inlineStr">
+        <is>
+          <t>Arbuckle-Simpson aquifer, Edwards aquifer, Trinity aquifer</t>
         </is>
       </c>
       <c r="AW114" t="inlineStr">
         <is>
-          <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov</t>
+          <t>Blome, Charles D. 0000-0002-3449-9378 cblome@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ114" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA114" t="inlineStr">
         <is>
-          <t>5059f197e4b0c8380cd4ad12</t>
+          <t>50dcb095e4b0d55926e3f0b0</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70043480</t>
+          <t>https://pubs.usgs.gov/publication/70154882</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>70043480</t>
+          <t>70154882</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>70043480</t>
+          <t>70154882</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
-          <t>Experimental and environmental factors affect spurious detection of ecological thresholds</t>
-[...17 lines deleted...]
-      <c r="S115" t="inlineStr">
+          <t>Estimating tag loss of the Atlantic Horseshoe crab, Limulus polyphemus, using a multi-state model</t>
+        </is>
+      </c>
+      <c r="T115" t="inlineStr">
+        <is>
+          <t>2012</t>
+        </is>
+      </c>
+      <c r="U115" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V115" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="Y115" t="inlineStr">
+        <is>
+          <t>Coop Res Unit Atlanta</t>
+        </is>
+      </c>
+      <c r="AJ115" t="inlineStr">
+        <is>
+          <t>97th ESA Annual Convention</t>
+        </is>
+      </c>
+      <c r="AK115" t="inlineStr">
+        <is>
+          <t>Portland</t>
+        </is>
+      </c>
+      <c r="AL115" t="inlineStr">
+        <is>
+          <t>August 5-9, 2012</t>
+        </is>
+      </c>
+      <c r="AM115" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN115" t="inlineStr">
+        <is>
+          <t>Delaware, New Jersey</t>
+        </is>
+      </c>
+      <c r="AQ115" t="inlineStr">
+        <is>
+          <t>Delaware Bay</t>
+        </is>
+      </c>
+      <c r="AU115" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV115" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AW115" t="inlineStr">
+        <is>
+          <t>Butler, Catherine Alyssa; McGowan, Conor P. cmcgowan@usgs.gov; Grand, J. Barry 0000-0002-3576-4567 barry_grand@usgs.gov; Smith, David 0000-0001-6074-9257</t>
+        </is>
+      </c>
+      <c r="AZ115" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="T115" t="inlineStr">
-[...78 lines deleted...]
-      </c>
       <c r="BA115" t="inlineStr">
         <is>
-          <t>5135d076e4b03b8ec4025b45</t>
+          <t>568e48f7e4b0e7a44bc41907</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70005575</t>
+          <t>https://pubs.usgs.gov/publication/ds664</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>70005575</t>
+          <t>70037773</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>70005575</t>
+          <t>ds664</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
-          <t>Demographic consequences of migratory stopover: Linking red knot survival to horseshoe crab spawning abundance</t>
+          <t>Biosolids, crop, and groundwater data for a biosolids-application area near Deer Trail, Colorado, 2009 and 2010</t>
         </is>
       </c>
       <c r="H116" t="inlineStr">
         <is>
-          <t>Ecosphere</t>
+          <t>Data Series</t>
+        </is>
+      </c>
+      <c r="I116" t="inlineStr">
+        <is>
+          <t>664</t>
+        </is>
+      </c>
+      <c r="M116" t="inlineStr">
+        <is>
+          <t>2327-638X</t>
+        </is>
+      </c>
+      <c r="N116" t="inlineStr">
+        <is>
+          <t>2327-0271</t>
         </is>
       </c>
       <c r="P116" t="inlineStr">
         <is>
-          <t>10.1890/ES11-00106.1</t>
-[...9 lines deleted...]
-          <t>6</t>
+          <t>10.3133/ds664</t>
         </is>
       </c>
       <c r="T116" t="inlineStr">
         <is>
-          <t>2011</t>
+          <t>2012</t>
         </is>
       </c>
       <c r="U116" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V116" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W116" t="inlineStr">
         <is>
-          <t>Ecological Society of America</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X116" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y116" t="inlineStr">
         <is>
-          <t>Leetown Science Center; Patuxent Wildlife Research Center</t>
+          <t>Colorado Water Science Center</t>
         </is>
       </c>
       <c r="Z116" t="inlineStr">
         <is>
-          <t>69, 22 p.</t>
+          <t>vi, 11 p.</t>
         </is>
       </c>
       <c r="AH116" t="inlineStr">
         <is>
-          <t>1997-01-01</t>
+          <t>2009-01-01</t>
         </is>
       </c>
       <c r="AI116" t="inlineStr">
         <is>
-          <t>2008-12-31</t>
+          <t>2010-12-31</t>
         </is>
       </c>
       <c r="AM116" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN116" t="inlineStr">
         <is>
-          <t>Delaware, New Jersey</t>
-[...4 lines deleted...]
-          <t>Delaware Bay</t>
+          <t>Colorado</t>
+        </is>
+      </c>
+      <c r="AP116" t="inlineStr">
+        <is>
+          <t>Deer Trail</t>
         </is>
       </c>
       <c r="AW116" t="inlineStr">
         <is>
-          <t>McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Hines, James E. jhines@usgs.gov; Nichols, James D. 0000-0002-7631-2890 jnichols@usgs.gov; Lyons, James E.; Smith, David 0000-0001-6074-9257; Kalasz, Kevin S.; Niles, Lawrence J.; Dey, Amanda D.; Clark, Nigel A.; Atkinson, Philip W.; Minton, Clive D.T.; Kendall, William</t>
+          <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov</t>
         </is>
       </c>
       <c r="AZ116" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA116" t="inlineStr">
         <is>
-          <t>5059fe80e4b0c8380cd4ed6b</t>
+          <t>5059f197e4b0c8380cd4ad12</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20111240</t>
+          <t>https://pubs.usgs.gov/publication/70043480</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>70006048</t>
+          <t>70043480</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>ofr20111240</t>
+          <t>70043480</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
-          <t>Helicopter electromagnetic and magnetic geophysical survey data, Hunton anticline, south-central Oklahoma</t>
+          <t>Experimental and environmental factors affect spurious detection of ecological thresholds</t>
         </is>
       </c>
       <c r="H117" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Ecology</t>
         </is>
       </c>
       <c r="P117" t="inlineStr">
         <is>
-          <t>10.3133/ofr20111240</t>
+          <t>10.1890/11-0516.1</t>
+        </is>
+      </c>
+      <c r="R117" t="inlineStr">
+        <is>
+          <t>93</t>
+        </is>
+      </c>
+      <c r="S117" t="inlineStr">
+        <is>
+          <t>1</t>
         </is>
       </c>
       <c r="T117" t="inlineStr">
         <is>
-          <t>2011</t>
+          <t>2012</t>
         </is>
       </c>
       <c r="U117" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V117" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W117" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>ESA (Ecological Society of America)</t>
         </is>
       </c>
       <c r="X117" t="inlineStr">
         <is>
-          <t>Reston, VA</t>
+          <t>Ithaca, NY</t>
         </is>
       </c>
       <c r="Y117" t="inlineStr">
         <is>
-          <t>Geology and Environmental Change Science Center</t>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z117" t="inlineStr">
         <is>
-          <t>v, 14 p.</t>
-[...19 lines deleted...]
-          <t>Y</t>
+          <t>7 p.</t>
+        </is>
+      </c>
+      <c r="AA117" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB117" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC117" t="inlineStr">
+        <is>
+          <t>Ecology</t>
+        </is>
+      </c>
+      <c r="AD117" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="AE117" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="AF117" t="inlineStr">
+        <is>
+          <t>7</t>
         </is>
       </c>
       <c r="AV117" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AW117" t="inlineStr">
         <is>
-          <t>Smith, Bruce D. 0000-0002-1643-2997 bsmith@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Deszcz-Pan, Maryla; Blome, Charles D. 0000-0002-3449-9378 cblome@usgs.gov; Hill, Patricia</t>
+          <t>Daily, Jonathan P. jdaily@usgs.gov; Hitt, Nathaniel P. 0000-0002-1046-4568 nhitt@usgs.gov; Smith, David 0000-0001-6074-9257; Snyder, Craig D. 0000-0002-3448-597X csnyder@usgs.gov</t>
         </is>
       </c>
       <c r="AZ117" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA117" t="inlineStr">
         <is>
-          <t>505a3031e4b0c8380cd5d43a</t>
+          <t>5135d076e4b03b8ec4025b45</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70005257</t>
+          <t>https://pubs.usgs.gov/publication/70005575</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>70005257</t>
+          <t>70005575</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>70005257</t>
+          <t>70005575</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
-          <t>Pb-concentrations and Pb-isotope ratios in soils collected along an east-west transect across the United States</t>
+          <t>Demographic consequences of migratory stopover: Linking red knot survival to horseshoe crab spawning abundance</t>
         </is>
       </c>
       <c r="H118" t="inlineStr">
         <is>
-          <t>Applied Geochemistry</t>
+          <t>Ecosphere</t>
         </is>
       </c>
       <c r="P118" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2011.04.018</t>
+          <t>10.1890/ES11-00106.1</t>
         </is>
       </c>
       <c r="R118" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>2</t>
         </is>
       </c>
       <c r="S118" t="inlineStr">
         <is>
-          <t>9-10</t>
+          <t>6</t>
         </is>
       </c>
       <c r="T118" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U118" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V118" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W118" t="inlineStr">
         <is>
-          <t>Elsevier</t>
-[...4 lines deleted...]
-          <t>Amsterdam, Netherlands</t>
+          <t>Ecological Society of America</t>
         </is>
       </c>
       <c r="Y118" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
+          <t>Leetown Science Center; Patuxent Wildlife Research Center</t>
         </is>
       </c>
       <c r="Z118" t="inlineStr">
         <is>
-          <t>9 p.</t>
-[...14 lines deleted...]
-          <t>9</t>
+          <t>69, 22 p.</t>
+        </is>
+      </c>
+      <c r="AH118" t="inlineStr">
+        <is>
+          <t>1997-01-01</t>
+        </is>
+      </c>
+      <c r="AI118" t="inlineStr">
+        <is>
+          <t>2008-12-31</t>
         </is>
       </c>
       <c r="AM118" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
+      <c r="AN118" t="inlineStr">
+        <is>
+          <t>Delaware, New Jersey</t>
+        </is>
+      </c>
+      <c r="AQ118" t="inlineStr">
+        <is>
+          <t>Delaware Bay</t>
+        </is>
+      </c>
       <c r="AW118" t="inlineStr">
         <is>
-          <t>Reimann, Clemens; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Flem, Belinda</t>
+          <t>McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Hines, James E. jhines@usgs.gov; Nichols, James D. 0000-0002-7631-2890 jnichols@usgs.gov; Lyons, James E.; Smith, David 0000-0001-6074-9257; Kalasz, Kevin S.; Niles, Lawrence J.; Dey, Amanda D.; Clark, Nigel A.; Atkinson, Philip W.; Minton, Clive D.T.; Kendall, William</t>
         </is>
       </c>
       <c r="AZ118" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA118" t="inlineStr">
         <is>
-          <t>4f4e4ac7e4b07f02db67b01f</t>
+          <t>5059fe80e4b0c8380cd4ed6b</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20111219</t>
+          <t>https://pubs.usgs.gov/publication/ofr20111240</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>70005423</t>
+          <t>70006048</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>ofr20111219</t>
+          <t>ofr20111240</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey Science for the Wyoming Landscape Conservation Initiative-2010 Annual Report</t>
+          <t>Helicopter electromagnetic and magnetic geophysical survey data, Hunton anticline, south-central Oklahoma</t>
         </is>
       </c>
       <c r="H119" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I119" t="inlineStr">
         <is>
-          <t>2011-1219</t>
+          <t>2011-1240</t>
         </is>
       </c>
       <c r="M119" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N119" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P119" t="inlineStr">
         <is>
-          <t>10.3133/ofr20111219</t>
+          <t>10.3133/ofr20111240</t>
         </is>
       </c>
       <c r="T119" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U119" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V119" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W119" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X119" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y119" t="inlineStr">
         <is>
-          <t>Core Science Analytics, Synthesis, and Libraries; Fort Collins Science Center</t>
+          <t>Geology and Environmental Change Science Center</t>
         </is>
       </c>
       <c r="Z119" t="inlineStr">
         <is>
-          <t>ix, 146 p.</t>
+          <t>v, 14 p.</t>
+        </is>
+      </c>
+      <c r="AM119" t="inlineStr">
+        <is>
+          <t>United States</t>
         </is>
       </c>
       <c r="AN119" t="inlineStr">
         <is>
-          <t>Wyoming</t>
+          <t>Oklahoma</t>
+        </is>
+      </c>
+      <c r="AQ119" t="inlineStr">
+        <is>
+          <t>Hunton anticline, Arbuckle-Aimpson aquifer</t>
         </is>
       </c>
       <c r="AU119" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV119" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW119" t="inlineStr">
         <is>
-          <t>Bowen, Zachary H. 0000-0002-8656-1831 bowenz@usgs.gov; Aldridge, Cameron L. 0000-0003-3926-6941 aldridgec@usgs.gov; Anderson, Patrick J. 0000-0003-2281-389X andersonpj@usgs.gov; Assal, Timothy J. 0000-0001-6342-2954 assalt@usgs.gov; Biewick, Laura; Blecker, Steven W.; Boughton, Gregory K. 0000-0001-7355-4977 gkbought@usgs.gov; Bristol, R. Sky 0000-0003-1682-4031 sbristol@usgs.gov; Carr, Natasha B. 0000-0002-4842-0632 carrn@usgs.gov; Chalfoun, Anna D.; Chong, Geneva W. 0000-0003-3883-5153 geneva_chong@usgs.gov; Clark, Melanie L. mlclark@usgs.gov; Diffendorfer, Jay E. 0000-0003-1093-6948 jediffendorfer@usgs.gov; Fedy, Bradley C.; Foster, Katharine; Garman, Steven L. 0000-0002-9032-9074 slgarman@usgs.gov; Germaine, Steve 0000-0002-7614-2676 germaines@usgs.gov; Holloway, JoAnn 0000-0003-3603-7668; Homer, Collin G. 0000-0003-4755-8135 homer@usgs.gov; Kauffman, Matthew J. 0000-0003-0127-3900 mkauffman@usgs.gov; Keinath, Douglas; Latysh, Natalie 0000-0003-0149-3962 nlatysh@usgs.gov; Manier, Daniel J. 0000-0002-1105-1327 manierd@usgs.gov; McDougal, Robert R.; Melcher, Cynthia P. 0000-0002-8044-9689 melcherc@usgs.gov; Miller, Kirk A. 0000-0002-8141-2001 kmiller@usgs.gov; Montag, Jessica; Potter, Christopher J. 0000-0002-2300-6670 cpotter@usgs.gov; Schell, Spencer 0000-0001-7732-1863 schells@usgs.gov; Shafer, Sarah L.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Stillings, Lisa L. 0000-0002-9011-8891 stilling@usgs.gov; Tuttle, Michele L. mtuttle@usgs.gov; Wilson, Anna B. 0000-0002-9737-2614 awilson@usgs.gov</t>
+          <t>Smith, Bruce D. 0000-0002-1643-2997 bsmith@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Deszcz-Pan, Maryla; Blome, Charles D. 0000-0002-3449-9378 cblome@usgs.gov; Hill, Patricia</t>
         </is>
       </c>
       <c r="AZ119" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA119" t="inlineStr">
         <is>
-          <t>4f4e4a34e4b07f02db619cec</t>
+          <t>505a3031e4b0c8380cd5d43a</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70004427</t>
+          <t>https://pubs.usgs.gov/publication/70005257</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>70004427</t>
+          <t>70005257</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>70004427</t>
+          <t>70005257</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>Book chapter</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
-          <t>Book Chapter</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
-          <t>Geochemical mapping of the Denver, Colorado (USA) urban area: A comparison of studies in 1972 and 2005</t>
+          <t>Pb-concentrations and Pb-isotope ratios in soils collected along an east-west transect across the United States</t>
+        </is>
+      </c>
+      <c r="H120" t="inlineStr">
+        <is>
+          <t>Applied Geochemistry</t>
+        </is>
+      </c>
+      <c r="P120" t="inlineStr">
+        <is>
+          <t>10.1016/j.apgeochem.2011.04.018</t>
+        </is>
+      </c>
+      <c r="R120" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="S120" t="inlineStr">
+        <is>
+          <t>9-10</t>
         </is>
       </c>
       <c r="T120" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U120" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
+      <c r="V120" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
       <c r="W120" t="inlineStr">
         <is>
-          <t>John Wiley &amp; Sons, Ltd.</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="X120" t="inlineStr">
         <is>
-          <t>Chichester, UK</t>
+          <t>Amsterdam, Netherlands</t>
         </is>
       </c>
       <c r="Y120" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center</t>
+          <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z120" t="inlineStr">
         <is>
-          <t>p. 521-546</t>
-[...14 lines deleted...]
-          <t>Mapping the Chemical Environment of Urban Areas</t>
+          <t>9 p.</t>
+        </is>
+      </c>
+      <c r="AD120" t="inlineStr">
+        <is>
+          <t>1623</t>
+        </is>
+      </c>
+      <c r="AE120" t="inlineStr">
+        <is>
+          <t>1631</t>
         </is>
       </c>
       <c r="AF120" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AM120" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
-      <c r="AN120" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW120" t="inlineStr">
         <is>
-          <t>Smith, D. B. davidsmith@usgs.gov; Garrett, R. G.; Closs, G.; Ellefsen, K.J. 0000-0003-3075-4703; Kilburn, J.E.; Horton, J.D. 0000-0003-2969-9073; Smith, S. M.</t>
-[...4 lines deleted...]
-          <t>Johnson, C.C.; Demetriades, A.; Locutura, J.; Ottesen, R. T.</t>
+          <t>Reimann, Clemens; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Flem, Belinda</t>
         </is>
       </c>
       <c r="AZ120" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA120" t="inlineStr">
         <is>
-          <t>4f4e4b23e4b07f02db6ae093</t>
+          <t>4f4e4ac7e4b07f02db67b01f</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70035989</t>
+          <t>https://pubs.usgs.gov/publication/ofr20111219</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>70035989</t>
+          <t>70005423</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>70035989</t>
+          <t>ofr20111219</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
-          <t>Multispecies modeling for adaptive management of horseshoe crabs and red knots in the Delaware Bay</t>
+          <t>U.S. Geological Survey Science for the Wyoming Landscape Conservation Initiative-2010 Annual Report</t>
         </is>
       </c>
       <c r="H121" t="inlineStr">
         <is>
-          <t>Natural Resource Modeling</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I121" t="inlineStr">
+        <is>
+          <t>2011-1219</t>
+        </is>
+      </c>
+      <c r="M121" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N121" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P121" t="inlineStr">
         <is>
-          <t>10.1111/j.1939-7445.2010.00085.x</t>
-[...7 lines deleted...]
-      <c r="S121" t="inlineStr">
+          <t>10.3133/ofr20111219</t>
+        </is>
+      </c>
+      <c r="T121" t="inlineStr">
+        <is>
+          <t>2011</t>
+        </is>
+      </c>
+      <c r="U121" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V121" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W121" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X121" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
+        </is>
+      </c>
+      <c r="Y121" t="inlineStr">
+        <is>
+          <t>Core Science Analytics, Synthesis, and Libraries; Fort Collins Science Center</t>
+        </is>
+      </c>
+      <c r="Z121" t="inlineStr">
+        <is>
+          <t>ix, 146 p.</t>
+        </is>
+      </c>
+      <c r="AN121" t="inlineStr">
+        <is>
+          <t>Wyoming</t>
+        </is>
+      </c>
+      <c r="AU121" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV121" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AW121" t="inlineStr">
+        <is>
+          <t>Bowen, Zachary H. 0000-0002-8656-1831 bowenz@usgs.gov; Aldridge, Cameron L. 0000-0003-3926-6941 aldridgec@usgs.gov; Anderson, Patrick J. 0000-0003-2281-389X andersonpj@usgs.gov; Assal, Timothy J. 0000-0001-6342-2954 assalt@usgs.gov; Biewick, Laura; Blecker, Steven W.; Boughton, Gregory K. 0000-0001-7355-4977 gkbought@usgs.gov; Bristol, R. Sky 0000-0003-1682-4031 sbristol@usgs.gov; Carr, Natasha B. 0000-0002-4842-0632 carrn@usgs.gov; Chalfoun, Anna D.; Chong, Geneva W. 0000-0003-3883-5153 geneva_chong@usgs.gov; Clark, Melanie L. mlclark@usgs.gov; Diffendorfer, Jay E. 0000-0003-1093-6948 jediffendorfer@usgs.gov; Fedy, Bradley C.; Foster, Katharine; Garman, Steven L. 0000-0002-9032-9074 slgarman@usgs.gov; Germaine, Steve 0000-0002-7614-2676 germaines@usgs.gov; Holloway, JoAnn 0000-0003-3603-7668; Homer, Collin G. 0000-0003-4755-8135 homer@usgs.gov; Kauffman, Matthew J. 0000-0003-0127-3900 mkauffman@usgs.gov; Keinath, Douglas; Latysh, Natalie 0000-0003-0149-3962 nlatysh@usgs.gov; Manier, Daniel J. 0000-0002-1105-1327 manierd@usgs.gov; McDougal, Robert R.; Melcher, Cynthia P. 0000-0002-8044-9689 melcherc@usgs.gov; Miller, Kirk A. 0000-0002-8141-2001 kmiller@usgs.gov; Montag, Jessica; Potter, Christopher J. 0000-0002-2300-6670 cpotter@usgs.gov; Schell, Spencer 0000-0001-7732-1863 schells@usgs.gov; Shafer, Sarah L.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Stillings, Lisa L. 0000-0002-9011-8891 stilling@usgs.gov; Tuttle, Michele L. mtuttle@usgs.gov; Wilson, Anna B. 0000-0002-9737-2614 awilson@usgs.gov</t>
+        </is>
+      </c>
+      <c r="AZ121" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="T121" t="inlineStr">
-[...63 lines deleted...]
-      </c>
       <c r="BA121" t="inlineStr">
         <is>
-          <t>505a60a0e4b0c8380cd715ac</t>
+          <t>4f4e4a34e4b07f02db619cec</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ds589</t>
+          <t>https://pubs.usgs.gov/publication/70004427</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>70004782</t>
+          <t>70004427</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>ds589</t>
+          <t>70004427</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Book chapter</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Book Chapter</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
-          <t>Biosolids, crop, and groundwater data for a biosolids-application area near Deer Trail, Colorado, 2007 and 2008</t>
-[...24 lines deleted...]
-          <t>10.3133/ds589</t>
+          <t>Geochemical mapping of the Denver, Colorado (USA) urban area: A comparison of studies in 1972 and 2005</t>
         </is>
       </c>
       <c r="T122" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U122" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
-      <c r="V122" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="W122" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>John Wiley &amp; Sons, Ltd.</t>
         </is>
       </c>
       <c r="X122" t="inlineStr">
         <is>
-          <t>Reston, VA</t>
+          <t>Chichester, UK</t>
         </is>
       </c>
       <c r="Y122" t="inlineStr">
         <is>
-          <t>Colorado Water Science Center</t>
+          <t>Central Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z122" t="inlineStr">
         <is>
-          <t>vi, 53 p.</t>
-[...9 lines deleted...]
-          <t>2008-12-31</t>
+          <t>p. 521-546</t>
+        </is>
+      </c>
+      <c r="AA122" t="inlineStr">
+        <is>
+          <t>Book</t>
+        </is>
+      </c>
+      <c r="AB122" t="inlineStr">
+        <is>
+          <t>Other Government Series</t>
+        </is>
+      </c>
+      <c r="AC122" t="inlineStr">
+        <is>
+          <t>Mapping the Chemical Environment of Urban Areas</t>
+        </is>
+      </c>
+      <c r="AF122" t="inlineStr">
+        <is>
+          <t>26</t>
         </is>
       </c>
       <c r="AM122" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN122" t="inlineStr">
         <is>
           <t>Colorado</t>
         </is>
       </c>
-      <c r="AU122" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="AW122" t="inlineStr">
         <is>
-          <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov</t>
+          <t>Smith, D. B. davidsmith@usgs.gov; Garrett, R. G.; Closs, G.; Ellefsen, K.J. 0000-0003-3075-4703; Kilburn, J.E.; Horton, J.D. 0000-0003-2969-9073; Smith, S. M.</t>
+        </is>
+      </c>
+      <c r="AX122" t="inlineStr">
+        <is>
+          <t>Johnson, C.C.; Demetriades, A.; Locutura, J.; Ottesen, R. T.</t>
         </is>
       </c>
       <c r="AZ122" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA122" t="inlineStr">
         <is>
-          <t>4f4e4a38e4b07f02db61cfd0</t>
+          <t>4f4e4b23e4b07f02db6ae093</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20111146</t>
+          <t>https://pubs.usgs.gov/publication/70035989</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>70004756</t>
+          <t>70035989</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>ofr20111146</t>
+          <t>70035989</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
-          <t>Analytical results for municipal biosolids samples from a monitoring program near Deer Trail, Colorado (U.S.A.), 2010</t>
+          <t>Multispecies modeling for adaptive management of horseshoe crabs and red knots in the Delaware Bay</t>
         </is>
       </c>
       <c r="H123" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Natural Resource Modeling</t>
         </is>
       </c>
       <c r="P123" t="inlineStr">
         <is>
-          <t>10.3133/ofr20111146</t>
+          <t>10.1111/j.1939-7445.2010.00085.x</t>
+        </is>
+      </c>
+      <c r="R123" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="S123" t="inlineStr">
+        <is>
+          <t>1</t>
         </is>
       </c>
       <c r="T123" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U123" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V123" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W123" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Wiley</t>
         </is>
       </c>
       <c r="Y123" t="inlineStr">
         <is>
-          <t>Crustal Geophysics and Geochemistry Science Center</t>
+          <t>Coop Res Unit Atlanta; Leetown Science Center; Patuxent Wildlife Research Center; Wetland and Aquatic Research Center</t>
         </is>
       </c>
       <c r="Z123" t="inlineStr">
         <is>
-          <t>iii, 24 p.</t>
-[...14 lines deleted...]
-          <t>2010-12-31</t>
+          <t>40 p.</t>
+        </is>
+      </c>
+      <c r="AD123" t="inlineStr">
+        <is>
+          <t>117</t>
+        </is>
+      </c>
+      <c r="AE123" t="inlineStr">
+        <is>
+          <t>156</t>
         </is>
       </c>
       <c r="AM123" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN123" t="inlineStr">
         <is>
-          <t>Colorado</t>
-[...9 lines deleted...]
-          <t>N</t>
+          <t>Delaware, New Jersey</t>
+        </is>
+      </c>
+      <c r="AQ123" t="inlineStr">
+        <is>
+          <t>Delaware Bay</t>
         </is>
       </c>
       <c r="AW123" t="inlineStr">
         <is>
-          <t>Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Yager, T. J. B.; Berry, C. J.; Adams, M. G.</t>
+          <t>McGowan, Conor P. 0000-0002-7330-9581 cmcgowan@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Sweka, J. A.; Martin, Julien 0000-0002-7375-129X julienmartin@usgs.gov; Nichols, James D. 0000-0002-7631-2890 jnichols@usgs.gov; Wong, R.; Lyons, J. E.; Niles, L. J.; Kalasz, K.; Brust, J.; Klopfer, M.; Spear, B.</t>
         </is>
       </c>
       <c r="AZ123" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA123" t="inlineStr">
         <is>
-          <t>4f4e4ac9e4b07f02db67ca2f</t>
+          <t>505a60a0e4b0c8380cd715ac</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70227299</t>
+          <t>https://pubs.usgs.gov/publication/ds589</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>70227299</t>
+          <t>70004782</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>70227299</t>
+          <t>ds589</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
-          <t>A national-scale geochemical and mineralogical survey of soils of the conterminous United States</t>
+          <t>Biosolids, crop, and groundwater data for a biosolids-application area near Deer Trail, Colorado, 2007 and 2008</t>
         </is>
       </c>
       <c r="H124" t="inlineStr">
         <is>
-          <t>Applied Geochemistry</t>
+          <t>Data Series</t>
+        </is>
+      </c>
+      <c r="I124" t="inlineStr">
+        <is>
+          <t>589</t>
+        </is>
+      </c>
+      <c r="M124" t="inlineStr">
+        <is>
+          <t>2327-638X</t>
+        </is>
+      </c>
+      <c r="N124" t="inlineStr">
+        <is>
+          <t>2327-0271</t>
         </is>
       </c>
       <c r="P124" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2011.03.116</t>
-[...9 lines deleted...]
-          <t>Supplement</t>
+          <t>10.3133/ds589</t>
         </is>
       </c>
       <c r="T124" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U124" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V124" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W124" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X124" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y124" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
+          <t>Colorado Water Science Center</t>
         </is>
       </c>
       <c r="Z124" t="inlineStr">
         <is>
-          <t>6 p.</t>
-[...9 lines deleted...]
-          <t>S255</t>
+          <t>vi, 53 p.</t>
+        </is>
+      </c>
+      <c r="AH124" t="inlineStr">
+        <is>
+          <t>2007-01-01</t>
+        </is>
+      </c>
+      <c r="AI124" t="inlineStr">
+        <is>
+          <t>2008-12-31</t>
         </is>
       </c>
       <c r="AM124" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
-      <c r="AQ124" t="inlineStr">
-[...1 lines deleted...]
-          <t>Conterminous United States</t>
+      <c r="AN124" t="inlineStr">
+        <is>
+          <t>Colorado</t>
+        </is>
+      </c>
+      <c r="AU124" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV124" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW124" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov</t>
+          <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov</t>
         </is>
       </c>
       <c r="AZ124" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="BA124" t="inlineStr">
+        <is>
+          <t>4f4e4a38e4b07f02db61cfd0</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20111012</t>
+          <t>https://pubs.usgs.gov/publication/ofr20111146</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>98999</t>
+          <t>70004756</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>ofr20111012</t>
+          <t>ofr20111146</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
-          <t>Non-native fish control below Glen Canyon Dam - Report from a structured decision-making project</t>
+          <t>Analytical results for municipal biosolids samples from a monitoring program near Deer Trail, Colorado (U.S.A.), 2010</t>
         </is>
       </c>
       <c r="H125" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I125" t="inlineStr">
         <is>
-          <t>2011-1012</t>
+          <t>2011-1146</t>
         </is>
       </c>
       <c r="M125" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N125" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P125" t="inlineStr">
         <is>
-          <t>10.3133/ofr20111012</t>
+          <t>10.3133/ofr20111146</t>
         </is>
       </c>
       <c r="T125" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U125" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V125" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W125" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
+      <c r="X125" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
+        </is>
+      </c>
       <c r="Y125" t="inlineStr">
         <is>
-          <t>Eastern Ecological Science Center; Patuxent Wildlife Research Center</t>
+          <t>Crustal Geophysics and Geochemistry Science Center</t>
         </is>
       </c>
       <c r="Z125" t="inlineStr">
         <is>
-          <t>vi, 75 p.</t>
+          <t>iii, 24 p.</t>
+        </is>
+      </c>
+      <c r="AF125" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="AH125" t="inlineStr">
+        <is>
+          <t>2010-01-01</t>
+        </is>
+      </c>
+      <c r="AI125" t="inlineStr">
+        <is>
+          <t>2010-12-31</t>
+        </is>
+      </c>
+      <c r="AM125" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN125" t="inlineStr">
+        <is>
+          <t>Colorado</t>
         </is>
       </c>
       <c r="AU125" t="inlineStr">
         <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV125" t="inlineStr">
+        <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV125" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW125" t="inlineStr">
         <is>
-          <t>Runge, Michael C. 0000-0002-8081-536X mrunge@usgs.gov; Bean, Ellen; Smith, David 0000-0001-6074-9257; Kokos, Sonja</t>
+          <t>Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Yager, T. J. B.; Berry, C. J.; Adams, M. G.</t>
         </is>
       </c>
       <c r="AZ125" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA125" t="inlineStr">
         <is>
-          <t>4f4e4afde4b07f02db6970bc</t>
+          <t>4f4e4ac9e4b07f02db67ca2f</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70034103</t>
+          <t>https://pubs.usgs.gov/publication/70227299</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>70034103</t>
+          <t>70227299</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>70034103</t>
+          <t>70227299</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
-          <t>Recovery and reprocessing of legacy geophysical data from the archives of the State Company of Geology and Mining (GEOSURV) of Iraq and Iraq Petroleum Company (IPC)</t>
+          <t>A national-scale geochemical and mineralogical survey of soils of the conterminous United States</t>
         </is>
       </c>
       <c r="H126" t="inlineStr">
         <is>
-          <t>SEG Technical Program Expanded Abstracts</t>
+          <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P126" t="inlineStr">
         <is>
-          <t>10.1190/1.3628209</t>
+          <t>10.1016/j.apgeochem.2011.03.116</t>
         </is>
       </c>
       <c r="R126" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>26</t>
         </is>
       </c>
       <c r="S126" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>Supplement</t>
         </is>
       </c>
       <c r="T126" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U126" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V126" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W126" t="inlineStr">
         <is>
-          <t>Society of Exploration Geophysicists</t>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="Y126" t="inlineStr">
+        <is>
+          <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
+        </is>
+      </c>
+      <c r="Z126" t="inlineStr">
+        <is>
+          <t>6 p.</t>
         </is>
       </c>
       <c r="AD126" t="inlineStr">
         <is>
-          <t>856</t>
+          <t>S250</t>
         </is>
       </c>
       <c r="AE126" t="inlineStr">
         <is>
-          <t>860</t>
-[...4 lines deleted...]
-          <t>5</t>
+          <t>S255</t>
         </is>
       </c>
       <c r="AM126" t="inlineStr">
         <is>
-          <t>Iran, Iraq</t>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AQ126" t="inlineStr">
+        <is>
+          <t>Conterminous United States</t>
         </is>
       </c>
       <c r="AW126" t="inlineStr">
         <is>
-          <t>Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Drenth, Benjamin J. 0000-0002-3954-8124 bdrenth@usgs.gov; Fairhead, J.D.; Lei, K.; Dark, J.A.; Al-Bassam, K.</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov</t>
         </is>
       </c>
       <c r="AZ126" t="inlineStr">
         <is>
           <t>0</t>
-        </is>
-[...3 lines deleted...]
-          <t>50e4a322e4b0e8fec6cdb773</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70044955</t>
+          <t>https://pubs.usgs.gov/publication/ofr20111012</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>70044955</t>
+          <t>98999</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>70044955</t>
+          <t>ofr20111012</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>Book</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
-          <t>Conference publication</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
-          <t>Monitoring soil geochemistry in the urban environment: A comparison of studies in 1972 and 2005 in Denver, Colorado</t>
+          <t>Non-native fish control below Glen Canyon Dam - Report from a structured decision-making project</t>
+        </is>
+      </c>
+      <c r="H127" t="inlineStr">
+        <is>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I127" t="inlineStr">
+        <is>
+          <t>2011-1012</t>
+        </is>
+      </c>
+      <c r="M127" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N127" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
+        </is>
+      </c>
+      <c r="P127" t="inlineStr">
+        <is>
+          <t>10.3133/ofr20111012</t>
         </is>
       </c>
       <c r="T127" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U127" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V127" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
+      <c r="W127" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
       <c r="Y127" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center</t>
+          <t>Eastern Ecological Science Center; Patuxent Wildlife Research Center</t>
         </is>
       </c>
       <c r="Z127" t="inlineStr">
         <is>
-          <t>23 slides</t>
-[...29 lines deleted...]
-          <t>Denver</t>
+          <t>vi, 75 p.</t>
+        </is>
+      </c>
+      <c r="AU127" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AV127" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW127" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov; Garrett, Ronald G.; Closs, L. Graham</t>
+          <t>Runge, Michael C. 0000-0002-8081-536X mrunge@usgs.gov; Bean, Ellen; Smith, David 0000-0001-6074-9257; Kokos, Sonja</t>
         </is>
       </c>
       <c r="AZ127" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA127" t="inlineStr">
         <is>
-          <t>51765beae4b0f989f99e0103</t>
+          <t>4f4e4afde4b07f02db6970bc</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036900</t>
+          <t>https://pubs.usgs.gov/publication/70044955</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>70036900</t>
+          <t>70044955</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>70036900</t>
+          <t>70044955</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Book</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Conference publication</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
-          <t>New information on the braincase of the North American therizinosaurian (Theropoda, Maniraptora) &lt;i&gt;Falcarius utahensis&lt;/i&gt;</t>
-[...19 lines deleted...]
-          <t>2</t>
+          <t>Monitoring soil geochemistry in the urban environment: A comparison of studies in 1972 and 2005 in Denver, Colorado</t>
         </is>
       </c>
       <c r="T128" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U128" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V128" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W128" t="inlineStr">
-[...1 lines deleted...]
-          <t>University of Oklahoma</t>
+      <c r="Y128" t="inlineStr">
+        <is>
+          <t>Central Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z128" t="inlineStr">
         <is>
-          <t>18 p.</t>
-[...9 lines deleted...]
-          <t>404</t>
+          <t>23 slides</t>
+        </is>
+      </c>
+      <c r="AJ128" t="inlineStr">
+        <is>
+          <t>Environmental Measurement Symposium</t>
+        </is>
+      </c>
+      <c r="AK128" t="inlineStr">
+        <is>
+          <t>Bellevue</t>
+        </is>
+      </c>
+      <c r="AL128" t="inlineStr">
+        <is>
+          <t>2011-08-18T00:00:00</t>
         </is>
       </c>
       <c r="AM128" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN128" t="inlineStr">
         <is>
-          <t>Utah</t>
-[...2 lines deleted...]
-      <c r="AU128" t="inlineStr">
+          <t>Colorado</t>
+        </is>
+      </c>
+      <c r="AP128" t="inlineStr">
+        <is>
+          <t>Denver</t>
+        </is>
+      </c>
+      <c r="AV128" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV128" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW128" t="inlineStr">
         <is>
-          <t>Smith, David; Zanno, Lindsay E.; Sanders, R. Kent; Deblieux, Donald D.; Kirkland, James I.</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov; Garrett, Ronald G.; Closs, L. Graham</t>
         </is>
       </c>
       <c r="AZ128" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA128" t="inlineStr">
         <is>
-          <t>505a6593e4b0c8380cd72c25</t>
+          <t>51765beae4b0f989f99e0103</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70035428</t>
+          <t>https://pubs.usgs.gov/publication/70034103</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>70035428</t>
+          <t>70034103</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>70035428</t>
+          <t>70034103</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
-          <t>Microbial survival in the stratosphere and implications for global dispersal</t>
+          <t>Recovery and reprocessing of legacy geophysical data from the archives of the State Company of Geology and Mining (GEOSURV) of Iraq and Iraq Petroleum Company (IPC)</t>
         </is>
       </c>
       <c r="H129" t="inlineStr">
         <is>
-          <t>Aerobiologia</t>
+          <t>SEG Technical Program Expanded Abstracts</t>
         </is>
       </c>
       <c r="P129" t="inlineStr">
         <is>
-          <t>10.1007/s10453-011-9203-5</t>
+          <t>10.1190/1.3628209</t>
         </is>
       </c>
       <c r="R129" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>30</t>
         </is>
       </c>
       <c r="S129" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>1</t>
         </is>
       </c>
       <c r="T129" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U129" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V129" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W129" t="inlineStr">
         <is>
-          <t>Springer</t>
-[...24 lines deleted...]
-          <t>Aerobiologia</t>
+          <t>Society of Exploration Geophysicists</t>
         </is>
       </c>
       <c r="AD129" t="inlineStr">
         <is>
-          <t>319</t>
+          <t>856</t>
         </is>
       </c>
       <c r="AE129" t="inlineStr">
         <is>
-          <t>332</t>
+          <t>860</t>
         </is>
       </c>
       <c r="AF129" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="AM129" t="inlineStr">
+        <is>
+          <t>Iran, Iraq</t>
         </is>
       </c>
       <c r="AW129" t="inlineStr">
         <is>
-          <t>Smith, David J.; Griffin, Dale W. 0000-0003-1719-5812 dgriffin@usgs.gov; McPeters, Richard D.; Ward, Peter D.; Schuerger, Andrew C.</t>
+          <t>Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Drenth, Benjamin J. 0000-0002-3954-8124 bdrenth@usgs.gov; Fairhead, J.D.; Lei, K.; Dark, J.A.; Al-Bassam, K.</t>
         </is>
       </c>
       <c r="AZ129" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA129" t="inlineStr">
         <is>
-          <t>505a5660e4b0c8380cd6d55a</t>
+          <t>50e4a322e4b0e8fec6cdb773</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70039061</t>
+          <t>https://pubs.usgs.gov/publication/70036900</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>70039061</t>
+          <t>70036900</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>70039061</t>
+          <t>70036900</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
-          <t>Stratospheric microbiology at 20 km over the Pacific Ocean</t>
+          <t>New information on the braincase of the North American therizinosaurian (Theropoda, Maniraptora) &lt;i&gt;Falcarius utahensis&lt;/i&gt;</t>
         </is>
       </c>
       <c r="H130" t="inlineStr">
         <is>
-          <t>Aerobiologia</t>
+          <t>Journal of Vertebrate Paleontology</t>
         </is>
       </c>
       <c r="P130" t="inlineStr">
         <is>
-          <t>10.1007/s10453-009-9141-7</t>
+          <t>10.1080/02724634.2011.549442</t>
         </is>
       </c>
       <c r="R130" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>31</t>
         </is>
       </c>
       <c r="S130" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="T130" t="inlineStr">
         <is>
-          <t>2010</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="U130" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V130" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W130" t="inlineStr">
         <is>
-          <t>Springer</t>
-[...9 lines deleted...]
-          <t>Florida Integrated Science Center-Tallahassee; Florida Water Science Center</t>
+          <t>University of Oklahoma</t>
         </is>
       </c>
       <c r="Z130" t="inlineStr">
         <is>
-          <t>12 p.</t>
+          <t>18 p.</t>
         </is>
       </c>
       <c r="AD130" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>387</t>
         </is>
       </c>
       <c r="AE130" t="inlineStr">
         <is>
-          <t>46</t>
-[...4 lines deleted...]
-          <t>Pacific Ocean</t>
+          <t>404</t>
+        </is>
+      </c>
+      <c r="AM130" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN130" t="inlineStr">
+        <is>
+          <t>Utah</t>
+        </is>
+      </c>
+      <c r="AU130" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV130" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW130" t="inlineStr">
         <is>
-          <t>Smith, David J.; Griffin, Dale W. 0000-0003-1719-5812 dgriffin@usgs.gov; Schuerger, Andrew C.</t>
+          <t>Smith, David; Zanno, Lindsay E.; Sanders, R. Kent; Deblieux, Donald D.; Kirkland, James I.</t>
         </is>
       </c>
       <c r="AZ130" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA130" t="inlineStr">
         <is>
-          <t>505b9a58e4b08c986b31c8b6</t>
+          <t>505a6593e4b0c8380cd72c25</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20101231</t>
+          <t>https://pubs.usgs.gov/publication/70035428</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>98801</t>
+          <t>70035428</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>ofr20101231</t>
+          <t>70035428</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey Science for the Wyoming Landscape Conservation Initiative-2009 Annual Report</t>
+          <t>Microbial survival in the stratosphere and implications for global dispersal</t>
         </is>
       </c>
       <c r="H131" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Aerobiologia</t>
         </is>
       </c>
       <c r="P131" t="inlineStr">
         <is>
-          <t>10.3133/ofr20101231</t>
+          <t>10.1007/s10453-011-9203-5</t>
+        </is>
+      </c>
+      <c r="R131" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="S131" t="inlineStr">
+        <is>
+          <t>4</t>
         </is>
       </c>
       <c r="T131" t="inlineStr">
         <is>
-          <t>2010</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="U131" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V131" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W131" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Springer</t>
         </is>
       </c>
       <c r="X131" t="inlineStr">
         <is>
-          <t>Reston, VA</t>
+          <t>Amsterdam, Netherlands</t>
         </is>
       </c>
       <c r="Y131" t="inlineStr">
         <is>
-          <t>Core Science Analytics, Synthesis, and Libraries; Fort Collins Science Center</t>
-[...9 lines deleted...]
-          <t>N</t>
+          <t>St. Petersburg Coastal and Marine Science Center</t>
+        </is>
+      </c>
+      <c r="AA131" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB131" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC131" t="inlineStr">
+        <is>
+          <t>Aerobiologia</t>
+        </is>
+      </c>
+      <c r="AD131" t="inlineStr">
+        <is>
+          <t>319</t>
+        </is>
+      </c>
+      <c r="AE131" t="inlineStr">
+        <is>
+          <t>332</t>
+        </is>
+      </c>
+      <c r="AF131" t="inlineStr">
+        <is>
+          <t>14</t>
         </is>
       </c>
       <c r="AW131" t="inlineStr">
         <is>
-          <t>Bowen, Zachary H. 0000-0002-8656-1831 bowenz@usgs.gov; Aldridge, Cameron L. 0000-0003-3926-6941 aldridgec@usgs.gov; Anderson, Patrick J. 0000-0003-2281-389X andersonpj@usgs.gov; Assal, Timothy J. 0000-0001-6342-2954 assalt@usgs.gov; Biewick, Laura R. H. lbiewick@usgs.gov; Blecker, Steven W.; Bristol, R. Sky 0000-0003-1682-4031 sbristol@usgs.gov; Carr, Natasha B. 0000-0002-4842-0632 carrn@usgs.gov; Chalfoun, Anna D. achalfoun@usgs.gov; Chong, Geneva W. 0000-0003-3883-5153 geneva_chong@usgs.gov; Diffendorfer, James E. 0000-0003-1093-6948 jediffendorfer@usgs.gov; Fedy, Bradley C.; Garman, Steven L. 0000-0002-9032-9074 slgarman@usgs.gov; Germaine, Stephen S. 0000-0002-7614-2676 germaines@usgs.gov; Grauch, Richard I. 0000-0002-1763-0813 rgrauch@usgs.gov; Holloway, JoAnn M. 0000-0003-3603-7668 jholloway@usgs.gov; Homer, Collin G. 0000-0003-4755-8135 homer@usgs.gov; Kauffman, Matthew mkauffman@usgs.gov; Keinath, Douglas; Latysh, Natalie 0000-0003-0149-3962 nlatysh@usgs.gov; Manier, Daniel J. 0000-0002-1105-1327 manierd@usgs.gov; McDougal, Robert R. rmcdouga@usgs.gov; Melcher, Cynthia P. 0000-0002-8044-9689 melcherc@usgs.gov; Miller, Kirk A. 0000-0002-8141-2001 kmiller@usgs.gov; Montag, Jessica; Nutt, Constance J. cnutt@usgs.gov; Potter, Christopher J. 0000-0002-2300-6670 cpotter@usgs.gov; Sawyer, Hall; Schell, Spencer 0000-0001-7732-1863 schells@usgs.gov; Shafer, Sarah L. 0000-0003-3739-2637 sshafer@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Stillings, Lisa L. 0000-0002-9011-8891 stilling@usgs.gov; Tuttle, Michele L. mtuttle@usgs.gov; Wilson, Anna B. 0000-0002-9737-2614 awilson@usgs.gov</t>
+          <t>Smith, David J.; Griffin, Dale W. 0000-0003-1719-5812 dgriffin@usgs.gov; McPeters, Richard D.; Ward, Peter D.; Schuerger, Andrew C.</t>
         </is>
       </c>
       <c r="AZ131" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA131" t="inlineStr">
         <is>
-          <t>53cd48ffe4b0b290850eecae</t>
+          <t>505a5660e4b0c8380cd6d55a</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70217565</t>
+          <t>https://pubs.usgs.gov/publication/70039061</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>70217565</t>
+          <t>70039061</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>70217565</t>
+          <t>70039061</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
-          <t>Age and sex specific timing, frequency, and spatial distribution of horseshoe crab spawning in Delaware Bay: Insights from a large-scale radio telemetry array</t>
+          <t>Stratospheric microbiology at 20 km over the Pacific Ocean</t>
         </is>
       </c>
       <c r="H132" t="inlineStr">
         <is>
-          <t>Current Zoology</t>
+          <t>Aerobiologia</t>
         </is>
       </c>
       <c r="P132" t="inlineStr">
         <is>
-          <t>10.1093/czoolo/56.5.563</t>
+          <t>10.1007/s10453-009-9141-7</t>
         </is>
       </c>
       <c r="R132" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>26</t>
         </is>
       </c>
       <c r="S132" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>1</t>
         </is>
       </c>
       <c r="T132" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
       <c r="U132" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V132" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W132" t="inlineStr">
         <is>
-          <t>Oxford Academic</t>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="X132" t="inlineStr">
+        <is>
+          <t>Amsterdam, Netherlands</t>
         </is>
       </c>
       <c r="Y132" t="inlineStr">
         <is>
-          <t>Leetown Science Center</t>
+          <t>Florida Integrated Science Center-Tallahassee; Florida Water Science Center</t>
         </is>
       </c>
       <c r="Z132" t="inlineStr">
         <is>
           <t>12 p.</t>
         </is>
       </c>
       <c r="AD132" t="inlineStr">
         <is>
-          <t>563</t>
+          <t>35</t>
         </is>
       </c>
       <c r="AE132" t="inlineStr">
         <is>
-          <t>574</t>
-[...9 lines deleted...]
-          <t>Delaware, New Jersey</t>
+          <t>46</t>
         </is>
       </c>
       <c r="AQ132" t="inlineStr">
         <is>
-          <t>Delaware Bay</t>
+          <t>Pacific Ocean</t>
         </is>
       </c>
       <c r="AW132" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Brousseau, L. J.; Mandt, Mary T.; Millard, Michael J.</t>
+          <t>Smith, David J.; Griffin, Dale W. 0000-0003-1719-5812 dgriffin@usgs.gov; Schuerger, Andrew C.</t>
         </is>
       </c>
       <c r="AZ132" t="inlineStr">
         <is>
           <t>1</t>
+        </is>
+      </c>
+      <c r="BA132" t="inlineStr">
+        <is>
+          <t>505b9a58e4b08c986b31c8b6</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20101162</t>
+          <t>https://pubs.usgs.gov/publication/ofr20101231</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>98685</t>
+          <t>98801</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>ofr20101162</t>
+          <t>ofr20101231</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
-          <t>Analytical results for municipal biosolids samples from a monitoring program near Deer Trail, Colorado (U.S.A.), 2009</t>
+          <t>U.S. Geological Survey Science for the Wyoming Landscape Conservation Initiative-2009 Annual Report</t>
         </is>
       </c>
       <c r="H133" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I133" t="inlineStr">
         <is>
-          <t>2010-1162</t>
+          <t>2010-1231</t>
         </is>
       </c>
       <c r="M133" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N133" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P133" t="inlineStr">
         <is>
-          <t>10.3133/ofr20101162</t>
+          <t>10.3133/ofr20101231</t>
         </is>
       </c>
       <c r="T133" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
       <c r="U133" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V133" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W133" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
+      <c r="X133" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
+        </is>
+      </c>
       <c r="Y133" t="inlineStr">
         <is>
-          <t>Crustal Geophysics and Geochemistry Science Center</t>
+          <t>Core Science Analytics, Synthesis, and Libraries; Fort Collins Science Center</t>
         </is>
       </c>
       <c r="Z133" t="inlineStr">
         <is>
-          <t>iii, 23 p.</t>
-[...4 lines deleted...]
-          <t>Y</t>
+          <t>ix, 105 p.</t>
         </is>
       </c>
       <c r="AV133" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW133" t="inlineStr">
         <is>
-          <t>Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Yager, T. J. B.; Berry, C. J.; Adams, M. G.</t>
+          <t>Bowen, Zachary H. 0000-0002-8656-1831 bowenz@usgs.gov; Aldridge, Cameron L. 0000-0003-3926-6941 aldridgec@usgs.gov; Anderson, Patrick J. 0000-0003-2281-389X andersonpj@usgs.gov; Assal, Timothy J. 0000-0001-6342-2954 assalt@usgs.gov; Biewick, Laura R. H. lbiewick@usgs.gov; Blecker, Steven W.; Bristol, R. Sky 0000-0003-1682-4031 sbristol@usgs.gov; Carr, Natasha B. 0000-0002-4842-0632 carrn@usgs.gov; Chalfoun, Anna D. achalfoun@usgs.gov; Chong, Geneva W. 0000-0003-3883-5153 geneva_chong@usgs.gov; Diffendorfer, James E. 0000-0003-1093-6948 jediffendorfer@usgs.gov; Fedy, Bradley C.; Garman, Steven L. 0000-0002-9032-9074 slgarman@usgs.gov; Germaine, Stephen S. 0000-0002-7614-2676 germaines@usgs.gov; Grauch, Richard I. 0000-0002-1763-0813 rgrauch@usgs.gov; Holloway, JoAnn M. 0000-0003-3603-7668 jholloway@usgs.gov; Homer, Collin G. 0000-0003-4755-8135 homer@usgs.gov; Kauffman, Matthew mkauffman@usgs.gov; Keinath, Douglas; Latysh, Natalie 0000-0003-0149-3962 nlatysh@usgs.gov; Manier, Daniel J. 0000-0002-1105-1327 manierd@usgs.gov; McDougal, Robert R. rmcdouga@usgs.gov; Melcher, Cynthia P. 0000-0002-8044-9689 melcherc@usgs.gov; Miller, Kirk A. 0000-0002-8141-2001 kmiller@usgs.gov; Montag, Jessica; Nutt, Constance J. cnutt@usgs.gov; Potter, Christopher J. 0000-0002-2300-6670 cpotter@usgs.gov; Sawyer, Hall; Schell, Spencer 0000-0001-7732-1863 schells@usgs.gov; Shafer, Sarah L. 0000-0003-3739-2637 sshafer@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Stillings, Lisa L. 0000-0002-9011-8891 stilling@usgs.gov; Tuttle, Michele L. mtuttle@usgs.gov; Wilson, Anna B. 0000-0002-9737-2614 awilson@usgs.gov</t>
         </is>
       </c>
       <c r="AZ133" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA133" t="inlineStr">
         <is>
-          <t>4f4e4ac9e4b07f02db67c91f</t>
+          <t>53cd48ffe4b0b290850eecae</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ds520</t>
+          <t>https://pubs.usgs.gov/publication/70217565</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>98658</t>
+          <t>70217565</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>ds520</t>
+          <t>70217565</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
-          <t>Geochemical data for Colorado soils: Results from the 2006 state-scale geochemical survey</t>
+          <t>Age and sex specific timing, frequency, and spatial distribution of horseshoe crab spawning in Delaware Bay: Insights from a large-scale radio telemetry array</t>
         </is>
       </c>
       <c r="H134" t="inlineStr">
         <is>
-          <t>Data Series</t>
-[...14 lines deleted...]
-          <t>2327-0271</t>
+          <t>Current Zoology</t>
         </is>
       </c>
       <c r="P134" t="inlineStr">
         <is>
-          <t>10.3133/ds520</t>
+          <t>10.1093/czoolo/56.5.563</t>
+        </is>
+      </c>
+      <c r="R134" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="S134" t="inlineStr">
+        <is>
+          <t>5</t>
         </is>
       </c>
       <c r="T134" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
       <c r="U134" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V134" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W134" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Oxford Academic</t>
         </is>
       </c>
       <c r="Y134" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center</t>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z134" t="inlineStr">
         <is>
-          <t>iv, 9 p.</t>
-[...9 lines deleted...]
-          <t>2006-12-31</t>
+          <t>12 p.</t>
+        </is>
+      </c>
+      <c r="AD134" t="inlineStr">
+        <is>
+          <t>563</t>
+        </is>
+      </c>
+      <c r="AE134" t="inlineStr">
+        <is>
+          <t>574</t>
         </is>
       </c>
       <c r="AM134" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN134" t="inlineStr">
         <is>
-          <t>Colorado</t>
-[...9 lines deleted...]
-          <t>Y</t>
+          <t>Delaware, New Jersey</t>
+        </is>
+      </c>
+      <c r="AQ134" t="inlineStr">
+        <is>
+          <t>Delaware Bay</t>
         </is>
       </c>
       <c r="AW134" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov; Kilburn, James E.</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Brousseau, L. J.; Mandt, Mary T.; Millard, Michael J.</t>
         </is>
       </c>
       <c r="AZ134" t="inlineStr">
         <is>
-          <t>2</t>
-[...4 lines deleted...]
-          <t>4f4e4b24e4b07f02db6ae50c</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70217567</t>
+          <t>https://pubs.usgs.gov/publication/ofr20101162</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>70217567</t>
+          <t>98685</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>70217567</t>
+          <t>ofr20101162</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
-          <t>Structured decision-making and rapid prototyping to plan a management response to an invasive species</t>
+          <t>Analytical results for municipal biosolids samples from a monitoring program near Deer Trail, Colorado (U.S.A.), 2009</t>
         </is>
       </c>
       <c r="H135" t="inlineStr">
         <is>
-          <t>Journal of Fish and Wildlife Management</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I135" t="inlineStr">
+        <is>
+          <t>2010-1162</t>
+        </is>
+      </c>
+      <c r="M135" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N135" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P135" t="inlineStr">
         <is>
-          <t>10.3996/JFWM-025</t>
-[...2 lines deleted...]
-      <c r="R135" t="inlineStr">
+          <t>10.3133/ofr20101162</t>
+        </is>
+      </c>
+      <c r="T135" t="inlineStr">
+        <is>
+          <t>2010</t>
+        </is>
+      </c>
+      <c r="U135" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V135" t="inlineStr">
+        <is>
+          <t>ENGLISH</t>
+        </is>
+      </c>
+      <c r="W135" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="Y135" t="inlineStr">
+        <is>
+          <t>Crustal Geophysics and Geochemistry Science Center</t>
+        </is>
+      </c>
+      <c r="Z135" t="inlineStr">
+        <is>
+          <t>iii, 23 p.</t>
+        </is>
+      </c>
+      <c r="AU135" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV135" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AW135" t="inlineStr">
+        <is>
+          <t>Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Yager, T. J. B.; Berry, C. J.; Adams, M. G.</t>
+        </is>
+      </c>
+      <c r="AZ135" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="S135" t="inlineStr">
-[...51 lines deleted...]
-          <t>1</t>
+      <c r="BA135" t="inlineStr">
+        <is>
+          <t>4f4e4ac9e4b07f02db67c91f</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ds510</t>
+          <t>https://pubs.usgs.gov/publication/ds520</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>98415</t>
+          <t>98658</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>ds510</t>
+          <t>ds520</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
-          <t>Soil geochemical data for the Wyoming Landscape Conservation Initiative study area</t>
+          <t>Geochemical data for Colorado soils: Results from the 2006 state-scale geochemical survey</t>
         </is>
       </c>
       <c r="H136" t="inlineStr">
         <is>
           <t>Data Series</t>
         </is>
       </c>
       <c r="I136" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>520</t>
         </is>
       </c>
       <c r="M136" t="inlineStr">
         <is>
           <t>2327-638X</t>
         </is>
       </c>
       <c r="N136" t="inlineStr">
         <is>
           <t>2327-0271</t>
         </is>
       </c>
       <c r="P136" t="inlineStr">
         <is>
-          <t>10.3133/ds510</t>
+          <t>10.3133/ds520</t>
         </is>
       </c>
       <c r="T136" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
       <c r="U136" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V136" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W136" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Y136" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Central Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z136" t="inlineStr">
         <is>
-          <t>iv, 10 p.</t>
+          <t>iv, 9 p.</t>
         </is>
       </c>
       <c r="AH136" t="inlineStr">
         <is>
-          <t>2008-01-01</t>
+          <t>2006-01-01</t>
         </is>
       </c>
       <c r="AI136" t="inlineStr">
         <is>
-          <t>2008-12-31</t>
+          <t>2006-12-31</t>
+        </is>
+      </c>
+      <c r="AM136" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN136" t="inlineStr">
+        <is>
+          <t>Colorado</t>
         </is>
       </c>
       <c r="AU136" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV136" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW136" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov; Kilburn, James E.</t>
         </is>
       </c>
       <c r="AZ136" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA136" t="inlineStr">
         <is>
-          <t>4f4e4a34e4b07f02db619ce9</t>
+          <t>4f4e4b24e4b07f02db6ae50c</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70217568</t>
+          <t>https://pubs.usgs.gov/publication/70217567</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>70217568</t>
+          <t>70217567</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>70217568</t>
+          <t>70217567</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
-          <t>Efficient estimators for adaptive stratified sequential sampling</t>
+          <t>Structured decision-making and rapid prototyping to plan a management response to an invasive species</t>
         </is>
       </c>
       <c r="H137" t="inlineStr">
         <is>
-          <t>Journal of Statistical Computation and Simulation</t>
+          <t>Journal of Fish and Wildlife Management</t>
         </is>
       </c>
       <c r="P137" t="inlineStr">
         <is>
-          <t>10.1080/00949650903005664</t>
+          <t>10.3996/JFWM-025</t>
         </is>
       </c>
       <c r="R137" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>1</t>
         </is>
       </c>
       <c r="S137" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>1</t>
         </is>
       </c>
       <c r="T137" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
       <c r="U137" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V137" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W137" t="inlineStr">
         <is>
-          <t>Taylor &amp; Francis</t>
+          <t>Allen Press</t>
         </is>
       </c>
       <c r="Y137" t="inlineStr">
         <is>
           <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z137" t="inlineStr">
         <is>
-          <t>17 p.</t>
+          <t>14 p.</t>
         </is>
       </c>
       <c r="AD137" t="inlineStr">
         <is>
-          <t>1163</t>
+          <t>19</t>
         </is>
       </c>
       <c r="AE137" t="inlineStr">
         <is>
-          <t>1179</t>
+          <t>32</t>
         </is>
       </c>
       <c r="AW137" t="inlineStr">
         <is>
-          <t>Salehi, M.; Moradi, M.; Brown, Jennifer 0000-0003-3137-7073 jenniferbrown@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>Blomquist, S. M.; Johnson, Trisha D.; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Call, Geoff P.; Miller, Brant N.; Thurman, W. Mark; McFadden, Jamie E.; Parkin, Mary J.; Bloomer, G. Scott</t>
         </is>
       </c>
       <c r="AZ137" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70043443</t>
+          <t>https://pubs.usgs.gov/publication/ds510</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>70043443</t>
+          <t>98415</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>70043443</t>
+          <t>ds510</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
-          <t>An incomplete analysis</t>
+          <t>Soil geochemical data for the Wyoming Landscape Conservation Initiative study area</t>
         </is>
       </c>
       <c r="H138" t="inlineStr">
         <is>
-          <t>BioScience</t>
+          <t>Data Series</t>
+        </is>
+      </c>
+      <c r="I138" t="inlineStr">
+        <is>
+          <t>510</t>
+        </is>
+      </c>
+      <c r="M138" t="inlineStr">
+        <is>
+          <t>2327-638X</t>
+        </is>
+      </c>
+      <c r="N138" t="inlineStr">
+        <is>
+          <t>2327-0271</t>
         </is>
       </c>
       <c r="P138" t="inlineStr">
         <is>
-          <t>10.1525/bio.2009.59.7.20</t>
-[...9 lines deleted...]
-          <t>7</t>
+          <t>10.3133/ds510</t>
         </is>
       </c>
       <c r="T138" t="inlineStr">
         <is>
-          <t>2009</t>
+          <t>2010</t>
         </is>
       </c>
       <c r="U138" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V138" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W138" t="inlineStr">
         <is>
-          <t>American Institute of Biological Sciences</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Y138" t="inlineStr">
         <is>
-          <t>Leetown Science Center</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z138" t="inlineStr">
         <is>
-          <t>1 p.</t>
-[...24 lines deleted...]
-          <t>541</t>
+          <t>iv, 10 p.</t>
+        </is>
+      </c>
+      <c r="AH138" t="inlineStr">
+        <is>
+          <t>2008-01-01</t>
+        </is>
+      </c>
+      <c r="AI138" t="inlineStr">
+        <is>
+          <t>2008-12-31</t>
+        </is>
+      </c>
+      <c r="AU138" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV138" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW138" t="inlineStr">
         <is>
-          <t>Smith, David 0000-0001-6074-9257; Hallerman, Eric M.; Millard, Michael J.; Sweka, John A.; Weber, Richard G.</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Ellefsen, Karl J. 0000-0003-3075-4703 ellefsen@usgs.gov</t>
         </is>
       </c>
       <c r="AZ138" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA138" t="inlineStr">
         <is>
-          <t>51c2d2dfe4b08857aac4238b</t>
+          <t>4f4e4a34e4b07f02db619ce9</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70046624</t>
+          <t>https://pubs.usgs.gov/publication/70217568</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>70046624</t>
+          <t>70217568</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>70046624</t>
+          <t>70217568</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
-          <t>Preliminary results of the North American Soil Geochemical Landscapes Project, northeast United States and Maritime Provinces of Canada</t>
+          <t>Efficient estimators for adaptive stratified sequential sampling</t>
+        </is>
+      </c>
+      <c r="H139" t="inlineStr">
+        <is>
+          <t>Journal of Statistical Computation and Simulation</t>
+        </is>
+      </c>
+      <c r="P139" t="inlineStr">
+        <is>
+          <t>10.1080/00949650903005664</t>
         </is>
       </c>
       <c r="R139" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="S139" t="inlineStr">
+        <is>
+          <t>10</t>
         </is>
       </c>
       <c r="T139" t="inlineStr">
         <is>
-          <t>2009</t>
+          <t>2010</t>
         </is>
       </c>
       <c r="U139" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V139" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W139" t="inlineStr">
         <is>
-          <t>The Association of Applied Geochemists</t>
-[...4 lines deleted...]
-          <t>Nepean, ON</t>
+          <t>Taylor &amp; Francis</t>
         </is>
       </c>
       <c r="Y139" t="inlineStr">
         <is>
-          <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z139" t="inlineStr">
         <is>
-          <t>4 p.</t>
-[...14 lines deleted...]
-          <t>24th International Applied Geochemistry Symposium</t>
+          <t>17 p.</t>
         </is>
       </c>
       <c r="AD139" t="inlineStr">
         <is>
-          <t>729</t>
+          <t>1163</t>
         </is>
       </c>
       <c r="AE139" t="inlineStr">
         <is>
-          <t>732</t>
+          <t>1179</t>
         </is>
       </c>
       <c r="AW139" t="inlineStr">
         <is>
-          <t>Grunsky, Eric C.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Friske, Peter W.B.; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov</t>
+          <t>Salehi, M.; Moradi, M.; Brown, Jennifer 0000-0003-3137-7073 jenniferbrown@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ139" t="inlineStr">
         <is>
-          <t>1</t>
-[...4 lines deleted...]
-          <t>51c02ff4e4b0ee1529ed3d42</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20091201</t>
+          <t>https://pubs.usgs.gov/publication/70043443</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>97885</t>
+          <t>70043443</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>ofr20091201</t>
+          <t>70043443</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey Science for the Wyoming Landscape Conservation Initiative - 2008 Annual Report</t>
+          <t>An incomplete analysis</t>
         </is>
       </c>
       <c r="H140" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>BioScience</t>
         </is>
       </c>
       <c r="P140" t="inlineStr">
         <is>
-          <t>10.3133/ofr20091201</t>
+          <t>10.1525/bio.2009.59.7.20</t>
+        </is>
+      </c>
+      <c r="R140" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="S140" t="inlineStr">
+        <is>
+          <t>7</t>
         </is>
       </c>
       <c r="T140" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U140" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V140" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W140" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>American Institute of Biological Sciences</t>
         </is>
       </c>
       <c r="Y140" t="inlineStr">
         <is>
-          <t>Core Science Analytics, Synthesis, and Libraries; Fort Collins Science Center</t>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z140" t="inlineStr">
         <is>
-          <t>xi, 83 p.</t>
-[...4 lines deleted...]
-          <t>Y</t>
+          <t>1 p.</t>
+        </is>
+      </c>
+      <c r="AA140" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB140" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC140" t="inlineStr">
+        <is>
+          <t>BioScience</t>
+        </is>
+      </c>
+      <c r="AD140" t="inlineStr">
+        <is>
+          <t>541</t>
+        </is>
+      </c>
+      <c r="AE140" t="inlineStr">
+        <is>
+          <t>541</t>
         </is>
       </c>
       <c r="AW140" t="inlineStr">
         <is>
-          <t>Bowen, Zachary H. 0000-0002-8656-1831 bowenz@usgs.gov; Aldridge, Cameron L. 0000-0003-3926-6941 aldridgec@usgs.gov; Anderson, Patrick J. 0000-0003-2281-389X andersonpj@usgs.gov; Assal, Timothy J. 0000-0001-6342-2954 assalt@usgs.gov; Baer, Lori Anne 0000-0003-1908-979X labaer@usgs.gov; Bristol, R. Sky 0000-0003-1682-4031 sbristol@usgs.gov; Carr, Natasha B. 0000-0002-4842-0632 carrn@usgs.gov; Chong, Geneva W. 0000-0003-3883-5153 geneva_chong@usgs.gov; Diffendorfer, Jay E. 0000-0003-1093-6948 jediffendorfer@usgs.gov; Fedy, Bradley C.; Garman, Steven L. 0000-0002-9032-9074 slgarman@usgs.gov; Germaine, Steve 0000-0002-7614-2676 germaines@usgs.gov; Grauch, Richard I. 0000-0002-1763-0813 rgrauch@usgs.gov; Homer, Collin G. 0000-0003-4755-8135 homer@usgs.gov; Manier, Daniel J. 0000-0002-1105-1327 manierd@usgs.gov; Kauffman, Matthew J. 0000-0003-0127-3900 mkauffman@usgs.gov; Latysh, Natalie 0000-0003-0149-3962 nlatysh@usgs.gov; Melcher, Cynthia P. 0000-0002-8044-9689 melcherc@usgs.gov; Miller, Kirk A. 0000-0002-8141-2001 kmiller@usgs.gov; Montag, Jessica; Nutt, Constance J. cnutt@usgs.gov; Potter, Christopher 0000-0002-2300-6670; Sawyer, Hall; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Sweat, Michael J. mjsweat@usgs.gov; Wilson, Anna B. 0000-0002-9737-2614 awilson@usgs.gov</t>
+          <t>Smith, David 0000-0001-6074-9257; Hallerman, Eric M.; Millard, Michael J.; Sweka, John A.; Weber, Richard G.</t>
         </is>
       </c>
       <c r="AZ140" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA140" t="inlineStr">
         <is>
-          <t>4f4e4a34e4b07f02db619cee</t>
+          <t>51c2d2dfe4b08857aac4238b</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70140566</t>
+          <t>https://pubs.usgs.gov/publication/70046624</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>70140566</t>
+          <t>70046624</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>70140566</t>
+          <t>70046624</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
-          <t>Geochemical studies of North American soils: results from the pilot study phase of the North American Soil Geochemical Landscapes Project</t>
-[...9 lines deleted...]
-          <t>10.1016/j.apgeochem.2009.04.006</t>
+          <t>Preliminary results of the North American Soil Geochemical Landscapes Project, northeast United States and Maritime Provinces of Canada</t>
         </is>
       </c>
       <c r="R141" t="inlineStr">
         <is>
-          <t>24</t>
-[...4 lines deleted...]
-          <t>8</t>
+          <t>2</t>
         </is>
       </c>
       <c r="T141" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U141" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V141" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W141" t="inlineStr">
         <is>
-          <t>International Association of Geochemistry and Cosmochemistry</t>
+          <t>The Association of Applied Geochemists</t>
         </is>
       </c>
       <c r="X141" t="inlineStr">
         <is>
-          <t>New York, NY</t>
+          <t>Nepean, ON</t>
+        </is>
+      </c>
+      <c r="Y141" t="inlineStr">
+        <is>
+          <t>Central Mineral and Environmental Resources Science Center; Eastern Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z141" t="inlineStr">
         <is>
-          <t>2 p.</t>
+          <t>4 p.</t>
+        </is>
+      </c>
+      <c r="AA141" t="inlineStr">
+        <is>
+          <t>Book</t>
+        </is>
+      </c>
+      <c r="AB141" t="inlineStr">
+        <is>
+          <t>Conference publication</t>
+        </is>
+      </c>
+      <c r="AC141" t="inlineStr">
+        <is>
+          <t>24th International Applied Geochemistry Symposium</t>
         </is>
       </c>
       <c r="AD141" t="inlineStr">
         <is>
-          <t>1355</t>
+          <t>729</t>
         </is>
       </c>
       <c r="AE141" t="inlineStr">
         <is>
-          <t>1356</t>
-[...14 lines deleted...]
-          <t>N</t>
+          <t>732</t>
         </is>
       </c>
       <c r="AW141" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
+          <t>Grunsky, Eric C.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Friske, Peter W.B.; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov</t>
         </is>
       </c>
       <c r="AZ141" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA141" t="inlineStr">
         <is>
-          <t>54dd2ba8e4b08de9379b3466</t>
+          <t>51c02ff4e4b0ee1529ed3d42</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20091111</t>
+          <t>https://pubs.usgs.gov/publication/ofr20091201</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>97613</t>
+          <t>97885</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>ofr20091111</t>
+          <t>ofr20091201</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
-          <t>Analytical Results for Agricultural Soils Samples from a Monitoring Program Near Deer Trail, Colorado (USA)</t>
+          <t>U.S. Geological Survey Science for the Wyoming Landscape Conservation Initiative - 2008 Annual Report</t>
         </is>
       </c>
       <c r="H142" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I142" t="inlineStr">
         <is>
-          <t>2009-1111</t>
+          <t>2009-1201</t>
         </is>
       </c>
       <c r="M142" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N142" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P142" t="inlineStr">
         <is>
-          <t>10.3133/ofr20091111</t>
+          <t>10.3133/ofr20091201</t>
         </is>
       </c>
       <c r="T142" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U142" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V142" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W142" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Y142" t="inlineStr">
         <is>
-          <t>Crustal Imaging and Characterization</t>
+          <t>Core Science Analytics, Synthesis, and Libraries; Fort Collins Science Center</t>
         </is>
       </c>
       <c r="Z142" t="inlineStr">
         <is>
-          <t>iv, 147 p.</t>
+          <t>xi, 83 p.</t>
         </is>
       </c>
       <c r="AU142" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW142" t="inlineStr">
         <is>
-          <t>Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Yager, T. J. B.</t>
+          <t>Bowen, Zachary H. 0000-0002-8656-1831 bowenz@usgs.gov; Aldridge, Cameron L. 0000-0003-3926-6941 aldridgec@usgs.gov; Anderson, Patrick J. 0000-0003-2281-389X andersonpj@usgs.gov; Assal, Timothy J. 0000-0001-6342-2954 assalt@usgs.gov; Baer, Lori Anne 0000-0003-1908-979X labaer@usgs.gov; Bristol, R. Sky 0000-0003-1682-4031 sbristol@usgs.gov; Carr, Natasha B. 0000-0002-4842-0632 carrn@usgs.gov; Chong, Geneva W. 0000-0003-3883-5153 geneva_chong@usgs.gov; Diffendorfer, Jay E. 0000-0003-1093-6948 jediffendorfer@usgs.gov; Fedy, Bradley C.; Garman, Steven L. 0000-0002-9032-9074 slgarman@usgs.gov; Germaine, Steve 0000-0002-7614-2676 germaines@usgs.gov; Grauch, Richard I. 0000-0002-1763-0813 rgrauch@usgs.gov; Homer, Collin G. 0000-0003-4755-8135 homer@usgs.gov; Manier, Daniel J. 0000-0002-1105-1327 manierd@usgs.gov; Kauffman, Matthew J. 0000-0003-0127-3900 mkauffman@usgs.gov; Latysh, Natalie 0000-0003-0149-3962 nlatysh@usgs.gov; Melcher, Cynthia P. 0000-0002-8044-9689 melcherc@usgs.gov; Miller, Kirk A. 0000-0002-8141-2001 kmiller@usgs.gov; Montag, Jessica; Nutt, Constance J. cnutt@usgs.gov; Potter, Christopher 0000-0002-2300-6670; Sawyer, Hall; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Sweat, Michael J. mjsweat@usgs.gov; Wilson, Anna B. 0000-0002-9737-2614 awilson@usgs.gov</t>
         </is>
       </c>
       <c r="AZ142" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA142" t="inlineStr">
         <is>
-          <t>4f4e4acce4b07f02db67ec58</t>
+          <t>4f4e4a34e4b07f02db619cee</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20091090</t>
+          <t>https://pubs.usgs.gov/publication/70140566</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>97525</t>
+          <t>70140566</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>ofr20091090</t>
+          <t>70140566</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
-          <t>Analytical Results for Municipal Biosolids Samples from a Monitoring Program Near Deer Trail, Colorado (U.S.A.), 2008</t>
+          <t>Geochemical studies of North American soils: results from the pilot study phase of the North American Soil Geochemical Landscapes Project</t>
         </is>
       </c>
       <c r="H143" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P143" t="inlineStr">
         <is>
-          <t>10.3133/ofr20091090</t>
+          <t>10.1016/j.apgeochem.2009.04.006</t>
+        </is>
+      </c>
+      <c r="R143" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="S143" t="inlineStr">
+        <is>
+          <t>8</t>
         </is>
       </c>
       <c r="T143" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U143" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V143" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W143" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>U.S. Geological Survey</t>
+          <t>International Association of Geochemistry and Cosmochemistry</t>
+        </is>
+      </c>
+      <c r="X143" t="inlineStr">
+        <is>
+          <t>New York, NY</t>
         </is>
       </c>
       <c r="Z143" t="inlineStr">
         <is>
-          <t>iv, 25 p.</t>
-[...9 lines deleted...]
-          <t>2008-12-31</t>
+          <t>2 p.</t>
+        </is>
+      </c>
+      <c r="AD143" t="inlineStr">
+        <is>
+          <t>1355</t>
+        </is>
+      </c>
+      <c r="AE143" t="inlineStr">
+        <is>
+          <t>1356</t>
+        </is>
+      </c>
+      <c r="AF143" t="inlineStr">
+        <is>
+          <t>2</t>
         </is>
       </c>
       <c r="AU143" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV143" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW143" t="inlineStr">
         <is>
-          <t>Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Yager, T. J. B.; Berry, C. J.; Adams, M. G.</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ143" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA143" t="inlineStr">
         <is>
-          <t>4f4e4acee4b07f02db67f59c</t>
+          <t>54dd2ba8e4b08de9379b3466</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ds379</t>
+          <t>https://pubs.usgs.gov/publication/ofr20091111</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>97336</t>
+          <t>97613</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>ds379</t>
+          <t>ofr20091111</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
-          <t>Biosolids, Crop, and Ground-Water Data for a Biosolids-Application Area Near Deer Trail, Colorado, 2004 Through 2006</t>
+          <t>Analytical Results for Agricultural Soils Samples from a Monitoring Program Near Deer Trail, Colorado (USA)</t>
         </is>
       </c>
       <c r="H144" t="inlineStr">
         <is>
-          <t>Data Series</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I144" t="inlineStr">
         <is>
-          <t>379</t>
+          <t>2009-1111</t>
         </is>
       </c>
       <c r="M144" t="inlineStr">
         <is>
-          <t>2327-638X</t>
+          <t>2331-1258</t>
         </is>
       </c>
       <c r="N144" t="inlineStr">
         <is>
-          <t>2327-0271</t>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P144" t="inlineStr">
         <is>
-          <t>10.3133/ds379</t>
+          <t>10.3133/ofr20091111</t>
         </is>
       </c>
       <c r="T144" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U144" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V144" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W144" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Y144" t="inlineStr">
         <is>
-          <t>Colorado Water Science Center</t>
+          <t>Crustal Imaging and Characterization</t>
         </is>
       </c>
       <c r="Z144" t="inlineStr">
         <is>
-          <t>vi, 57 p.</t>
-[...9 lines deleted...]
-          <t>2006-12-31</t>
+          <t>iv, 147 p.</t>
         </is>
       </c>
       <c r="AU144" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW144" t="inlineStr">
         <is>
-          <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov</t>
+          <t>Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Yager, T. J. B.</t>
         </is>
       </c>
       <c r="AZ144" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA144" t="inlineStr">
         <is>
-          <t>4f4e4a3be4b07f02db61ec92</t>
+          <t>4f4e4acce4b07f02db67ec58</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036914</t>
+          <t>https://pubs.usgs.gov/publication/ofr20091090</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>70036914</t>
+          <t>97525</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>70036914</t>
+          <t>ofr20091090</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
-          <t>A regional soil and sediment geochemical study in northern California</t>
+          <t>Analytical Results for Municipal Biosolids Samples from a Monitoring Program Near Deer Trail, Colorado (U.S.A.), 2008</t>
         </is>
       </c>
       <c r="H145" t="inlineStr">
         <is>
-          <t>Applied Geochemistry</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I145" t="inlineStr">
+        <is>
+          <t>2009-1090</t>
+        </is>
+      </c>
+      <c r="M145" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N145" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P145" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2009.04.018</t>
-[...9 lines deleted...]
-          <t>8</t>
+          <t>10.3133/ofr20091090</t>
         </is>
       </c>
       <c r="T145" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U145" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V145" t="inlineStr">
         <is>
-          <t>English</t>
-[...29 lines deleted...]
-          <t>18</t>
+          <t>ENGLISH</t>
+        </is>
+      </c>
+      <c r="W145" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="Y145" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="Z145" t="inlineStr">
+        <is>
+          <t>iv, 25 p.</t>
+        </is>
+      </c>
+      <c r="AH145" t="inlineStr">
+        <is>
+          <t>2008-01-01</t>
+        </is>
+      </c>
+      <c r="AI145" t="inlineStr">
+        <is>
+          <t>2008-12-31</t>
+        </is>
+      </c>
+      <c r="AU145" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW145" t="inlineStr">
         <is>
-          <t>Goldhaber, M. B. 0000-0002-1785-4243; Morrison, J.M.; Holloway, J.M. 0000-0003-3603-7668; Wanty, R. B. 0000-0002-2063-6423; Helsel, D.R.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Yager, T. J. B.; Berry, C. J.; Adams, M. G.</t>
         </is>
       </c>
       <c r="AZ145" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA145" t="inlineStr">
         <is>
-          <t>5059e543e4b0c8380cd46c47</t>
+          <t>4f4e4acee4b07f02db67f59c</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036827</t>
+          <t>https://pubs.usgs.gov/publication/ds379</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>70036827</t>
+          <t>97336</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>70036827</t>
+          <t>ds379</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
-          <t>Pilot studies for the North American Soil Geochemical Landscapes Project - Site selection, sampling protocols, analytical methods, and quality control protocols</t>
+          <t>Biosolids, Crop, and Ground-Water Data for a Biosolids-Application Area Near Deer Trail, Colorado, 2004 Through 2006</t>
         </is>
       </c>
       <c r="H146" t="inlineStr">
         <is>
-          <t>Applied Geochemistry</t>
+          <t>Data Series</t>
+        </is>
+      </c>
+      <c r="I146" t="inlineStr">
+        <is>
+          <t>379</t>
+        </is>
+      </c>
+      <c r="M146" t="inlineStr">
+        <is>
+          <t>2327-638X</t>
+        </is>
+      </c>
+      <c r="N146" t="inlineStr">
+        <is>
+          <t>2327-0271</t>
         </is>
       </c>
       <c r="P146" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2009.04.008</t>
-[...9 lines deleted...]
-          <t>8</t>
+          <t>10.3133/ds379</t>
         </is>
       </c>
       <c r="T146" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U146" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V146" t="inlineStr">
         <is>
-          <t>English</t>
-[...29 lines deleted...]
-          <t>12</t>
+          <t>ENGLISH</t>
+        </is>
+      </c>
+      <c r="W146" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="Y146" t="inlineStr">
+        <is>
+          <t>Colorado Water Science Center</t>
+        </is>
+      </c>
+      <c r="Z146" t="inlineStr">
+        <is>
+          <t>vi, 57 p.</t>
+        </is>
+      </c>
+      <c r="AH146" t="inlineStr">
+        <is>
+          <t>2004-01-01</t>
+        </is>
+      </c>
+      <c r="AI146" t="inlineStr">
+        <is>
+          <t>2006-12-31</t>
+        </is>
+      </c>
+      <c r="AU146" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW146" t="inlineStr">
         <is>
-          <t>Smith, D. B. davidsmith@usgs.gov; Woodruff, L. G.; O’Leary, R. M.; Cannon, W.F. 0000-0002-2699-8118; Garrett, R. G.; Kilburn, J.E.; Goldhaber, M. B. 0000-0002-1785-4243</t>
+          <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov</t>
         </is>
       </c>
       <c r="AZ146" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA146" t="inlineStr">
         <is>
-          <t>505a7b62e4b0c8380cd793fa</t>
+          <t>4f4e4a3be4b07f02db61ec92</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036458</t>
+          <t>https://pubs.usgs.gov/publication/70043411</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>70036458</t>
+          <t>70043411</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>70036458</t>
+          <t>70043411</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Book chapter</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Book Chapter</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
-          <t>Mineralogy of soils from two continental-scale transects across the United States and Canada and its relation to soil geochemistry and climate</t>
-[...4 lines deleted...]
-          <t>Applied Geochemistry</t>
+          <t>Comparative status and assessment of &lt;i&gt;Limulus polyphemus&lt;/i&gt; with emphasis on the New England and Delaware Bay populations</t>
         </is>
       </c>
       <c r="P147" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2009.04.010</t>
+          <t>10.1007/978-0-387-89959-6_23</t>
         </is>
       </c>
       <c r="R147" t="inlineStr">
         <is>
-          <t>24</t>
-[...4 lines deleted...]
-          <t>8</t>
+          <t>Part II</t>
         </is>
       </c>
       <c r="T147" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U147" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V147" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
+      <c r="W147" t="inlineStr">
+        <is>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="Y147" t="inlineStr">
+        <is>
+          <t>Leetown Science Center</t>
+        </is>
+      </c>
+      <c r="Z147" t="inlineStr">
+        <is>
+          <t>26 p.</t>
+        </is>
+      </c>
       <c r="AA147" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Book</t>
         </is>
       </c>
       <c r="AB147" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Monograph</t>
         </is>
       </c>
       <c r="AC147" t="inlineStr">
         <is>
-          <t>Applied Geochemistry</t>
+          <t>Biology and Conservation of Horseshoe Crabs</t>
         </is>
       </c>
       <c r="AD147" t="inlineStr">
         <is>
-          <t>1394</t>
+          <t>361</t>
         </is>
       </c>
       <c r="AE147" t="inlineStr">
         <is>
-          <t>1404</t>
+          <t>386</t>
         </is>
       </c>
       <c r="AF147" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="AM147" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AU147" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV147" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW147" t="inlineStr">
         <is>
-          <t>Eberl, D. D.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Smith, David 0000-0001-6074-9257; Millard, Michael J.; Carmichael, Ruth H.</t>
         </is>
       </c>
       <c r="AZ147" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA147" t="inlineStr">
         <is>
-          <t>505a5ad8e4b0c8380cd6f17e</t>
+          <t>51751746e4b074c2b055649f</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036909</t>
+          <t>https://pubs.usgs.gov/publication/70036888</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>70036909</t>
+          <t>70036888</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>70036909</t>
+          <t>70036888</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
-          <t>The potential of mid- and near-infrared diffuse reflectance spectroscopy for determining major- and trace-element concentrations in soils from a geochemical survey of North America</t>
+          <t>Application of in vitro extraction studies to evaluate element bioaccessibility in soils from a transect across the United States and Canada</t>
         </is>
       </c>
       <c r="H148" t="inlineStr">
         <is>
           <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P148" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2009.04.017</t>
+          <t>10.1016/j.apgeochem.2009.04.015</t>
         </is>
       </c>
       <c r="R148" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="S148" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="T148" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U148" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V148" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="AA148" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB148" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC148" t="inlineStr">
         <is>
           <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="AD148" t="inlineStr">
         <is>
-          <t>1472</t>
+          <t>1454</t>
         </is>
       </c>
       <c r="AE148" t="inlineStr">
         <is>
-          <t>1481</t>
+          <t>1463</t>
         </is>
       </c>
       <c r="AF148" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="AW148" t="inlineStr">
         <is>
-          <t>Reeves, J. B. III; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Morman, S.A.; Plumlee, G.S.; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ148" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA148" t="inlineStr">
         <is>
-          <t>505baeb7e4b08c986b3242be</t>
+          <t>5059eca4e4b0c8380cd493d8</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036888</t>
+          <t>https://pubs.usgs.gov/publication/70036458</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>70036888</t>
+          <t>70036458</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>70036888</t>
+          <t>70036458</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
-          <t>Application of in vitro extraction studies to evaluate element bioaccessibility in soils from a transect across the United States and Canada</t>
+          <t>Mineralogy of soils from two continental-scale transects across the United States and Canada and its relation to soil geochemistry and climate</t>
         </is>
       </c>
       <c r="H149" t="inlineStr">
         <is>
           <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P149" t="inlineStr">
         <is>
-          <t>10.1016/j.apgeochem.2009.04.015</t>
+          <t>10.1016/j.apgeochem.2009.04.010</t>
         </is>
       </c>
       <c r="R149" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="S149" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="T149" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U149" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V149" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="AA149" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB149" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC149" t="inlineStr">
         <is>
           <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="AD149" t="inlineStr">
         <is>
-          <t>1454</t>
+          <t>1394</t>
         </is>
       </c>
       <c r="AE149" t="inlineStr">
         <is>
-          <t>1463</t>
+          <t>1404</t>
         </is>
       </c>
       <c r="AF149" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="AW149" t="inlineStr">
         <is>
-          <t>Morman, S.A.; Plumlee, G.S.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Eberl, D. D.; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ149" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA149" t="inlineStr">
         <is>
-          <t>5059eca4e4b0c8380cd493d8</t>
+          <t>505a5ad8e4b0c8380cd6f17e</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70036994</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>70036994</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>70036994</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
@@ -17506,1595 +17496,1575 @@
       </c>
       <c r="AM150" t="inlineStr">
         <is>
           <t>United States;Canada</t>
         </is>
       </c>
       <c r="AW150" t="inlineStr">
         <is>
           <t>Woodruff, L. G.; Cannon, W.F. 0000-0002-2699-8118; Eberl, D. D.; Smith, D. B. davidsmith@usgs.gov; Kilburn, J.E.; Horton, J.D. 0000-0003-2969-9073; Garrett, R. G.; Klassen, R.A.</t>
         </is>
       </c>
       <c r="AZ150" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA150" t="inlineStr">
         <is>
           <t>5059fa51e4b0c8380cd4da45</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70043411</t>
+          <t>https://pubs.usgs.gov/publication/70036827</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>70043411</t>
+          <t>70036827</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>70043411</t>
+          <t>70036827</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>Book chapter</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
-          <t>Book Chapter</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
-          <t>Comparative status and assessment of &lt;i&gt;Limulus polyphemus&lt;/i&gt; with emphasis on the New England and Delaware Bay populations</t>
+          <t>Pilot studies for the North American Soil Geochemical Landscapes Project - Site selection, sampling protocols, analytical methods, and quality control protocols</t>
+        </is>
+      </c>
+      <c r="H151" t="inlineStr">
+        <is>
+          <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P151" t="inlineStr">
         <is>
-          <t>10.1007/978-0-387-89959-6_23</t>
+          <t>10.1016/j.apgeochem.2009.04.008</t>
         </is>
       </c>
       <c r="R151" t="inlineStr">
         <is>
-          <t>Part II</t>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="S151" t="inlineStr">
+        <is>
+          <t>8</t>
         </is>
       </c>
       <c r="T151" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
       <c r="U151" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V151" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W151" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AA151" t="inlineStr">
         <is>
-          <t>Book</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="AB151" t="inlineStr">
         <is>
-          <t>Monograph</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="AC151" t="inlineStr">
         <is>
-          <t>Biology and Conservation of Horseshoe Crabs</t>
+          <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="AD151" t="inlineStr">
         <is>
-          <t>361</t>
+          <t>1357</t>
         </is>
       </c>
       <c r="AE151" t="inlineStr">
         <is>
-          <t>386</t>
+          <t>1368</t>
         </is>
       </c>
       <c r="AF151" t="inlineStr">
         <is>
-          <t>26</t>
-[...14 lines deleted...]
-          <t>N</t>
+          <t>12</t>
         </is>
       </c>
       <c r="AW151" t="inlineStr">
         <is>
-          <t>Smith, David 0000-0001-6074-9257; Millard, Michael J.; Carmichael, Ruth H.</t>
+          <t>Smith, D. B. davidsmith@usgs.gov; Woodruff, L. G.; O’Leary, R. M.; Cannon, W.F. 0000-0002-2699-8118; Garrett, R. G.; Kilburn, J.E.; Goldhaber, M. B. 0000-0002-1785-4243</t>
         </is>
       </c>
       <c r="AZ151" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA151" t="inlineStr">
         <is>
-          <t>51751746e4b074c2b055649f</t>
+          <t>505a7b62e4b0c8380cd793fa</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70044694</t>
+          <t>https://pubs.usgs.gov/publication/70036909</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>70044694</t>
+          <t>70036909</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>70044694</t>
+          <t>70036909</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
-          <t>Bjørn Bølviken - 2008 IAGC Vernadsky medalist</t>
+          <t>The potential of mid- and near-infrared diffuse reflectance spectroscopy for determining major- and trace-element concentrations in soils from a geochemical survey of North America</t>
         </is>
       </c>
       <c r="H152" t="inlineStr">
         <is>
-          <t>Newsletter of the International Association of GeoChemistry</t>
+          <t>Applied Geochemistry</t>
+        </is>
+      </c>
+      <c r="P152" t="inlineStr">
+        <is>
+          <t>10.1016/j.apgeochem.2009.04.017</t>
         </is>
       </c>
       <c r="R152" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="S152" t="inlineStr">
+        <is>
+          <t>8</t>
         </is>
       </c>
       <c r="T152" t="inlineStr">
         <is>
-          <t>2008</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="U152" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V152" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W152" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AA152" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB152" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC152" t="inlineStr">
         <is>
-          <t>Newsletter of the International Association of GeoChemistry</t>
+          <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="AD152" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>1472</t>
         </is>
       </c>
       <c r="AE152" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>1481</t>
+        </is>
+      </c>
+      <c r="AF152" t="inlineStr">
+        <is>
+          <t>10</t>
         </is>
       </c>
       <c r="AW152" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
+          <t>Reeves, J. B. III; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ152" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA152" t="inlineStr">
         <is>
-          <t>516d2169e4b0411d430a8a01</t>
+          <t>505baeb7e4b08c986b3242be</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70000330</t>
+          <t>https://pubs.usgs.gov/publication/70036914</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>70000330</t>
+          <t>70036914</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>70000330</t>
+          <t>70036914</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
-          <t>Low-density geochemical mapping and the robustness of geochemical patterns</t>
+          <t>A regional soil and sediment geochemical study in northern California</t>
         </is>
       </c>
       <c r="H153" t="inlineStr">
         <is>
-          <t>Geochemistry: Exploration, Environment, Analysis</t>
+          <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="P153" t="inlineStr">
         <is>
-          <t>10.1144/1467-7873/08-171</t>
+          <t>10.1016/j.apgeochem.2009.04.018</t>
         </is>
       </c>
       <c r="R153" t="inlineStr">
         <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="S153" t="inlineStr">
+        <is>
           <t>8</t>
         </is>
       </c>
-      <c r="S153" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T153" t="inlineStr">
         <is>
-          <t>2008</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="U153" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V153" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="AA153" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB153" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC153" t="inlineStr">
         <is>
-          <t>Geochemistry: Exploration, Environment, Analysis</t>
+          <t>Applied Geochemistry</t>
         </is>
       </c>
       <c r="AD153" t="inlineStr">
         <is>
-          <t>219</t>
+          <t>1482</t>
         </is>
       </c>
       <c r="AE153" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>1499</t>
+        </is>
+      </c>
+      <c r="AF153" t="inlineStr">
+        <is>
+          <t>18</t>
         </is>
       </c>
       <c r="AW153" t="inlineStr">
         <is>
-          <t>Smith, D. B. davidsmith@usgs.gov; Reimann, C.</t>
+          <t>Goldhaber, M. B. 0000-0002-1785-4243; Morrison, J.M.; Holloway, J.M. 0000-0003-3603-7668; Wanty, R. B. 0000-0002-2063-6423; Helsel, D.R.; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ153" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA153" t="inlineStr">
         <is>
-          <t>4f4e4a75e4b07f02db644a16</t>
+          <t>5059e543e4b0c8380cd46c47</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20081358</t>
+          <t>https://pubs.usgs.gov/publication/70044694</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>97135</t>
+          <t>70044694</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>ofr20081358</t>
+          <t>70044694</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G154" t="inlineStr">
         <is>
-          <t>Analytical Results for Municipal Biosolids Samples from a Monitoring Program near Deer Trail, Colorado (U.S.A.), 2007</t>
+          <t>Bjørn Bølviken - 2008 IAGC Vernadsky medalist</t>
         </is>
       </c>
       <c r="H154" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...24 lines deleted...]
-          <t>Version 1.0</t>
+          <t>Newsletter of the International Association of GeoChemistry</t>
+        </is>
+      </c>
+      <c r="R154" t="inlineStr">
+        <is>
+          <t>49</t>
         </is>
       </c>
       <c r="T154" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
       <c r="U154" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V154" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W154" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>International Association of GeoChemistry</t>
+        </is>
+      </c>
+      <c r="X154" t="inlineStr">
+        <is>
+          <t>Houston, Texas</t>
         </is>
       </c>
       <c r="Y154" t="inlineStr">
         <is>
-          <t>Crustal Imaging and Characterization Team</t>
+          <t>Central Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z154" t="inlineStr">
         <is>
-          <t>iv, 35 p.</t>
-[...19 lines deleted...]
-          <t>N</t>
+          <t>1 p.</t>
+        </is>
+      </c>
+      <c r="AA154" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB154" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC154" t="inlineStr">
+        <is>
+          <t>Newsletter of the International Association of GeoChemistry</t>
+        </is>
+      </c>
+      <c r="AD154" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AE154" t="inlineStr">
+        <is>
+          <t>6</t>
         </is>
       </c>
       <c r="AW154" t="inlineStr">
         <is>
-          <t>Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Yager, T. J. B.; Berry, C. J.; Adams, M. G.</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ154" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA154" t="inlineStr">
         <is>
-          <t>4f4e4acce4b07f02db67eb63</t>
+          <t>516d2169e4b0411d430a8a01</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20081306</t>
+          <t>https://pubs.usgs.gov/publication/70000330</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>86269</t>
+          <t>70000330</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>ofr20081306</t>
+          <t>70000330</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
-          <t>Major- and trace-element concentrations in soils from northern California: Results from the Geochemical Landscapes Project pilot study</t>
+          <t>Low-density geochemical mapping and the robustness of geochemical patterns</t>
         </is>
       </c>
       <c r="H155" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Geochemistry: Exploration, Environment, Analysis</t>
         </is>
       </c>
       <c r="P155" t="inlineStr">
         <is>
-          <t>10.3133/ofr20081306</t>
-[...4 lines deleted...]
-          <t>Version 1.0</t>
+          <t>10.1144/1467-7873/08-171</t>
+        </is>
+      </c>
+      <c r="R155" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="S155" t="inlineStr">
+        <is>
+          <t>3-4</t>
         </is>
       </c>
       <c r="T155" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
       <c r="U155" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V155" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W155" t="inlineStr">
-[...41 lines deleted...]
-          <t>N</t>
+      <c r="AA155" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB155" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC155" t="inlineStr">
+        <is>
+          <t>Geochemistry: Exploration, Environment, Analysis</t>
+        </is>
+      </c>
+      <c r="AD155" t="inlineStr">
+        <is>
+          <t>219</t>
+        </is>
+      </c>
+      <c r="AE155" t="inlineStr">
+        <is>
+          <t>227</t>
         </is>
       </c>
       <c r="AW155" t="inlineStr">
         <is>
-          <t>Morrison, Jean M. 0000-0002-6614-8783 jmorrison@usgs.gov; Goldhaber, Martin B. 0000-0002-1785-4243 mgold@usgs.gov; Holloway, JoAnn M. 0000-0003-3603-7668 jholloway@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
+          <t>Smith, D. B. davidsmith@usgs.gov; Reimann, C.</t>
         </is>
       </c>
       <c r="AZ155" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA155" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db64982a</t>
+          <t>4f4e4a75e4b07f02db644a16</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20085131</t>
+          <t>https://pubs.usgs.gov/publication/ofr20081358</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>86227</t>
+          <t>97135</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>sir20085131</t>
+          <t>ofr20081358</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
-          <t>Three-Dimensional Geologic Model of Complex Fault Structures in the Upper Seco Creek Area, Medina and Uvalde Counties, South-Central Texas</t>
+          <t>Analytical Results for Municipal Biosolids Samples from a Monitoring Program near Deer Trail, Colorado (U.S.A.), 2007</t>
         </is>
       </c>
       <c r="H156" t="inlineStr">
         <is>
-          <t>Scientific Investigations Report</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I156" t="inlineStr">
         <is>
-          <t>2008-5131</t>
+          <t>2008-1358</t>
         </is>
       </c>
       <c r="M156" t="inlineStr">
         <is>
-          <t>2328-0328</t>
+          <t>2331-1258</t>
         </is>
       </c>
       <c r="N156" t="inlineStr">
         <is>
-          <t>2328-031X</t>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P156" t="inlineStr">
         <is>
-          <t>10.3133/sir20085131</t>
+          <t>10.3133/ofr20081358</t>
         </is>
       </c>
       <c r="Q156" t="inlineStr">
         <is>
           <t>Version 1.0</t>
         </is>
       </c>
       <c r="T156" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
       <c r="U156" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V156" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W156" t="inlineStr">
         <is>
-          <t>Geological Survey (U.S.)</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Y156" t="inlineStr">
         <is>
-          <t>Earth Surface Processes Team</t>
+          <t>Crustal Imaging and Characterization Team</t>
         </is>
       </c>
       <c r="Z156" t="inlineStr">
         <is>
-          <t>Available online and on DVD-ROM</t>
+          <t>iv, 35 p.</t>
+        </is>
+      </c>
+      <c r="AH156" t="inlineStr">
+        <is>
+          <t>2007-01-01</t>
+        </is>
+      </c>
+      <c r="AI156" t="inlineStr">
+        <is>
+          <t>2007-12-31</t>
+        </is>
+      </c>
+      <c r="AU156" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV156" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW156" t="inlineStr">
         <is>
-          <t>Pantea, Michael P. mpantea@usgs.gov; Cole, J. C.; Smith, Bruce D. 0000-0002-1643-2997 bsmith@usgs.gov; Faith, Jason R.; Blome, Charles D. 0000-0002-3449-9378 cblome@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov</t>
+          <t>Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Yager, T. J. B.; Berry, C. J.; Adams, M. G.</t>
         </is>
       </c>
       <c r="AZ156" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA156" t="inlineStr">
         <is>
-          <t>4f4e4a53e4b07f02db62b905</t>
+          <t>4f4e4acce4b07f02db67eb63</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20081172</t>
+          <t>https://pubs.usgs.gov/publication/ofr20081306</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>81822</t>
+          <t>86269</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>ofr20081172</t>
+          <t>ofr20081306</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
-          <t>Analytical Results for Municipal Biosolids Samples from a Monitoring Program Near Deer Trail, Colorado (USA), 1999 through 2006</t>
+          <t>Major- and trace-element concentrations in soils from northern California: Results from the Geochemical Landscapes Project pilot study</t>
         </is>
       </c>
       <c r="H157" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I157" t="inlineStr">
         <is>
-          <t>2008-1172</t>
+          <t>2008-1306</t>
         </is>
       </c>
       <c r="M157" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N157" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P157" t="inlineStr">
         <is>
-          <t>10.3133/ofr20081172</t>
+          <t>10.3133/ofr20081306</t>
         </is>
       </c>
       <c r="Q157" t="inlineStr">
         <is>
           <t>Version 1.0</t>
         </is>
       </c>
       <c r="T157" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
       <c r="U157" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V157" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W157" t="inlineStr">
         <is>
-          <t>Geological Survey (U.S.)</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Y157" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Crustal Imaging and Characterization Team</t>
         </is>
       </c>
       <c r="Z157" t="inlineStr">
         <is>
-          <t>iv, 67 p.</t>
+          <t>Report; iv, 7 p.; Metadata; Tables</t>
         </is>
       </c>
       <c r="AH157" t="inlineStr">
         <is>
-          <t>1999-01-01</t>
+          <t>2004-01-01</t>
         </is>
       </c>
       <c r="AI157" t="inlineStr">
         <is>
-          <t>2006-12-31</t>
+          <t>2004-12-31</t>
+        </is>
+      </c>
+      <c r="AM157" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN157" t="inlineStr">
+        <is>
+          <t>California</t>
         </is>
       </c>
       <c r="AU157" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
+      <c r="AV157" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
       <c r="AW157" t="inlineStr">
         <is>
-          <t>Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Yager, T. J. B.; Brown, Z. A.; Adams, M. G.</t>
+          <t>Morrison, Jean M. 0000-0002-6614-8783 jmorrison@usgs.gov; Goldhaber, Martin B. 0000-0002-1785-4243 mgold@usgs.gov; Holloway, JoAnn M. 0000-0003-3603-7668 jholloway@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ157" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA157" t="inlineStr">
         <is>
-          <t>4f4e4acce4b07f02db67e8f1</t>
+          <t>4f4e4a80e4b07f02db64982a</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20075191</t>
+          <t>https://pubs.usgs.gov/publication/sir20085131</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>81158</t>
+          <t>86227</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>sir20075191</t>
+          <t>sir20085131</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
-          <t>Distribution of Igneous Rocks in Medina and Uvalde Counties, Texas, as Inferred from Aeromagnetic Data</t>
+          <t>Three-Dimensional Geologic Model of Complex Fault Structures in the Upper Seco Creek Area, Medina and Uvalde Counties, South-Central Texas</t>
         </is>
       </c>
       <c r="H158" t="inlineStr">
         <is>
           <t>Scientific Investigations Report</t>
         </is>
       </c>
       <c r="I158" t="inlineStr">
         <is>
-          <t>2007-5191</t>
+          <t>2008-5131</t>
         </is>
       </c>
       <c r="M158" t="inlineStr">
         <is>
           <t>2328-0328</t>
         </is>
       </c>
       <c r="N158" t="inlineStr">
         <is>
           <t>2328-031X</t>
         </is>
       </c>
       <c r="P158" t="inlineStr">
         <is>
-          <t>10.3133/sir20075191</t>
+          <t>10.3133/sir20085131</t>
         </is>
       </c>
       <c r="Q158" t="inlineStr">
         <is>
           <t>Version 1.0</t>
         </is>
       </c>
       <c r="T158" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
       <c r="U158" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V158" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W158" t="inlineStr">
         <is>
           <t>Geological Survey (U.S.)</t>
         </is>
       </c>
       <c r="Y158" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Earth Surface Processes Team</t>
         </is>
       </c>
       <c r="Z158" t="inlineStr">
         <is>
-          <t>Report: iv, 12 p.; Plate: 17 x 11 inches; Downloads Directory</t>
-[...14 lines deleted...]
-          <t>Y</t>
+          <t>Available online and on DVD-ROM</t>
         </is>
       </c>
       <c r="AW158" t="inlineStr">
         <is>
-          <t>Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; McDougal, Robert R.; Smith, Bruce D. 0000-0002-1643-2997 bsmith@usgs.gov; Blome, Charles D. 0000-0002-3449-9378 cblome@usgs.gov</t>
+          <t>Pantea, Michael P. mpantea@usgs.gov; Cole, J. C.; Smith, Bruce D. 0000-0002-1643-2997 bsmith@usgs.gov; Faith, Jason R.; Blome, Charles D. 0000-0002-3449-9378 cblome@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ158" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA158" t="inlineStr">
         <is>
-          <t>4f4e4a7fe4b07f02db6491d3</t>
+          <t>4f4e4a53e4b07f02db62b905</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ds299</t>
+          <t>https://pubs.usgs.gov/publication/ofr20081172</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>80607</t>
+          <t>81822</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>ds299</t>
+          <t>ofr20081172</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
-          <t>Major- and Trace-Element Concentrations in Soils from Two Geochemical Surveys (1972 and 2005) of the Denver, Colorado, Metropolitan Area</t>
+          <t>Analytical Results for Municipal Biosolids Samples from a Monitoring Program Near Deer Trail, Colorado (USA), 1999 through 2006</t>
         </is>
       </c>
       <c r="H159" t="inlineStr">
         <is>
-          <t>Data Series</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I159" t="inlineStr">
         <is>
-          <t>299</t>
+          <t>2008-1172</t>
         </is>
       </c>
       <c r="M159" t="inlineStr">
         <is>
-          <t>2327-638X</t>
+          <t>2331-1258</t>
         </is>
       </c>
       <c r="N159" t="inlineStr">
         <is>
-          <t>2327-0271</t>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P159" t="inlineStr">
         <is>
-          <t>10.3133/ds299</t>
+          <t>10.3133/ofr20081172</t>
         </is>
       </c>
       <c r="Q159" t="inlineStr">
         <is>
           <t>Version 1.0</t>
         </is>
       </c>
       <c r="T159" t="inlineStr">
         <is>
-          <t>2007</t>
+          <t>2008</t>
         </is>
       </c>
       <c r="U159" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V159" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W159" t="inlineStr">
         <is>
           <t>Geological Survey (U.S.)</t>
         </is>
       </c>
       <c r="Y159" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z159" t="inlineStr">
         <is>
-          <t>Report: iii, 5 p.; Tables</t>
+          <t>iv, 67 p.</t>
+        </is>
+      </c>
+      <c r="AH159" t="inlineStr">
+        <is>
+          <t>1999-01-01</t>
+        </is>
+      </c>
+      <c r="AI159" t="inlineStr">
+        <is>
+          <t>2006-12-31</t>
         </is>
       </c>
       <c r="AU159" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
-      <c r="AV159" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW159" t="inlineStr">
         <is>
-          <t>Kilburn, James E.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Closs, L. Graham; Smith, Steven M. 0000-0003-3591-5377 smsmith@usgs.gov</t>
+          <t>Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Yager, T. J. B.; Brown, Z. A.; Adams, M. G.</t>
         </is>
       </c>
       <c r="AZ159" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA159" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db649863</t>
+          <t>4f4e4acce4b07f02db67e8f1</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70031568</t>
+          <t>https://pubs.usgs.gov/publication/sir20075191</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>70031568</t>
+          <t>81158</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>70031568</t>
+          <t>sir20075191</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
-          <t>Intersex (Testicular Oocytes) in smallmouth bass from the Potomac River and selected nearby drainages</t>
+          <t>Distribution of Igneous Rocks in Medina and Uvalde Counties, Texas, as Inferred from Aeromagnetic Data</t>
         </is>
       </c>
       <c r="H160" t="inlineStr">
         <is>
-          <t>Journal of Aquatic Animal Health</t>
+          <t>Scientific Investigations Report</t>
+        </is>
+      </c>
+      <c r="I160" t="inlineStr">
+        <is>
+          <t>2007-5191</t>
+        </is>
+      </c>
+      <c r="M160" t="inlineStr">
+        <is>
+          <t>2328-0328</t>
+        </is>
+      </c>
+      <c r="N160" t="inlineStr">
+        <is>
+          <t>2328-031X</t>
         </is>
       </c>
       <c r="P160" t="inlineStr">
         <is>
-          <t>10.1577/H07-031.1</t>
-[...9 lines deleted...]
-          <t>4</t>
+          <t>10.3133/sir20075191</t>
+        </is>
+      </c>
+      <c r="Q160" t="inlineStr">
+        <is>
+          <t>Version 1.0</t>
         </is>
       </c>
       <c r="T160" t="inlineStr">
         <is>
-          <t>2007</t>
+          <t>2008</t>
         </is>
       </c>
       <c r="U160" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V160" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W160" t="inlineStr">
         <is>
-          <t>Taylor and Francis</t>
+          <t>Geological Survey (U.S.)</t>
         </is>
       </c>
       <c r="Y160" t="inlineStr">
         <is>
-          <t>Toxic Substances Hydrology Program</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z160" t="inlineStr">
         <is>
-          <t>12 p.</t>
-[...24 lines deleted...]
-          <t>Potomac River</t>
+          <t>Report: iv, 12 p.; Plate: 17 x 11 inches; Downloads Directory</t>
+        </is>
+      </c>
+      <c r="AT160" t="inlineStr">
+        <is>
+          <t>250000</t>
+        </is>
+      </c>
+      <c r="AU160" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV160" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW160" t="inlineStr">
         <is>
-          <t>Blazer, Vicki S. 0000-0001-6647-9614 vblazer@usgs.gov; Iwanowicz, Luke R.  0000-0002-1197-6178 liwanowicz@usgs.gov; Iwanowicz, Deborah D. 0000-0002-9613-8594 diwanowicz@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Young, John A. 0000-0002-4500-3673 jyoung@usgs.gov; Hedrick, J.D.; Foster, S.W.; Reeser, S.J.</t>
+          <t>Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; McDougal, Robert R.; Smith, Bruce D. 0000-0002-1643-2997 bsmith@usgs.gov; Blome, Charles D. 0000-0002-3449-9378 cblome@usgs.gov</t>
         </is>
       </c>
       <c r="AZ160" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA160" t="inlineStr">
         <is>
-          <t>505a3da7e4b0c8380cd63722</t>
+          <t>4f4e4a7fe4b07f02db6491d3</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20061286</t>
+          <t>https://pubs.usgs.gov/publication/ds299</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>79240</t>
+          <t>80607</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>ofr20061286</t>
+          <t>ds299</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
-          <t>Application of municipal biosolids to dry-land wheat fields - A monitoring program near Deer Trail, Colorado (USA). A presentation for an international conference: "The Future of Agriculture: Science, Stewardship, and Sustainability", August 7-9, 2006, Sacramento, CA</t>
+          <t>Major- and Trace-Element Concentrations in Soils from Two Geochemical Surveys (1972 and 2005) of the Denver, Colorado, Metropolitan Area</t>
         </is>
       </c>
       <c r="H161" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Data Series</t>
         </is>
       </c>
       <c r="I161" t="inlineStr">
         <is>
-          <t>2006-1286</t>
+          <t>299</t>
         </is>
       </c>
       <c r="M161" t="inlineStr">
         <is>
-          <t>2331-1258</t>
+          <t>2327-638X</t>
         </is>
       </c>
       <c r="N161" t="inlineStr">
         <is>
-          <t>0196-1497</t>
+          <t>2327-0271</t>
         </is>
       </c>
       <c r="P161" t="inlineStr">
         <is>
-          <t>10.3133/ofr20061286</t>
+          <t>10.3133/ds299</t>
         </is>
       </c>
       <c r="Q161" t="inlineStr">
         <is>
           <t>Version 1.0</t>
         </is>
       </c>
       <c r="T161" t="inlineStr">
         <is>
-          <t>2006</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="U161" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V161" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
+      <c r="W161" t="inlineStr">
+        <is>
+          <t>Geological Survey (U.S.)</t>
+        </is>
+      </c>
+      <c r="Y161" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
       <c r="Z161" t="inlineStr">
         <is>
-          <t>65 p.</t>
-[...14 lines deleted...]
-          <t>2006-08-09</t>
+          <t>Report: iii, 5 p.; Tables</t>
         </is>
       </c>
       <c r="AU161" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
+      <c r="AV161" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
       <c r="AW161" t="inlineStr">
         <is>
-          <t>Crock, James G. jcrock@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Yager, Tracy J.B.</t>
+          <t>Kilburn, James E.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Closs, L. Graham; Smith, Steven M. 0000-0003-3591-5377 smsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ161" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA161" t="inlineStr">
         <is>
-          <t>4f4e4ac6e4b07f02db67a90f</t>
+          <t>4f4e4a80e4b07f02db649863</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70028293</t>
+          <t>https://pubs.usgs.gov/publication/70031568</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>70028293</t>
+          <t>70031568</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>70028293</t>
+          <t>70031568</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
-          <t>Arsenic, cadmium, lead, and mercury in surface soils, Pueblo, Colorado: Implications for population health risk</t>
+          <t>Intersex (Testicular Oocytes) in smallmouth bass from the Potomac River and selected nearby drainages</t>
         </is>
       </c>
       <c r="H162" t="inlineStr">
         <is>
-          <t>Environmental Geochemistry and Health</t>
+          <t>Journal of Aquatic Animal Health</t>
         </is>
       </c>
       <c r="P162" t="inlineStr">
         <is>
-          <t>10.1007/s10653-005-9000-6</t>
+          <t>10.1577/H07-031.1</t>
         </is>
       </c>
       <c r="R162" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>19</t>
         </is>
       </c>
       <c r="S162" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="T162" t="inlineStr">
         <is>
-          <t>2006</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="U162" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V162" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="AA162" t="inlineStr">
-[...11 lines deleted...]
-          <t>Environmental Geochemistry and Health</t>
+      <c r="W162" t="inlineStr">
+        <is>
+          <t>Taylor and Francis</t>
+        </is>
+      </c>
+      <c r="Y162" t="inlineStr">
+        <is>
+          <t>Toxic Substances Hydrology Program</t>
+        </is>
+      </c>
+      <c r="Z162" t="inlineStr">
+        <is>
+          <t>12 p.</t>
         </is>
       </c>
       <c r="AD162" t="inlineStr">
         <is>
-          <t>297</t>
+          <t>242</t>
         </is>
       </c>
       <c r="AE162" t="inlineStr">
         <is>
-          <t>315</t>
+          <t>253</t>
         </is>
       </c>
       <c r="AF162" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="AM162" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AQ162" t="inlineStr">
+        <is>
+          <t>Potomac River</t>
         </is>
       </c>
       <c r="AW162" t="inlineStr">
         <is>
-          <t>Diawara, D.M.; Litt, J.S.; Unis, D.; Alfonso, N.; Martinez, L.A.; Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Carsella, J.</t>
+          <t>Blazer, Vicki S. 0000-0001-6647-9614 vblazer@usgs.gov; Iwanowicz, Luke R.  0000-0002-1197-6178 liwanowicz@usgs.gov; Iwanowicz, Deborah D. 0000-0002-9613-8594 diwanowicz@usgs.gov; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Young, John A. 0000-0002-4500-3673 jyoung@usgs.gov; Hedrick, J.D.; Foster, S.W.; Reeser, S.J.</t>
         </is>
       </c>
       <c r="AZ162" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA162" t="inlineStr">
         <is>
-          <t>5059ed98e4b0c8380cd498d5</t>
+          <t>505a3da7e4b0c8380cd63722</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70030657</t>
+          <t>https://pubs.usgs.gov/publication/ofr20061286</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>70030657</t>
+          <t>79240</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>70030657</t>
+          <t>ofr20061286</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
-          <t>The Cenozoic palaeoenvironment of the Arctic Ocean</t>
+          <t>Application of municipal biosolids to dry-land wheat fields - A monitoring program near Deer Trail, Colorado (USA). A presentation for an international conference: "The Future of Agriculture: Science, Stewardship, and Sustainability", August 7-9, 2006, Sacramento, CA</t>
         </is>
       </c>
       <c r="H163" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I163" t="inlineStr">
+        <is>
+          <t>2006-1286</t>
+        </is>
+      </c>
+      <c r="M163" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N163" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P163" t="inlineStr">
         <is>
-          <t>10.1038/nature04800</t>
-[...9 lines deleted...]
-          <t>7093</t>
+          <t>10.3133/ofr20061286</t>
+        </is>
+      </c>
+      <c r="Q163" t="inlineStr">
+        <is>
+          <t>Version 1.0</t>
         </is>
       </c>
       <c r="T163" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
       <c r="U163" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V163" t="inlineStr">
         <is>
-          <t>English</t>
-[...4 lines deleted...]
-          <t>Nature Publications</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z163" t="inlineStr">
         <is>
-          <t>5 p.</t>
-[...9 lines deleted...]
-          <t>605</t>
+          <t>65 p.</t>
         </is>
       </c>
       <c r="AF163" t="inlineStr">
         <is>
-          <t>5</t>
-[...4 lines deleted...]
-          <t>Arctic Ocean</t>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="AH163" t="inlineStr">
+        <is>
+          <t>2006-08-07</t>
+        </is>
+      </c>
+      <c r="AI163" t="inlineStr">
+        <is>
+          <t>2006-08-09</t>
+        </is>
+      </c>
+      <c r="AU163" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW163" t="inlineStr">
         <is>
-          <t>Moran, K.; Backman, J.; Brinkhuis, H.; Clemens, S.C.; Cronin, Thomas M. 0000-0002-2643-0979 tcronin@usgs.gov; Dickens, G.R.; Eynaud, F.; Gattacceca, J.; Jakobsson, M.; Jordan, R.W.; Kaminski, M.; King, J.; Koc, N.; Krylov, A.; Martinez, N.; Matthiessen, J.; McInroy, D.; Moore, T.C.; Onodera, J.; O’Regan, M.; Palike, H.; Rea, B.; Rio, D.; Sakamoto, T.; Smith, D. C. davidsmith@usgs.gov; Stein, R.; St, John K.; Suto, I.; Suzuki, N.; Takahashi, K.; Watanabe, M. E.; Yamamoto, M.; Farrell, J.; Frank, M.; Kubik, P.; Jokat, W.; Kristoffersen, Y.</t>
+          <t>Crock, James G. jcrock@usgs.gov; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Yager, Tracy J.B.</t>
         </is>
       </c>
       <c r="AZ163" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA163" t="inlineStr">
         <is>
-          <t>505ba6c2e4b08c986b32127a</t>
+          <t>4f4e4ac6e4b07f02db67a90f</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70030285</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>70030285</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>70030285</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
@@ -19169,7679 +19139,7684 @@
       </c>
       <c r="AF164" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="AW164" t="inlineStr">
         <is>
           <t>Sluijs, A.; Schouten, S.; Pagani, M.; Woltering, M.; Brinkhuis, H.; Damste, J.S.S.; Dickens, G.R.; Huber, M.; Reichart, G.-J.; Stein, R.; Matthiessen, J.; Lourens, L.J.; Pedentchouk, N.; Backman, J.; Moran, K.; Clemens, S.; Cronin, T.; Eynaud, F.; Gattacceca, J.; Jakobsson, M.; Jordan, R.; Kaminski, M.; King, J.; Koc, N.; Martinez, N.C.; McInroy, D.; Moore, T.C. Jr.; O’Regan, M.; Onodera, J.; Palike, H.; Rea, B.; Rio, D.; Sakamoto, T.; Smith, D. C. davidsmith@usgs.gov; St John, K.E.K.; Suto, I.; Suzuki, N.; Takahashi, K.; Watanabe, M. E.; Yamamoto, M.</t>
         </is>
       </c>
       <c r="AZ164" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA164" t="inlineStr">
         <is>
           <t>505b9d9de4b08c986b31d953</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/pp1716</t>
+          <t>https://pubs.usgs.gov/publication/70030657</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>72835</t>
+          <t>70030657</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>pp1716</t>
+          <t>70030657</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
-          <t>Geochemical landscapes of Alaska — New map presentations and interpretations for 23 elements in surficial materials</t>
+          <t>The Cenozoic palaeoenvironment of the Arctic Ocean</t>
         </is>
       </c>
       <c r="H165" t="inlineStr">
         <is>
-          <t>Professional Paper</t>
-[...14 lines deleted...]
-          <t>1044-9612</t>
+          <t>Nature</t>
         </is>
       </c>
       <c r="P165" t="inlineStr">
         <is>
-          <t>10.3133/pp1716</t>
-[...4 lines deleted...]
-          <t>Version 1.0</t>
+          <t>10.1038/nature04800</t>
+        </is>
+      </c>
+      <c r="R165" t="inlineStr">
+        <is>
+          <t>441</t>
+        </is>
+      </c>
+      <c r="S165" t="inlineStr">
+        <is>
+          <t>7093</t>
         </is>
       </c>
       <c r="T165" t="inlineStr">
         <is>
-          <t>2005</t>
+          <t>2006</t>
         </is>
       </c>
       <c r="U165" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V165" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W165" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Nature Publications</t>
         </is>
       </c>
       <c r="Z165" t="inlineStr">
         <is>
-          <t>v, 36 p.</t>
+          <t>5 p.</t>
+        </is>
+      </c>
+      <c r="AD165" t="inlineStr">
+        <is>
+          <t>601</t>
+        </is>
+      </c>
+      <c r="AE165" t="inlineStr">
+        <is>
+          <t>605</t>
         </is>
       </c>
       <c r="AF165" t="inlineStr">
         <is>
-          <t>43</t>
-[...9 lines deleted...]
-          <t>Alaska</t>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="AQ165" t="inlineStr">
+        <is>
+          <t>Arctic Ocean</t>
         </is>
       </c>
       <c r="AW165" t="inlineStr">
         <is>
-          <t>Gough, L. P.; Wang, Bronwen 0000-0003-1044-2227 bwang@usgs.gov; Smith, D. B. davidsmith@usgs.gov; Gustavsson, Nils</t>
+          <t>Moran, K.; Backman, J.; Brinkhuis, H.; Clemens, S.C.; Cronin, Thomas M. 0000-0002-2643-0979 tcronin@usgs.gov; Dickens, G.R.; Eynaud, F.; Gattacceca, J.; Jakobsson, M.; Jordan, R.W.; Kaminski, M.; King, J.; Koc, N.; Krylov, A.; Martinez, N.; Matthiessen, J.; McInroy, D.; Moore, T.C.; Onodera, J.; O’Regan, M.; Palike, H.; Rea, B.; Rio, D.; Sakamoto, T.; Smith, D. C. davidsmith@usgs.gov; Stein, R.; St, John K.; Suto, I.; Suzuki, N.; Takahashi, K.; Watanabe, M. E.; Yamamoto, M.; Farrell, J.; Frank, M.; Kubik, P.; Jokat, W.; Kristoffersen, Y.</t>
         </is>
       </c>
       <c r="AZ165" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA165" t="inlineStr">
         <is>
-          <t>4f4e4b23e4b07f02db6ae255</t>
+          <t>505ba6c2e4b08c986b32127a</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20051253</t>
+          <t>https://pubs.usgs.gov/publication/70028293</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>70912</t>
+          <t>70028293</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>ofr20051253</t>
+          <t>70028293</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
-          <t>Major- and trace-element concentrations in soils from two continental-scale transects of the United States and Canada</t>
+          <t>Arsenic, cadmium, lead, and mercury in surface soils, Pueblo, Colorado: Implications for population health risk</t>
         </is>
       </c>
       <c r="H166" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Environmental Geochemistry and Health</t>
         </is>
       </c>
       <c r="P166" t="inlineStr">
         <is>
-          <t>10.3133/ofr20051253</t>
-[...4 lines deleted...]
-          <t>Version 1.0</t>
+          <t>10.1007/s10653-005-9000-6</t>
+        </is>
+      </c>
+      <c r="R166" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="S166" t="inlineStr">
+        <is>
+          <t>4</t>
         </is>
       </c>
       <c r="T166" t="inlineStr">
         <is>
-          <t>2005</t>
+          <t>2006</t>
         </is>
       </c>
       <c r="U166" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V166" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W166" t="inlineStr">
-[...16 lines deleted...]
-          <t>ii, 20 p.</t>
+      <c r="AA166" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB166" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC166" t="inlineStr">
+        <is>
+          <t>Environmental Geochemistry and Health</t>
+        </is>
+      </c>
+      <c r="AD166" t="inlineStr">
+        <is>
+          <t>297</t>
+        </is>
+      </c>
+      <c r="AE166" t="inlineStr">
+        <is>
+          <t>315</t>
         </is>
       </c>
       <c r="AF166" t="inlineStr">
         <is>
-          <t>22</t>
-[...14 lines deleted...]
-          <t>N</t>
+          <t>19</t>
         </is>
       </c>
       <c r="AW166" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Garrett, Robert G.; Klassen, Rodney; Kilburn, James E.; Horton, John D. 0000-0003-2969-9073 jhorton@usgs.gov; King, Harley D. hking@usgs.gov; Goldhaber, Martin B. 0000-0002-1785-4243 mgold@usgs.gov; Morrison, Jean M. 0000-0002-6614-8783 jmorrison@usgs.gov</t>
+          <t>Diawara, D.M.; Litt, J.S.; Unis, D.; Alfonso, N.; Martinez, L.A.; Crock, J.G.; Smith, D. B. davidsmith@usgs.gov; Carsella, J.</t>
         </is>
       </c>
       <c r="AZ166" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA166" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db649886</t>
+          <t>5059ed98e4b0c8380cd498d5</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20055045</t>
+          <t>https://pubs.usgs.gov/publication/pp1716</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>70161</t>
+          <t>72835</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>sir20055045</t>
+          <t>pp1716</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G167" t="inlineStr">
         <is>
-          <t>Calibrating a tensor magnetic gradiometer using spin data</t>
+          <t>Geochemical landscapes of Alaska — New map presentations and interpretations for 23 elements in surficial materials</t>
         </is>
       </c>
       <c r="H167" t="inlineStr">
         <is>
-          <t>Scientific Investigations Report</t>
+          <t>Professional Paper</t>
         </is>
       </c>
       <c r="I167" t="inlineStr">
         <is>
-          <t>2005-5045</t>
+          <t>1716</t>
         </is>
       </c>
       <c r="M167" t="inlineStr">
         <is>
-          <t>2328-0328</t>
+          <t>2330-7102</t>
         </is>
       </c>
       <c r="N167" t="inlineStr">
         <is>
-          <t>2328-031X</t>
+          <t>1044-9612</t>
         </is>
       </c>
       <c r="P167" t="inlineStr">
         <is>
-          <t>10.3133/sir20055045</t>
+          <t>10.3133/pp1716</t>
         </is>
       </c>
       <c r="Q167" t="inlineStr">
         <is>
           <t>Version 1.0</t>
         </is>
       </c>
       <c r="T167" t="inlineStr">
         <is>
           <t>2005</t>
         </is>
       </c>
       <c r="U167" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V167" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W167" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z167" t="inlineStr">
         <is>
-          <t>1 p. online; 9 p. report</t>
-[...4 lines deleted...]
-          <t>24000</t>
+          <t>v, 36 p.</t>
+        </is>
+      </c>
+      <c r="AF167" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="AM167" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN167" t="inlineStr">
+        <is>
+          <t>Alaska</t>
         </is>
       </c>
       <c r="AW167" t="inlineStr">
         <is>
-          <t>Bracken, Robert E. 0000-0001-7759-2743 rbracken@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Brown, Philip J.</t>
+          <t>Gough, L. P.; Wang, Bronwen 0000-0003-1044-2227 bwang@usgs.gov; Smith, D. B. davidsmith@usgs.gov; Gustavsson, Nils</t>
         </is>
       </c>
       <c r="AZ167" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA167" t="inlineStr">
         <is>
-          <t>4f4e4a07e4b07f02db5f93e0</t>
+          <t>4f4e4b23e4b07f02db6ae255</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20041404</t>
+          <t>https://pubs.usgs.gov/publication/ofr20051253</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>69839</t>
+          <t>70912</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>ofr20041404</t>
+          <t>ofr20051253</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
-          <t>Biosolids, soil, crop, ground-water, and streambed-sediment data for a biosolids-application area near Deer Trail, Colorado, 2002-2003</t>
+          <t>Major- and trace-element concentrations in soils from two continental-scale transects of the United States and Canada</t>
         </is>
       </c>
       <c r="H168" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I168" t="inlineStr">
         <is>
-          <t>2004-1404</t>
+          <t>2005-1253</t>
         </is>
       </c>
       <c r="M168" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N168" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P168" t="inlineStr">
         <is>
-          <t>10.3133/ofr20041404</t>
+          <t>10.3133/ofr20051253</t>
+        </is>
+      </c>
+      <c r="Q168" t="inlineStr">
+        <is>
+          <t>Version 1.0</t>
         </is>
       </c>
       <c r="T168" t="inlineStr">
         <is>
-          <t>2004</t>
+          <t>2005</t>
         </is>
       </c>
       <c r="U168" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V168" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W168" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X168" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
+        </is>
+      </c>
+      <c r="Y168" t="inlineStr">
+        <is>
+          <t>Eastern Mineral and Environmental Resources Science Center; Minnesota Water Science Center</t>
         </is>
       </c>
       <c r="Z168" t="inlineStr">
         <is>
-          <t>90 p.</t>
-[...4 lines deleted...]
-          <t>24000</t>
+          <t>ii, 20 p.</t>
+        </is>
+      </c>
+      <c r="AF168" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="AM168" t="inlineStr">
+        <is>
+          <t>Canada, United States</t>
+        </is>
+      </c>
+      <c r="AU168" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV168" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW168" t="inlineStr">
         <is>
-          <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Woodruff, Laurel G. 0000-0002-2514-9923 woodruff@usgs.gov; Garrett, Robert G.; Klassen, Rodney; Kilburn, James E.; Horton, John D. 0000-0003-2969-9073 jhorton@usgs.gov; King, Harley D. hking@usgs.gov; Goldhaber, Martin B. 0000-0002-1785-4243 mgold@usgs.gov; Morrison, Jean M. 0000-0002-6614-8783 jmorrison@usgs.gov</t>
         </is>
       </c>
       <c r="AZ168" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA168" t="inlineStr">
         <is>
-          <t>4f4e4a2ae4b07f02db6124c2</t>
+          <t>4f4e4a80e4b07f02db649886</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20041388</t>
+          <t>https://pubs.usgs.gov/publication/sir20055045</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>58305</t>
+          <t>70161</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>ofr20041388</t>
+          <t>sir20055045</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
-          <t>Biosolids, soil, crop, ground-water, and streambed-sediment data for a biosolids-application area near Deer Trail, Colorado, 2001</t>
+          <t>Calibrating a tensor magnetic gradiometer using spin data</t>
         </is>
       </c>
       <c r="H169" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Scientific Investigations Report</t>
         </is>
       </c>
       <c r="I169" t="inlineStr">
         <is>
-          <t>2004-1388</t>
+          <t>2005-5045</t>
         </is>
       </c>
       <c r="M169" t="inlineStr">
         <is>
-          <t>2331-1258</t>
+          <t>2328-0328</t>
         </is>
       </c>
       <c r="N169" t="inlineStr">
         <is>
-          <t>0196-1497</t>
+          <t>2328-031X</t>
         </is>
       </c>
       <c r="P169" t="inlineStr">
         <is>
-          <t>10.3133/ofr20041388</t>
+          <t>10.3133/sir20055045</t>
+        </is>
+      </c>
+      <c r="Q169" t="inlineStr">
+        <is>
+          <t>Version 1.0</t>
         </is>
       </c>
       <c r="T169" t="inlineStr">
         <is>
-          <t>2004</t>
+          <t>2005</t>
         </is>
       </c>
       <c r="U169" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V169" t="inlineStr">
         <is>
-          <t>English</t>
-[...4 lines deleted...]
-          <t>U.S. Geological Survey</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z169" t="inlineStr">
         <is>
-          <t>76 p.</t>
+          <t>1 p. online; 9 p. report</t>
+        </is>
+      </c>
+      <c r="AT169" t="inlineStr">
+        <is>
+          <t>24000</t>
         </is>
       </c>
       <c r="AW169" t="inlineStr">
         <is>
-          <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov</t>
+          <t>Bracken, Robert E. 0000-0001-7759-2743 rbracken@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Brown, Philip J.</t>
         </is>
       </c>
       <c r="AZ169" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA169" t="inlineStr">
         <is>
-          <t>4f4e4a39e4b07f02db61ddc0</t>
+          <t>4f4e4a07e4b07f02db5f93e0</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20041031</t>
+          <t>https://pubs.usgs.gov/publication/ofr20041404</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>57070</t>
+          <t>69839</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>ofr20041031</t>
+          <t>ofr20041404</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
-      <c r="F170" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G170" t="inlineStr">
         <is>
-          <t>Preliminary 40Ar/39Ar geochronology of igneous intrusions from Uvalde County, Texas: Defining a more precise eruption history for the southern Balcones Volcanic Province</t>
+          <t>Biosolids, soil, crop, ground-water, and streambed-sediment data for a biosolids-application area near Deer Trail, Colorado, 2002-2003</t>
         </is>
       </c>
       <c r="H170" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I170" t="inlineStr">
         <is>
-          <t>2004-1031</t>
+          <t>2004-1404</t>
         </is>
       </c>
       <c r="M170" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N170" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P170" t="inlineStr">
         <is>
-          <t>10.3133/ofr20041031</t>
-[...4 lines deleted...]
-          <t>Version 1.0</t>
+          <t>10.3133/ofr20041404</t>
         </is>
       </c>
       <c r="T170" t="inlineStr">
         <is>
           <t>2004</t>
         </is>
       </c>
       <c r="U170" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V170" t="inlineStr">
         <is>
-          <t>English</t>
-[...4 lines deleted...]
-          <t>U.S. Geological Survey</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z170" t="inlineStr">
         <is>
-          <t>31 p.</t>
-[...14 lines deleted...]
-          <t>Uvalde County</t>
+          <t>90 p.</t>
+        </is>
+      </c>
+      <c r="AT170" t="inlineStr">
+        <is>
+          <t>24000</t>
         </is>
       </c>
       <c r="AW170" t="inlineStr">
         <is>
-          <t>Miggins, Daniel P.; Blome, Charles D. 0000-0002-3449-9378 cblome@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov</t>
+          <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov</t>
         </is>
       </c>
       <c r="AZ170" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA170" t="inlineStr">
         <is>
-          <t>4f4e4a0ae4b07f02db5fb746</t>
+          <t>4f4e4a2ae4b07f02db6124c2</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr03400</t>
+          <t>https://pubs.usgs.gov/publication/ofr20041388</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>54001</t>
+          <t>58305</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>ofr03400</t>
+          <t>ofr20041388</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
-          <t>Biosolids, Soil, Crop, Ground-Water, and Streambed-Sediment Data for a Biosolids-Application Area Near Deer Trail, Colorado, 2000</t>
+          <t>Biosolids, soil, crop, ground-water, and streambed-sediment data for a biosolids-application area near Deer Trail, Colorado, 2001</t>
         </is>
       </c>
       <c r="H171" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I171" t="inlineStr">
         <is>
-          <t>2003-400</t>
+          <t>2004-1388</t>
         </is>
       </c>
       <c r="M171" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N171" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P171" t="inlineStr">
         <is>
-          <t>10.3133/ofr03400</t>
+          <t>10.3133/ofr20041388</t>
         </is>
       </c>
       <c r="T171" t="inlineStr">
         <is>
           <t>2004</t>
         </is>
       </c>
       <c r="U171" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V171" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W171" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z171" t="inlineStr">
         <is>
-          <t>97 p.</t>
+          <t>76 p.</t>
         </is>
       </c>
       <c r="AW171" t="inlineStr">
         <is>
-          <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov; Stevens, Michael R. 0000-0002-9476-6335 mrsteven@usgs.gov</t>
+          <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov</t>
         </is>
       </c>
       <c r="AZ171" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA171" t="inlineStr">
         <is>
-          <t>4f4e4a3ee4b07f02db61f898</t>
+          <t>4f4e4a39e4b07f02db61ddc0</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20045289</t>
+          <t>https://pubs.usgs.gov/publication/ofr20041031</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>58306</t>
+          <t>57070</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>sir20045289</t>
+          <t>ofr20041031</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
+      <c r="F172" t="inlineStr">
+        <is>
+          <t>Preliminary &lt;sup&gt;40&lt;/sup&gt;Ar/&lt;sup&gt;39&lt;/sup&gt;Ar geochronology of igneous intrusions from Uvalde County, Texas: Defining a more precise eruption history for the southern Balcones Volcanic Province</t>
+        </is>
+      </c>
       <c r="G172" t="inlineStr">
         <is>
-          <t>Effects of surface applications of biosolids on soil, crops, ground water, and streambed sediment near Deer Trail, Colorado, 1999-2003</t>
+          <t>Preliminary 40Ar/39Ar geochronology of igneous intrusions from Uvalde County, Texas: Defining a more precise eruption history for the southern Balcones Volcanic Province</t>
         </is>
       </c>
       <c r="H172" t="inlineStr">
         <is>
-          <t>Scientific Investigations Report</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I172" t="inlineStr">
         <is>
-          <t>2004-5289</t>
+          <t>2004-1031</t>
         </is>
       </c>
       <c r="M172" t="inlineStr">
         <is>
-          <t>2328-0328</t>
+          <t>2331-1258</t>
         </is>
       </c>
       <c r="N172" t="inlineStr">
         <is>
-          <t>2328-031X</t>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P172" t="inlineStr">
         <is>
-          <t>10.3133/sir20045289</t>
+          <t>10.3133/ofr20041031</t>
+        </is>
+      </c>
+      <c r="Q172" t="inlineStr">
+        <is>
+          <t>Version 1.0</t>
         </is>
       </c>
       <c r="T172" t="inlineStr">
         <is>
           <t>2004</t>
         </is>
       </c>
       <c r="U172" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V172" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W172" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z172" t="inlineStr">
         <is>
-          <t>98 p.</t>
+          <t>31 p.</t>
+        </is>
+      </c>
+      <c r="AM172" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN172" t="inlineStr">
+        <is>
+          <t>Texas</t>
+        </is>
+      </c>
+      <c r="AO172" t="inlineStr">
+        <is>
+          <t>Uvalde County</t>
         </is>
       </c>
       <c r="AW172" t="inlineStr">
         <is>
-          <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov</t>
+          <t>Miggins, Daniel P.; Blome, Charles D. 0000-0002-3449-9378 cblome@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ172" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA172" t="inlineStr">
         <is>
-          <t>4f4e4ac9e4b07f02db67c907</t>
+          <t>4f4e4a0ae4b07f02db5fb746</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70217566</t>
+          <t>https://pubs.usgs.gov/publication/ofr03400</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>70217566</t>
+          <t>54001</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>70217566</t>
+          <t>ofr03400</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>Book</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
-          <t>Monograph</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
-          <t>A guide to sampling freshwater mussel populations</t>
+          <t>Biosolids, Soil, Crop, Ground-Water, and Streambed-Sediment Data for a Biosolids-Application Area Near Deer Trail, Colorado, 2000</t>
+        </is>
+      </c>
+      <c r="H173" t="inlineStr">
+        <is>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I173" t="inlineStr">
+        <is>
+          <t>2003-400</t>
+        </is>
+      </c>
+      <c r="M173" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N173" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
+        </is>
+      </c>
+      <c r="P173" t="inlineStr">
+        <is>
+          <t>10.3133/ofr03400</t>
         </is>
       </c>
       <c r="T173" t="inlineStr">
         <is>
-          <t>2003</t>
+          <t>2004</t>
         </is>
       </c>
       <c r="U173" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V173" t="inlineStr">
         <is>
-          <t>English</t>
-[...9 lines deleted...]
-          <t>Leetown Science Center</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z173" t="inlineStr">
         <is>
-          <t>110 p.</t>
+          <t>97 p.</t>
         </is>
       </c>
       <c r="AW173" t="inlineStr">
         <is>
-          <t>Strayer, David L.; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
+          <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov; Stevens, Michael R. 0000-0002-9476-6335 mrsteven@usgs.gov</t>
         </is>
       </c>
       <c r="AZ173" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="BA173" t="inlineStr">
+        <is>
+          <t>4f4e4a3ee4b07f02db61f898</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr03140</t>
+          <t>https://pubs.usgs.gov/publication/sir20045289</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>53238</t>
+          <t>58306</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>ofr03140</t>
+          <t>sir20045289</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
-          <t>Final report VETEM (Very Early Time Electromagnetic) system survey of Pit 4 and Pit 10 subsurface disposal area, Radioactive Waste Management Complex, Idaho National Engineering and Environmental Laboratory, Idaho Falls, ID</t>
+          <t>Effects of surface applications of biosolids on soil, crops, ground water, and streambed sediment near Deer Trail, Colorado, 1999-2003</t>
         </is>
       </c>
       <c r="H174" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Scientific Investigations Report</t>
         </is>
       </c>
       <c r="I174" t="inlineStr">
         <is>
-          <t>2003-140</t>
+          <t>2004-5289</t>
         </is>
       </c>
       <c r="M174" t="inlineStr">
         <is>
-          <t>2331-1258</t>
+          <t>2328-0328</t>
         </is>
       </c>
       <c r="N174" t="inlineStr">
         <is>
-          <t>0196-1497</t>
+          <t>2328-031X</t>
         </is>
       </c>
       <c r="P174" t="inlineStr">
         <is>
-          <t>10.3133/ofr03140</t>
-[...4 lines deleted...]
-          <t>Version 1.0</t>
+          <t>10.3133/sir20045289</t>
         </is>
       </c>
       <c r="T174" t="inlineStr">
         <is>
-          <t>2003</t>
+          <t>2004</t>
         </is>
       </c>
       <c r="U174" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V174" t="inlineStr">
         <is>
-          <t>English</t>
-[...4 lines deleted...]
-          <t>U.S. Geological Survey</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z174" t="inlineStr">
         <is>
-          <t>43 p.</t>
-[...9 lines deleted...]
-          <t>Idaho</t>
+          <t>98 p.</t>
         </is>
       </c>
       <c r="AW174" t="inlineStr">
         <is>
-          <t>Abraham, Jared D.; Smith, David Von G.; Wright, David L. dwright@usgs.gov</t>
+          <t>Yager, Tracy J.B.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Crock, James G. jcrock@usgs.gov</t>
         </is>
       </c>
       <c r="AZ174" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA174" t="inlineStr">
         <is>
-          <t>4f4e49fbe4b07f02db5f479d</t>
+          <t>4f4e4ac9e4b07f02db67c907</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr03226</t>
+          <t>https://pubs.usgs.gov/publication/70217566</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>51963</t>
+          <t>70217566</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>ofr03226</t>
+          <t>70217566</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Book</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Monograph</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
-          <t>Helicopter electromagnetic and magnetic survey data and maps, Seco Creek area, Medina and Uvalde counties, Texas</t>
-[...29 lines deleted...]
-          <t>Version 1.1</t>
+          <t>A guide to sampling freshwater mussel populations</t>
         </is>
       </c>
       <c r="T175" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
       <c r="U175" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V175" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W175" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>American Fisheries Society</t>
+        </is>
+      </c>
+      <c r="Y175" t="inlineStr">
+        <is>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z175" t="inlineStr">
         <is>
-          <t>53 p.</t>
-[...19 lines deleted...]
-          <t>Seco Creek area</t>
+          <t>110 p.</t>
         </is>
       </c>
       <c r="AW175" t="inlineStr">
         <is>
-          <t>Smith, Bruce D. 0000-0002-1643-2997 bsmith@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Hill, Patricia L. pathill@usgs.gov; Labson, Victor F. 0000-0003-1905-1820 vlabson@usgs.gov</t>
+          <t>Strayer, David L.; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ175" t="inlineStr">
         <is>
-          <t>2</t>
-[...4 lines deleted...]
-          <t>4f4e4a57e4b07f02db62e90b</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr0251</t>
+          <t>https://pubs.usgs.gov/publication/ofr03140</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>50602</t>
+          <t>53238</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>ofr0251</t>
+          <t>ofr03140</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
-          <t>Biosolids, soils, ground-water, and streambed-sediment data for a biosolids-application area near Deer Trail, Colorado, 1999</t>
+          <t>Final report VETEM (Very Early Time Electromagnetic) system survey of Pit 4 and Pit 10 subsurface disposal area, Radioactive Waste Management Complex, Idaho National Engineering and Environmental Laboratory, Idaho Falls, ID</t>
         </is>
       </c>
       <c r="H176" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I176" t="inlineStr">
         <is>
-          <t>2002-51</t>
+          <t>2003-140</t>
         </is>
       </c>
       <c r="M176" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N176" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P176" t="inlineStr">
         <is>
-          <t>10.3133/ofr0251</t>
+          <t>10.3133/ofr03140</t>
+        </is>
+      </c>
+      <c r="Q176" t="inlineStr">
+        <is>
+          <t>Version 1.0</t>
         </is>
       </c>
       <c r="T176" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
       <c r="U176" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V176" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W176" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z176" t="inlineStr">
         <is>
-          <t>v, 118 p. : ill., maps ; 28 cm.</t>
+          <t>43 p.</t>
+        </is>
+      </c>
+      <c r="AM176" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN176" t="inlineStr">
+        <is>
+          <t>Idaho</t>
         </is>
       </c>
       <c r="AW176" t="inlineStr">
         <is>
-          <t>Stevens, Michael R. 0000-0002-9476-6335 mrsteven@usgs.gov; Yager, Tracy J.B.; Smith, D. B. davidsmith@usgs.gov; Crock, J.G.</t>
+          <t>Abraham, Jared D.; Smith, David Von G.; Wright, David L. dwright@usgs.gov</t>
         </is>
       </c>
       <c r="AZ176" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA176" t="inlineStr">
         <is>
-          <t>4f4e4a28e4b07f02db611693</t>
+          <t>4f4e49fbe4b07f02db5f479d</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/fs01503</t>
+          <t>https://pubs.usgs.gov/publication/ofr03226</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>47828</t>
+          <t>51963</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>fs01503</t>
+          <t>ofr03226</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G177" t="inlineStr">
         <is>
-          <t>A proposal for upgrading the National-Scale Soil Geochemical Database for the United States</t>
+          <t>Helicopter electromagnetic and magnetic survey data and maps, Seco Creek area, Medina and Uvalde counties, Texas</t>
         </is>
       </c>
       <c r="H177" t="inlineStr">
         <is>
-          <t>Fact Sheet</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I177" t="inlineStr">
         <is>
-          <t>015-03</t>
+          <t>2003-226</t>
         </is>
       </c>
       <c r="M177" t="inlineStr">
         <is>
-          <t>2327-6932</t>
+          <t>2331-1258</t>
         </is>
       </c>
       <c r="N177" t="inlineStr">
         <is>
-          <t>2327-6916</t>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P177" t="inlineStr">
         <is>
-          <t>10.3133/fs01503</t>
+          <t>10.3133/ofr03226</t>
         </is>
       </c>
       <c r="Q177" t="inlineStr">
         <is>
-          <t>Version 1.0</t>
+          <t>Version 1.1</t>
         </is>
       </c>
       <c r="T177" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
       <c r="U177" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V177" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W177" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z177" t="inlineStr">
         <is>
-          <t>4 p.</t>
+          <t>53 p.</t>
+        </is>
+      </c>
+      <c r="AM177" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN177" t="inlineStr">
+        <is>
+          <t>Texas</t>
+        </is>
+      </c>
+      <c r="AO177" t="inlineStr">
+        <is>
+          <t>Medina County, Uvalde County</t>
+        </is>
+      </c>
+      <c r="AQ177" t="inlineStr">
+        <is>
+          <t>Seco Creek area</t>
         </is>
       </c>
       <c r="AW177" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Goldhaber, Martin B. 0000-0002-1785-4243 mgold@usgs.gov; Wilson, Michael A.; Burt, Rebecca</t>
+          <t>Smith, Bruce D. 0000-0002-1643-2997 bsmith@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Hill, Patricia L. pathill@usgs.gov; Labson, Victor F. 0000-0003-1905-1820 vlabson@usgs.gov</t>
         </is>
       </c>
       <c r="AZ177" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA177" t="inlineStr">
         <is>
-          <t>4f4e4b1be4b07f02db6a916c</t>
+          <t>4f4e4a57e4b07f02db62e90b</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70025948</t>
+          <t>https://pubs.usgs.gov/publication/ofr0251</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>70025948</t>
+          <t>50602</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>70025948</t>
+          <t>ofr0251</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
-          <t>Geochemical response to variable streamflow conditions in contaminated and uncontaminated streams</t>
+          <t>Biosolids, soils, ground-water, and streambed-sediment data for a biosolids-application area near Deer Trail, Colorado, 1999</t>
         </is>
       </c>
       <c r="H178" t="inlineStr">
         <is>
-          <t>Water Resources Research</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I178" t="inlineStr">
+        <is>
+          <t>2002-51</t>
         </is>
       </c>
       <c r="M178" t="inlineStr">
         <is>
-          <t>1944-7973</t>
+          <t>2331-1258</t>
         </is>
       </c>
       <c r="N178" t="inlineStr">
         <is>
-          <t>0043-1397</t>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P178" t="inlineStr">
         <is>
-          <t>10.1029/2001WR001247</t>
-[...9 lines deleted...]
-          <t>2</t>
+          <t>10.3133/ofr0251</t>
         </is>
       </c>
       <c r="T178" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
       <c r="U178" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V178" t="inlineStr">
         <is>
-          <t>English</t>
-[...4 lines deleted...]
-          <t>American Geophysical Union</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z178" t="inlineStr">
         <is>
-          <t>Article 1044; 14 p.</t>
-[...9 lines deleted...]
-          <t>1-14</t>
+          <t>v, 118 p. : ill., maps ; 28 cm.</t>
         </is>
       </c>
       <c r="AW178" t="inlineStr">
         <is>
-          <t>Nagorski, Sonia A.; Moore, Johnnie N.; McKinnon, Temple E.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
+          <t>Stevens, Michael R. 0000-0002-9476-6335 mrsteven@usgs.gov; Yager, Tracy J.B.; Smith, D. B. davidsmith@usgs.gov; Crock, J.G.</t>
         </is>
       </c>
       <c r="AZ178" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA178" t="inlineStr">
         <is>
-          <t>505a169ce4b0c8380cd551eb</t>
+          <t>4f4e4a28e4b07f02db611693</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70025256</t>
+          <t>https://pubs.usgs.gov/publication/fs01503</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>70025256</t>
+          <t>47828</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>70025256</t>
+          <t>fs01503</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G179" t="inlineStr">
         <is>
-          <t>The distribution of uranium over Europe: Geological and environmental significance</t>
+          <t>A proposal for upgrading the National-Scale Soil Geochemical Database for the United States</t>
         </is>
       </c>
       <c r="H179" t="inlineStr">
         <is>
-          <t>Transactions of the Institution of Mining and Metallurgy, Section B: Applied Earth Science</t>
+          <t>Fact Sheet</t>
+        </is>
+      </c>
+      <c r="I179" t="inlineStr">
+        <is>
+          <t>015-03</t>
+        </is>
+      </c>
+      <c r="M179" t="inlineStr">
+        <is>
+          <t>2327-6932</t>
+        </is>
+      </c>
+      <c r="N179" t="inlineStr">
+        <is>
+          <t>2327-6916</t>
         </is>
       </c>
       <c r="P179" t="inlineStr">
         <is>
-          <t>10.1179/037174503225003152</t>
-[...9 lines deleted...]
-          <t>3</t>
+          <t>10.3133/fs01503</t>
+        </is>
+      </c>
+      <c r="Q179" t="inlineStr">
+        <is>
+          <t>Version 1.0</t>
         </is>
       </c>
       <c r="T179" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
       <c r="U179" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V179" t="inlineStr">
         <is>
-          <t>English</t>
-[...29 lines deleted...]
-          <t>18</t>
+          <t>ENGLISH</t>
+        </is>
+      </c>
+      <c r="Z179" t="inlineStr">
+        <is>
+          <t>4 p.</t>
         </is>
       </c>
       <c r="AW179" t="inlineStr">
         <is>
-          <t>Plant, J.A.; Reeder, S.; Salminen, R.; Smith, D. B. davidsmith@usgs.gov; Tarvainen, T.; de Vivo, B.; Petterson, M.G.</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Goldhaber, Martin B. 0000-0002-1785-4243 mgold@usgs.gov; Wilson, Michael A.; Burt, Rebecca</t>
         </is>
       </c>
       <c r="AZ179" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA179" t="inlineStr">
         <is>
-          <t>505baadee4b08c986b322a80</t>
+          <t>4f4e4b1be4b07f02db6a916c</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70026327</t>
+          <t>https://pubs.usgs.gov/publication/70025256</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>70026327</t>
+          <t>70025256</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>70026327</t>
+          <t>70025256</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G180" t="inlineStr">
         <is>
-          <t>Scale-dependent temporal variations in stream water geochemistry</t>
+          <t>The distribution of uranium over Europe: Geological and environmental significance</t>
         </is>
       </c>
       <c r="H180" t="inlineStr">
         <is>
-          <t>Environmental Science &amp; Technology</t>
-[...9 lines deleted...]
-          <t>0013-936X</t>
+          <t>Transactions of the Institution of Mining and Metallurgy, Section B: Applied Earth Science</t>
         </is>
       </c>
       <c r="P180" t="inlineStr">
         <is>
-          <t>10.1021/es025983</t>
+          <t>10.1179/037174503225003152</t>
         </is>
       </c>
       <c r="R180" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>112</t>
         </is>
       </c>
       <c r="S180" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>3</t>
         </is>
       </c>
       <c r="T180" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
       <c r="U180" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V180" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W180" t="inlineStr">
-[...6 lines deleted...]
-          <t>6 p.</t>
+      <c r="AA180" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB180" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC180" t="inlineStr">
+        <is>
+          <t>Transactions of the Institution of Mining and Metallurgy, Section B: Applied Earth Science</t>
         </is>
       </c>
       <c r="AD180" t="inlineStr">
         <is>
-          <t>859</t>
+          <t>221</t>
         </is>
       </c>
       <c r="AE180" t="inlineStr">
         <is>
-          <t>864</t>
+          <t>238</t>
         </is>
       </c>
       <c r="AF180" t="inlineStr">
         <is>
-          <t>6</t>
-[...9 lines deleted...]
-          <t>Montana</t>
+          <t>18</t>
         </is>
       </c>
       <c r="AW180" t="inlineStr">
         <is>
-          <t>Nagorski, S.A.; Moore, J.N.; McKinnon, Temple E.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Plant, J.A.; Reeder, S.; Salminen, R.; Smith, D. B. davidsmith@usgs.gov; Tarvainen, T.; de Vivo, B.; Petterson, M.G.</t>
         </is>
       </c>
       <c r="AZ180" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA180" t="inlineStr">
         <is>
-          <t>505b870fe4b08c986b3162aa</t>
+          <t>505baadee4b08c986b322a80</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr0249</t>
+          <t>https://pubs.usgs.gov/publication/70025948</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>32363</t>
+          <t>70025948</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>ofr0249</t>
+          <t>70025948</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
-          <t>Aeromagnetic survey of Medina and Uvalde counties, Texas</t>
+          <t>Geochemical response to variable streamflow conditions in contaminated and uncontaminated streams</t>
         </is>
       </c>
       <c r="H181" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...4 lines deleted...]
-          <t>2002-49</t>
+          <t>Water Resources Research</t>
         </is>
       </c>
       <c r="M181" t="inlineStr">
         <is>
-          <t>2331-1258</t>
+          <t>1944-7973</t>
         </is>
       </c>
       <c r="N181" t="inlineStr">
         <is>
-          <t>0196-1497</t>
+          <t>0043-1397</t>
         </is>
       </c>
       <c r="P181" t="inlineStr">
         <is>
-          <t>10.3133/ofr0249</t>
+          <t>10.1029/2001WR001247</t>
+        </is>
+      </c>
+      <c r="R181" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="S181" t="inlineStr">
+        <is>
+          <t>2</t>
         </is>
       </c>
       <c r="T181" t="inlineStr">
         <is>
-          <t>2002</t>
+          <t>2003</t>
         </is>
       </c>
       <c r="U181" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V181" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W181" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...19 lines deleted...]
-          <t>Medina, Uvalde</t>
+          <t>American Geophysical Union</t>
+        </is>
+      </c>
+      <c r="Z181" t="inlineStr">
+        <is>
+          <t>Article 1044; 14 p.</t>
+        </is>
+      </c>
+      <c r="AD181" t="inlineStr">
+        <is>
+          <t>1-1</t>
+        </is>
+      </c>
+      <c r="AE181" t="inlineStr">
+        <is>
+          <t>1-14</t>
         </is>
       </c>
       <c r="AW181" t="inlineStr">
         <is>
-          <t>Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Smith, Bruce D. 0000-0002-1643-2997 bsmith@usgs.gov; Hill, Pat L.</t>
+          <t>Nagorski, Sonia A.; Moore, Johnnie N.; McKinnon, Temple E.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ181" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA181" t="inlineStr">
         <is>
-          <t>4f4e4ae4e4b07f02db689d38</t>
+          <t>505a169ce4b0c8380cd551eb</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70024058</t>
+          <t>https://pubs.usgs.gov/publication/70026327</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>70024058</t>
+          <t>70026327</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>70024058</t>
+          <t>70026327</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G182" t="inlineStr">
         <is>
-          <t>Distribution of metals in water and bed sediment in a mineral-rich watershed, Montana, USA</t>
+          <t>Scale-dependent temporal variations in stream water geochemistry</t>
         </is>
       </c>
       <c r="H182" t="inlineStr">
         <is>
-          <t>Mine Water and the Environment</t>
+          <t>Environmental Science &amp; Technology</t>
+        </is>
+      </c>
+      <c r="M182" t="inlineStr">
+        <is>
+          <t>1520-5851</t>
+        </is>
+      </c>
+      <c r="N182" t="inlineStr">
+        <is>
+          <t>0013-936X</t>
         </is>
       </c>
       <c r="P182" t="inlineStr">
         <is>
-          <t>10.1007/s102300200033</t>
+          <t>10.1021/es025983</t>
         </is>
       </c>
       <c r="R182" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>37</t>
         </is>
       </c>
       <c r="S182" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>5</t>
         </is>
       </c>
       <c r="T182" t="inlineStr">
         <is>
-          <t>2002</t>
+          <t>2003</t>
         </is>
       </c>
       <c r="U182" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V182" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W182" t="inlineStr">
         <is>
-          <t>Springer Link</t>
-[...4 lines deleted...]
-          <t>Denver Federal Center</t>
+          <t>ACS Publications</t>
         </is>
       </c>
       <c r="Z182" t="inlineStr">
         <is>
-          <t>16 p.</t>
+          <t>6 p.</t>
         </is>
       </c>
       <c r="AD182" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>859</t>
         </is>
       </c>
       <c r="AE182" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>864</t>
         </is>
       </c>
       <c r="AF182" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AM182" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN182" t="inlineStr">
         <is>
           <t>Montana</t>
         </is>
       </c>
-      <c r="AQ182" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW182" t="inlineStr">
         <is>
-          <t>Nagorski, Sonia A.; Moore, Johnnie N; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
+          <t>Nagorski, S.A.; Moore, J.N.; McKinnon, Temple E.; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ182" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA182" t="inlineStr">
         <is>
-          <t>505a02e2e4b0c8380cd50241</t>
+          <t>505b870fe4b08c986b3162aa</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/mf2374</t>
+          <t>https://pubs.usgs.gov/publication/ofr0249</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>61461</t>
+          <t>32363</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>mf2374</t>
+          <t>ofr0249</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G183" t="inlineStr">
         <is>
-          <t>Geologic map of the Saint Joseph area, Missouri and Kansas</t>
+          <t>Aeromagnetic survey of Medina and Uvalde counties, Texas</t>
         </is>
       </c>
       <c r="H183" t="inlineStr">
         <is>
-          <t>Miscellaneous Field Studies Map</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I183" t="inlineStr">
         <is>
-          <t>2374</t>
+          <t>2002-49</t>
+        </is>
+      </c>
+      <c r="M183" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N183" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P183" t="inlineStr">
         <is>
-          <t>10.3133/mf2374</t>
+          <t>10.3133/ofr0249</t>
         </is>
       </c>
       <c r="T183" t="inlineStr">
         <is>
-          <t>2001</t>
+          <t>2002</t>
         </is>
       </c>
       <c r="U183" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V183" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W183" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
-      <c r="Y183" t="inlineStr">
-[...6 lines deleted...]
-          <t>1 Plate: 62.00 x 44.00 inches; Metadata</t>
+      <c r="X183" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="AM183" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN183" t="inlineStr">
         <is>
-          <t>Kansas, Missouri</t>
-[...4 lines deleted...]
-          <t>St. Joseph</t>
+          <t>Texas</t>
+        </is>
+      </c>
+      <c r="AO183" t="inlineStr">
+        <is>
+          <t>Medina, Uvalde</t>
         </is>
       </c>
       <c r="AW183" t="inlineStr">
         <is>
-          <t>Langer, William H. blanger@usgs.gov; Brady, Lawrence L.; Smith, David; Melick, Roger A.</t>
+          <t>Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Smith, Bruce D. 0000-0002-1643-2997 bsmith@usgs.gov; Hill, Pat L.</t>
         </is>
       </c>
       <c r="AZ183" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA183" t="inlineStr">
         <is>
-          <t>4f4e4a28e4b07f02db6114e2</t>
+          <t>4f4e4ae4e4b07f02db689d38</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr0159</t>
+          <t>https://pubs.usgs.gov/publication/70024058</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>31223</t>
+          <t>70024058</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>ofr0159</t>
+          <t>70024058</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E184" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G184" t="inlineStr">
         <is>
-          <t>Geochemical baseline studies and relations between water quality and streamflow in the Upper Blackfoot watershed, Montana: Data for July 1997-December 1998</t>
+          <t>Distribution of metals in water and bed sediment in a mineral-rich watershed, Montana, USA</t>
         </is>
       </c>
       <c r="H184" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Mine Water and the Environment</t>
         </is>
       </c>
       <c r="P184" t="inlineStr">
         <is>
-          <t>10.3133/ofr0159</t>
+          <t>10.1007/s102300200033</t>
+        </is>
+      </c>
+      <c r="R184" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="S184" t="inlineStr">
+        <is>
+          <t>3</t>
         </is>
       </c>
       <c r="T184" t="inlineStr">
         <is>
-          <t>2001</t>
+          <t>2002</t>
         </is>
       </c>
       <c r="U184" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V184" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W184" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Springer Link</t>
+        </is>
+      </c>
+      <c r="Y184" t="inlineStr">
+        <is>
+          <t>Denver Federal Center</t>
         </is>
       </c>
       <c r="Z184" t="inlineStr">
         <is>
-          <t>99 p.</t>
+          <t>16 p.</t>
+        </is>
+      </c>
+      <c r="AD184" t="inlineStr">
+        <is>
+          <t>121</t>
+        </is>
+      </c>
+      <c r="AE184" t="inlineStr">
+        <is>
+          <t>136</t>
+        </is>
+      </c>
+      <c r="AF184" t="inlineStr">
+        <is>
+          <t>16</t>
         </is>
       </c>
       <c r="AM184" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN184" t="inlineStr">
         <is>
           <t>Montana</t>
         </is>
       </c>
       <c r="AQ184" t="inlineStr">
         <is>
-          <t>Upper Blackfoot watershed</t>
+          <t>Blackfoot River</t>
         </is>
       </c>
       <c r="AW184" t="inlineStr">
         <is>
-          <t>Nagorski, Sonia A.; Moore, Johnnie N.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
+          <t>Nagorski, Sonia A.; Moore, Johnnie N; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ184" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA184" t="inlineStr">
         <is>
-          <t>4f4e4b24e4b07f02db6ae61c</t>
+          <t>505a02e2e4b0c8380cd50241</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/pp1648</t>
+          <t>https://pubs.usgs.gov/publication/mf2374</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>38275</t>
+          <t>61461</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>pp1648</t>
+          <t>mf2374</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E185" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G185" t="inlineStr">
         <is>
-          <t>Geochemical landscapes of the conterminous United States — New map presentations for 22 elements</t>
+          <t>Geologic map of the Saint Joseph area, Missouri and Kansas</t>
         </is>
       </c>
       <c r="H185" t="inlineStr">
         <is>
-          <t>Professional Paper</t>
+          <t>Miscellaneous Field Studies Map</t>
         </is>
       </c>
       <c r="I185" t="inlineStr">
         <is>
-          <t>1648</t>
-[...9 lines deleted...]
-          <t>1044-9612</t>
+          <t>2374</t>
         </is>
       </c>
       <c r="P185" t="inlineStr">
         <is>
-          <t>10.3133/pp1648</t>
+          <t>10.3133/mf2374</t>
         </is>
       </c>
       <c r="T185" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
       <c r="U185" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V185" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W185" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
-      <c r="X185" t="inlineStr">
-[...1 lines deleted...]
-          <t>Denver, CO</t>
+      <c r="Y185" t="inlineStr">
+        <is>
+          <t>Central Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z185" t="inlineStr">
         <is>
-          <t>38 p.</t>
+          <t>1 Plate: 62.00 x 44.00 inches; Metadata</t>
         </is>
       </c>
       <c r="AM185" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
-      <c r="AQ185" t="inlineStr">
-[...1 lines deleted...]
-          <t>Conterminous United States</t>
+      <c r="AN185" t="inlineStr">
+        <is>
+          <t>Kansas, Missouri</t>
+        </is>
+      </c>
+      <c r="AP185" t="inlineStr">
+        <is>
+          <t>St. Joseph</t>
         </is>
       </c>
       <c r="AW185" t="inlineStr">
         <is>
-          <t>Gustavsson, N.; Bolviken, B.; Smith, D. B. davidsmith@usgs.gov; Severson, R. C.</t>
+          <t>Langer, William H. blanger@usgs.gov; Brady, Lawrence L.; Smith, David; Melick, Roger A.</t>
         </is>
       </c>
       <c r="AZ185" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA185" t="inlineStr">
         <is>
-          <t>4f4e4b23e4b07f02db6ae243</t>
+          <t>4f4e4a28e4b07f02db6114e2</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/mf2353</t>
+          <t>https://pubs.usgs.gov/publication/ofr0159</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>61478</t>
+          <t>31223</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>mf2353</t>
+          <t>ofr0159</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E186" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G186" t="inlineStr">
         <is>
-          <t>Geologic maps and cross sections of mine levels at the Pea Ridge iron mine, Washington County, Missouri</t>
+          <t>Geochemical baseline studies and relations between water quality and streamflow in the Upper Blackfoot watershed, Montana: Data for July 1997-December 1998</t>
         </is>
       </c>
       <c r="H186" t="inlineStr">
         <is>
-          <t>Miscellaneous Field Studies Map</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I186" t="inlineStr">
         <is>
-          <t>2353</t>
+          <t>2001-59</t>
+        </is>
+      </c>
+      <c r="M186" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N186" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P186" t="inlineStr">
         <is>
-          <t>10.3133/mf2353</t>
+          <t>10.3133/ofr0159</t>
         </is>
       </c>
       <c r="T186" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
       <c r="U186" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V186" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
+      <c r="W186" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
       <c r="Z186" t="inlineStr">
         <is>
-          <t>5 sheets</t>
+          <t>99 p.</t>
         </is>
       </c>
       <c r="AM186" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN186" t="inlineStr">
         <is>
-          <t>Missouri</t>
-[...4 lines deleted...]
-          <t>24000</t>
+          <t>Montana</t>
+        </is>
+      </c>
+      <c r="AQ186" t="inlineStr">
+        <is>
+          <t>Upper Blackfoot watershed</t>
         </is>
       </c>
       <c r="AW186" t="inlineStr">
         <is>
-          <t>Seeger, C.M.; Nuelle, L. M.; Sidder, G.B.; Marikos, M.A.; Smith, D. C. davidsmith@usgs.gov</t>
+          <t>Nagorski, Sonia A.; Moore, Johnnie N.; Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ186" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA186" t="inlineStr">
         <is>
-          <t>4f4e4ae1e4b07f02db688642</t>
+          <t>4f4e4b24e4b07f02db6ae61c</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr003</t>
+          <t>https://pubs.usgs.gov/publication/pp1648</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>21798</t>
+          <t>38275</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>ofr003</t>
+          <t>pp1648</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G187" t="inlineStr">
         <is>
-          <t>Geochemical characterization of surface water and streambed sediment of the Blackfoot River, Montana, during low flow conditions, August 16-20, 1998</t>
+          <t>Geochemical landscapes of the conterminous United States — New map presentations for 22 elements</t>
         </is>
       </c>
       <c r="H187" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Professional Paper</t>
         </is>
       </c>
       <c r="I187" t="inlineStr">
         <is>
-          <t>2000-3</t>
+          <t>1648</t>
         </is>
       </c>
       <c r="M187" t="inlineStr">
         <is>
-          <t>2331-1258</t>
+          <t>2330-7102</t>
         </is>
       </c>
       <c r="N187" t="inlineStr">
         <is>
-          <t>0196-1497</t>
+          <t>1044-9612</t>
         </is>
       </c>
       <c r="P187" t="inlineStr">
         <is>
-          <t>10.3133/ofr003</t>
+          <t>10.3133/pp1648</t>
         </is>
       </c>
       <c r="T187" t="inlineStr">
         <is>
-          <t>2000</t>
+          <t>2001</t>
         </is>
       </c>
       <c r="U187" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V187" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W187" t="inlineStr">
         <is>
-          <t>U.S. Dept. of the Interior, U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X187" t="inlineStr">
+        <is>
+          <t>Denver, CO</t>
         </is>
       </c>
       <c r="Z187" t="inlineStr">
         <is>
-          <t>59 p., :ill. (some col.), col. map ;28 cm.</t>
+          <t>38 p.</t>
+        </is>
+      </c>
+      <c r="AM187" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AQ187" t="inlineStr">
+        <is>
+          <t>Conterminous United States</t>
         </is>
       </c>
       <c r="AW187" t="inlineStr">
         <is>
-          <t>Nagorski, Sonia A.; McKinnon, Temple E.; Moore, J.N.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Gustavsson, N.; Bolviken, B.; Smith, D. B. davidsmith@usgs.gov; Severson, R. C.</t>
         </is>
       </c>
       <c r="AZ187" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA187" t="inlineStr">
         <is>
-          <t>4f4e4b24e4b07f02db6ae55e</t>
+          <t>4f4e4b23e4b07f02db6ae243</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr99433</t>
+          <t>https://pubs.usgs.gov/publication/mf2353</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>21973</t>
+          <t>61478</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>ofr99433</t>
+          <t>mf2353</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G188" t="inlineStr">
         <is>
-          <t>National Geochemical Database, U.S. Geological Survey RASS (Rock Analysis Storage System) geochemical data for Alaska</t>
+          <t>Geologic maps and cross sections of mine levels at the Pea Ridge iron mine, Washington County, Missouri</t>
         </is>
       </c>
       <c r="H188" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Miscellaneous Field Studies Map</t>
         </is>
       </c>
       <c r="I188" t="inlineStr">
         <is>
-          <t>99-433</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>2353</t>
         </is>
       </c>
       <c r="P188" t="inlineStr">
         <is>
-          <t>10.3133/ofr99433</t>
-[...4 lines deleted...]
-          <t>Version 1.0.</t>
+          <t>10.3133/mf2353</t>
         </is>
       </c>
       <c r="T188" t="inlineStr">
         <is>
-          <t>2000</t>
+          <t>2001</t>
         </is>
       </c>
       <c r="U188" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V188" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W188" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="Z188" t="inlineStr">
         <is>
-          <t>HTML Document</t>
+          <t>5 sheets</t>
         </is>
       </c>
       <c r="AM188" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN188" t="inlineStr">
         <is>
-          <t>Alaska</t>
+          <t>Missouri</t>
+        </is>
+      </c>
+      <c r="AT188" t="inlineStr">
+        <is>
+          <t>24000</t>
         </is>
       </c>
       <c r="AW188" t="inlineStr">
         <is>
-          <t>Bailey, E. A.; Smith, D. B. davidsmith@usgs.gov; Abston, C. C.; Granitto, Matthew 0000-0003-3445-4863 granitto@usgs.gov; Burleigh, K. A.</t>
+          <t>Seeger, C.M.; Nuelle, L. M.; Sidder, G.B.; Marikos, M.A.; Smith, D. C. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ188" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA188" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db6493fc</t>
+          <t>4f4e4ae1e4b07f02db688642</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70006783</t>
+          <t>https://pubs.usgs.gov/publication/ofr003</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>70006783</t>
+          <t>21798</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>70006783</t>
+          <t>ofr003</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
-          <t>Federal Government Series</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G189" t="inlineStr">
         <is>
-          <t>Relationship of Eastern hemlock (&lt;i&gt;Tsuga canadensis&lt;/i&gt;) to the ecology of small streams in Delaware Water Gap National Recreation Area</t>
+          <t>Geochemical characterization of surface water and streambed sediment of the Blackfoot River, Montana, during low flow conditions, August 16-20, 1998</t>
         </is>
       </c>
       <c r="H189" t="inlineStr">
         <is>
-          <t>General Technical Report</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I189" t="inlineStr">
         <is>
-          <t>NE-267</t>
+          <t>2000-3</t>
+        </is>
+      </c>
+      <c r="M189" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N189" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
+        </is>
+      </c>
+      <c r="P189" t="inlineStr">
+        <is>
+          <t>10.3133/ofr003</t>
         </is>
       </c>
       <c r="T189" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
       <c r="U189" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V189" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W189" t="inlineStr">
         <is>
-          <t>U.S. Forest Service</t>
-[...9 lines deleted...]
-          <t>Leetown Science Center</t>
+          <t>U.S. Dept. of the Interior, U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z189" t="inlineStr">
         <is>
-          <t>1 p.</t>
-[...27 lines deleted...]
-      <c r="AF189" t="inlineStr">
+          <t>59 p., :ill. (some col.), col. map ;28 cm.</t>
+        </is>
+      </c>
+      <c r="AW189" t="inlineStr">
+        <is>
+          <t>Nagorski, Sonia A.; McKinnon, Temple E.; Moore, J.N.; Smith, D. B. davidsmith@usgs.gov</t>
+        </is>
+      </c>
+      <c r="AZ189" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AM189" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="BA189" t="inlineStr">
         <is>
-          <t>53ae7809e4b0abf75cf2c870</t>
+          <t>4f4e4b24e4b07f02db6ae55e</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70023144</t>
+          <t>https://pubs.usgs.gov/publication/ofr99433</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>70023144</t>
+          <t>21973</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>70023144</t>
+          <t>ofr99433</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G190" t="inlineStr">
         <is>
-          <t>Imaging and modeling new VETEM data</t>
-[...4 lines deleted...]
-          <t>4084</t>
+          <t>National Geochemical Database, U.S. Geological Survey RASS (Rock Analysis Storage System) geochemical data for Alaska</t>
+        </is>
+      </c>
+      <c r="H190" t="inlineStr">
+        <is>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I190" t="inlineStr">
+        <is>
+          <t>99-433</t>
+        </is>
+      </c>
+      <c r="M190" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N190" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
+        </is>
+      </c>
+      <c r="P190" t="inlineStr">
+        <is>
+          <t>10.3133/ofr99433</t>
+        </is>
+      </c>
+      <c r="Q190" t="inlineStr">
+        <is>
+          <t>Version 1.0.</t>
         </is>
       </c>
       <c r="T190" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
       <c r="U190" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V190" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W190" t="inlineStr">
         <is>
-          <t>Society of Photo-Optical Instrumentation Engineers</t>
-[...39 lines deleted...]
-          <t>23 May 2000 through 26 May 2000</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="Y190" t="inlineStr">
+        <is>
+          <t>Central Mineral and Environmental Resources Science Center</t>
+        </is>
+      </c>
+      <c r="Z190" t="inlineStr">
+        <is>
+          <t>HTML Document</t>
+        </is>
+      </c>
+      <c r="AM190" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN190" t="inlineStr">
+        <is>
+          <t>Alaska</t>
         </is>
       </c>
       <c r="AW190" t="inlineStr">
         <is>
-          <t>Wright, David L. dwright@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Abraham, Jared D.; Hutton, Raymond S.; Bond, E. Kent; Cui, Tie Jun; Aydiner, Alaeddin A.; Chew, Weng Cho</t>
+          <t>Bailey, E. A.; Smith, D. B. davidsmith@usgs.gov; Abston, C. C.; Granitto, Matthew 0000-0003-3445-4863 granitto@usgs.gov; Burleigh, K. A.</t>
         </is>
       </c>
       <c r="AZ190" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA190" t="inlineStr">
         <is>
-          <t>505a387fe4b0c8380cd615b7</t>
+          <t>4f4e4a80e4b07f02db6493fc</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr99348</t>
+          <t>https://pubs.usgs.gov/publication/70006783</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>23564</t>
+          <t>70006783</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>ofr99348</t>
+          <t>70006783</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Federal Government Series</t>
         </is>
       </c>
       <c r="G191" t="inlineStr">
         <is>
-          <t>Analytical results and conceptual model of mine drainage at the Holden Mine, Chelan County, Washington</t>
+          <t>Relationship of Eastern hemlock (&lt;i&gt;Tsuga canadensis&lt;/i&gt;) to the ecology of small streams in Delaware Water Gap National Recreation Area</t>
         </is>
       </c>
       <c r="H191" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>General Technical Report</t>
         </is>
       </c>
       <c r="I191" t="inlineStr">
         <is>
-          <t>99-348</t>
-[...14 lines deleted...]
-          <t>10.3133/ofr99348</t>
+          <t>NE-267</t>
         </is>
       </c>
       <c r="T191" t="inlineStr">
         <is>
-          <t>1999</t>
+          <t>2000</t>
         </is>
       </c>
       <c r="U191" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V191" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W191" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Forest Service</t>
+        </is>
+      </c>
+      <c r="X191" t="inlineStr">
+        <is>
+          <t>Washington D.C.</t>
+        </is>
+      </c>
+      <c r="Y191" t="inlineStr">
+        <is>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z191" t="inlineStr">
         <is>
-          <t>ii, 36 p. ill., maps ;28 cm.</t>
+          <t>1 p.</t>
+        </is>
+      </c>
+      <c r="AA191" t="inlineStr">
+        <is>
+          <t>Report</t>
+        </is>
+      </c>
+      <c r="AB191" t="inlineStr">
+        <is>
+          <t>Federal Government Series</t>
+        </is>
+      </c>
+      <c r="AC191" t="inlineStr">
+        <is>
+          <t>Proceedings: Symposium on sustainable management of hemlock ecosystems in Eastern North America</t>
+        </is>
+      </c>
+      <c r="AD191" t="inlineStr">
+        <is>
+          <t>182</t>
+        </is>
+      </c>
+      <c r="AE191" t="inlineStr">
+        <is>
+          <t>182</t>
+        </is>
+      </c>
+      <c r="AF191" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AM191" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN191" t="inlineStr">
+        <is>
+          <t>New Jersey;Pennsylvania</t>
+        </is>
+      </c>
+      <c r="AQ191" t="inlineStr">
+        <is>
+          <t>Delaware Water Gap National Recreation Area</t>
         </is>
       </c>
       <c r="AW191" t="inlineStr">
         <is>
-          <t>Kilburn, J.E.; Smith, D. B. davidsmith@usgs.gov; Sutley, S. J.</t>
+          <t>Lemarie, David P.; Young, John A. 0000-0002-4500-3673 jyoung@usgs.gov; Snyder, Craig D. 0000-0002-3448-597X csnyder@usgs.gov; Ross, Robert M.; Smith, David 0000-0001-6074-9257; Bennett, Randy M.</t>
         </is>
       </c>
       <c r="AZ191" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA191" t="inlineStr">
         <is>
-          <t>4f4e4acee4b07f02db67f635</t>
+          <t>53ae7809e4b0abf75cf2c870</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70006976</t>
+          <t>https://pubs.usgs.gov/publication/70023144</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>70006976</t>
+          <t>70023144</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>70006976</t>
+          <t>70023144</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>Book</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
-          <t>Conference publication</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
-          <t>Influence of temperature and substrate on infection rate, triactinomyxon production, and release duration from eastern tubifex worms infected with &lt;i&gt;Myxobolus cerebralis&lt;/i&gt;</t>
+          <t>Imaging and modeling new VETEM data</t>
+        </is>
+      </c>
+      <c r="R192" t="inlineStr">
+        <is>
+          <t>4084</t>
         </is>
       </c>
       <c r="T192" t="inlineStr">
         <is>
-          <t>1999</t>
+          <t>2000</t>
         </is>
       </c>
       <c r="U192" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V192" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W192" t="inlineStr">
         <is>
-          <t>Whirling Disease Foundation</t>
+          <t>Society of Photo-Optical Instrumentation Engineers</t>
         </is>
       </c>
       <c r="X192" t="inlineStr">
         <is>
-          <t>Bozeman, MT</t>
-[...9 lines deleted...]
-          <t>p. 251-255</t>
+          <t>Bellingham, WA, United States</t>
         </is>
       </c>
       <c r="AC192" t="inlineStr">
         <is>
-          <t>5th Annual Whirling Disease Symposium: Research and Management Perspectives</t>
+          <t>Proceedings of SPIE - The International Society for Optical Engineering</t>
+        </is>
+      </c>
+      <c r="AD192" t="inlineStr">
+        <is>
+          <t>146</t>
+        </is>
+      </c>
+      <c r="AE192" t="inlineStr">
+        <is>
+          <t>150</t>
         </is>
       </c>
       <c r="AF192" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
+      <c r="AJ192" t="inlineStr">
+        <is>
+          <t>GPR 2000: The 8th International Conference on Ground Penetrating Radar</t>
+        </is>
+      </c>
       <c r="AK192" t="inlineStr">
         <is>
-          <t>Missoula, Montana</t>
+          <t>Goldcoast, Aust</t>
+        </is>
+      </c>
+      <c r="AL192" t="inlineStr">
+        <is>
+          <t>23 May 2000 through 26 May 2000</t>
         </is>
       </c>
       <c r="AW192" t="inlineStr">
         <is>
-          <t>Waldrop, Thomas; Blazer, Vicki 0000-0001-6647-9614; Smith, David; Schill, Bane; Densmore, Christine</t>
-[...4 lines deleted...]
-          <t>Schill, B.; Waldrop, T.; Blazer, V. 0000-0001-6647-9614</t>
+          <t>Wright, David L. dwright@usgs.gov; Smith, David V. 0000-0003-0426-4401 dvsmith@usgs.gov; Abraham, Jared D.; Hutton, Raymond S.; Bond, E. Kent; Cui, Tie Jun; Aydiner, Alaeddin A.; Chew, Weng Cho</t>
         </is>
       </c>
       <c r="AZ192" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA192" t="inlineStr">
         <is>
-          <t>53b286f2e4b07b8813a554cc</t>
+          <t>505a387fe4b0c8380cd615b7</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr98499</t>
+          <t>https://pubs.usgs.gov/publication/ofr99348</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>21795</t>
+          <t>23564</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>ofr98499</t>
+          <t>ofr99348</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
-          <t>Geochemical baseline studies and relations between water quality and streamflow in the Upper Blackfoot River Watershed, Montana; progress report for July 1997 - March 1998</t>
+          <t>Analytical results and conceptual model of mine drainage at the Holden Mine, Chelan County, Washington</t>
         </is>
       </c>
       <c r="H193" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I193" t="inlineStr">
         <is>
-          <t>98-499</t>
+          <t>99-348</t>
         </is>
       </c>
       <c r="M193" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N193" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P193" t="inlineStr">
         <is>
-          <t>10.3133/ofr98499</t>
+          <t>10.3133/ofr99348</t>
         </is>
       </c>
       <c r="T193" t="inlineStr">
         <is>
-          <t>1998</t>
+          <t>1999</t>
         </is>
       </c>
       <c r="U193" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V193" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W193" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey ;
-Books and Open-file Reports Section, [distributor,</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z193" t="inlineStr">
         <is>
-          <t>133 p. :ill., maps ;28 cm.</t>
+          <t>ii, 36 p. ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW193" t="inlineStr">
         <is>
-          <t>Nagorski, S.A.; Shifflett, J.A.; Moore, J.N.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Kilburn, J.E.; Smith, D. B. davidsmith@usgs.gov; Sutley, S. J.</t>
         </is>
       </c>
       <c r="AZ193" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA193" t="inlineStr">
         <is>
-          <t>4f4e4b24e4b07f02db6ae612</t>
+          <t>4f4e4acee4b07f02db67f635</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/i2426B</t>
+          <t>https://pubs.usgs.gov/publication/70006976</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>66512</t>
+          <t>70006976</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>i2426B</t>
+          <t>70006976</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Book</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Conference publication</t>
         </is>
       </c>
       <c r="G194" t="inlineStr">
         <is>
-          <t>Bedrock geologic map of the Joplin 1° x 2° quadrangle, Kansas and Missouri</t>
-[...24 lines deleted...]
-          <t>10.3133/i2426B</t>
+          <t>Influence of temperature and substrate on infection rate, triactinomyxon production, and release duration from eastern tubifex worms infected with &lt;i&gt;Myxobolus cerebralis&lt;/i&gt;</t>
         </is>
       </c>
       <c r="T194" t="inlineStr">
         <is>
-          <t>1998</t>
+          <t>1999</t>
         </is>
       </c>
       <c r="U194" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V194" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W194" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Whirling Disease Foundation</t>
+        </is>
+      </c>
+      <c r="X194" t="inlineStr">
+        <is>
+          <t>Bozeman, MT</t>
+        </is>
+      </c>
+      <c r="Y194" t="inlineStr">
+        <is>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z194" t="inlineStr">
         <is>
-          <t>1 Plate: 42.99 × 32.26 inches</t>
-[...19 lines deleted...]
-          <t>250000</t>
+          <t>p. 251-255</t>
+        </is>
+      </c>
+      <c r="AC194" t="inlineStr">
+        <is>
+          <t>5th Annual Whirling Disease Symposium: Research and Management Perspectives</t>
+        </is>
+      </c>
+      <c r="AF194" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="AK194" t="inlineStr">
+        <is>
+          <t>Missoula, Montana</t>
         </is>
       </c>
       <c r="AW194" t="inlineStr">
         <is>
-          <t>McCauley, J. R.; Smith, D. C. davidsmith@usgs.gov</t>
+          <t>Waldrop, Thomas; Blazer, Vicki 0000-0001-6647-9614; Smith, David; Schill, Bane; Densmore, Christine</t>
+        </is>
+      </c>
+      <c r="AX194" t="inlineStr">
+        <is>
+          <t>Schill, B.; Waldrop, T.; Blazer, V. 0000-0001-6647-9614</t>
         </is>
       </c>
       <c r="AZ194" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA194" t="inlineStr">
         <is>
-          <t>4f4e4a62e4b07f02db636313</t>
+          <t>53b286f2e4b07b8813a554cc</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr98201</t>
+          <t>https://pubs.usgs.gov/publication/ofr98499</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>21796</t>
+          <t>21795</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>ofr98201</t>
+          <t>ofr98499</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
-          <t>Geochemical baselines for surface waters and stream sediments and processes controlling element mobility, Rough and Ready Creek and Oregon Caves National Monument and vicinity, southwestern Oregon</t>
+          <t>Geochemical baseline studies and relations between water quality and streamflow in the Upper Blackfoot River Watershed, Montana; progress report for July 1997 - March 1998</t>
         </is>
       </c>
       <c r="H195" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I195" t="inlineStr">
         <is>
-          <t>98-201</t>
+          <t>98-499</t>
         </is>
       </c>
       <c r="M195" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N195" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P195" t="inlineStr">
         <is>
-          <t>10.3133/ofr98201</t>
+          <t>10.3133/ofr98499</t>
         </is>
       </c>
       <c r="T195" t="inlineStr">
         <is>
           <t>1998</t>
         </is>
       </c>
       <c r="U195" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V195" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W195" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey ;
+Books and Open-file Reports Section, [distributor,</t>
         </is>
       </c>
       <c r="Z195" t="inlineStr">
         <is>
-          <t>29 p. :maps ;28 cm.</t>
+          <t>133 p. :ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW195" t="inlineStr">
         <is>
-          <t>Miller, W. R.; Smith, D. B. davidsmith@usgs.gov; Meier, A. L.; Briggs, Paul H.; Theodorakos, P. M.; Sanzolone, R. F.; Vaughn, R. B.</t>
+          <t>Nagorski, S.A.; Shifflett, J.A.; Moore, J.N.; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ195" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA195" t="inlineStr">
         <is>
-          <t>4f4e4b24e4b07f02db6ae5eb</t>
+          <t>4f4e4b24e4b07f02db6ae612</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/1014927</t>
+          <t>https://pubs.usgs.gov/publication/i2426B</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>1014927</t>
+          <t>66512</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>1014927</t>
+          <t>i2426B</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
-          <t>Limits of retrospective power analysis</t>
+          <t>Bedrock geologic map of the Joplin 1° x 2° quadrangle, Kansas and Missouri</t>
         </is>
       </c>
       <c r="H196" t="inlineStr">
         <is>
-          <t>Journal of Wildlife Management</t>
+          <t>IMAP</t>
+        </is>
+      </c>
+      <c r="I196" t="inlineStr">
+        <is>
+          <t>2426</t>
+        </is>
+      </c>
+      <c r="K196" t="inlineStr">
+        <is>
+          <t>B</t>
+        </is>
+      </c>
+      <c r="O196" t="inlineStr">
+        <is>
+          <t>0607885467</t>
         </is>
       </c>
       <c r="P196" t="inlineStr">
         <is>
-          <t>10.2307/3802357</t>
-[...9 lines deleted...]
-          <t>2</t>
+          <t>10.3133/i2426B</t>
         </is>
       </c>
       <c r="T196" t="inlineStr">
         <is>
           <t>1998</t>
         </is>
       </c>
       <c r="U196" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V196" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W196" t="inlineStr">
         <is>
-          <t>Wiley</t>
-[...4 lines deleted...]
-          <t>Leetown Science Center</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z196" t="inlineStr">
         <is>
-          <t>7 p.</t>
-[...9 lines deleted...]
-          <t>807</t>
+          <t>1 Plate: 42.99 × 32.26 inches</t>
+        </is>
+      </c>
+      <c r="AM196" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN196" t="inlineStr">
+        <is>
+          <t>Kansas, Missouri</t>
+        </is>
+      </c>
+      <c r="AQ196" t="inlineStr">
+        <is>
+          <t>Joplin 1° x 2° quadrangle</t>
+        </is>
+      </c>
+      <c r="AT196" t="inlineStr">
+        <is>
+          <t>250000</t>
         </is>
       </c>
       <c r="AW196" t="inlineStr">
         <is>
-          <t>Gerard, Patrick D.; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Weerakkody, Govinda</t>
+          <t>McCauley, J. R.; Smith, D. C. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ196" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA196" t="inlineStr">
         <is>
-          <t>4f4e4b16e4b07f02db6a527f</t>
+          <t>4f4e4a62e4b07f02db636313</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70021108</t>
+          <t>https://pubs.usgs.gov/publication/ofr98201</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>70021108</t>
+          <t>21796</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>70021108</t>
+          <t>ofr98201</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
-          <t>Electrogeochemical sampling with NEOCHIM - results of tests over buried gold deposits</t>
+          <t>Geochemical baselines for surface waters and stream sediments and processes controlling element mobility, Rough and Ready Creek and Oregon Caves National Monument and vicinity, southwestern Oregon</t>
         </is>
       </c>
       <c r="H197" t="inlineStr">
         <is>
-          <t>Journal of Geochemical Exploration</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I197" t="inlineStr">
+        <is>
+          <t>98-201</t>
+        </is>
+      </c>
+      <c r="M197" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N197" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P197" t="inlineStr">
         <is>
-          <t>10.1016/S0375-6742(97)00038-1</t>
-[...9 lines deleted...]
-          <t>1-3</t>
+          <t>10.3133/ofr98201</t>
         </is>
       </c>
       <c r="T197" t="inlineStr">
         <is>
           <t>1998</t>
         </is>
       </c>
       <c r="U197" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V197" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W197" t="inlineStr">
         <is>
-          <t>Elsevier Sci B.V.</t>
-[...34 lines deleted...]
-          <t>30</t>
+          <t>U.S. Geological Survey,</t>
+        </is>
+      </c>
+      <c r="Z197" t="inlineStr">
+        <is>
+          <t>29 p. :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW197" t="inlineStr">
         <is>
-          <t>Leinz, R. W.; Hoover, D.B.; Fey, D.L.; Smith, D. B. davidsmith@usgs.gov; Patterson, T.</t>
+          <t>Miller, W. R.; Smith, D. B. davidsmith@usgs.gov; Meier, A. L.; Briggs, Paul H.; Theodorakos, P. M.; Sanzolone, R. F.; Vaughn, R. B.</t>
         </is>
       </c>
       <c r="AZ197" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA197" t="inlineStr">
         <is>
-          <t>505a08a2e4b0c8380cd51bda</t>
+          <t>4f4e4b24e4b07f02db6ae5eb</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr9792</t>
+          <t>https://pubs.usgs.gov/publication/1014927</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>23388</t>
+          <t>1014927</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>ofr9792</t>
+          <t>1014927</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G198" t="inlineStr">
         <is>
-          <t>CHIM; an electrogeochemical partial extraction method; an historical overview</t>
+          <t>Limits of retrospective power analysis</t>
         </is>
       </c>
       <c r="H198" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Journal of Wildlife Management</t>
         </is>
       </c>
       <c r="P198" t="inlineStr">
         <is>
-          <t>10.3133/ofr9792</t>
+          <t>10.2307/3802357</t>
+        </is>
+      </c>
+      <c r="R198" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="S198" t="inlineStr">
+        <is>
+          <t>2</t>
         </is>
       </c>
       <c r="T198" t="inlineStr">
         <is>
-          <t>1997</t>
+          <t>1998</t>
         </is>
       </c>
       <c r="U198" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V198" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W198" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="Y198" t="inlineStr">
+        <is>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z198" t="inlineStr">
         <is>
-          <t>27 p. :ill. ;28 cm.</t>
+          <t>7 p.</t>
+        </is>
+      </c>
+      <c r="AD198" t="inlineStr">
+        <is>
+          <t>801</t>
+        </is>
+      </c>
+      <c r="AE198" t="inlineStr">
+        <is>
+          <t>807</t>
         </is>
       </c>
       <c r="AW198" t="inlineStr">
         <is>
-          <t>Hoover, D.B.; Smith, D. B. davidsmith@usgs.gov; Leinz, R. W.</t>
+          <t>Gerard, Patrick D.; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Weerakkody, Govinda</t>
         </is>
       </c>
       <c r="AZ198" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA198" t="inlineStr">
         <is>
-          <t>4f4e4a07e4b07f02db5f985e</t>
+          <t>4f4e4b16e4b07f02db6a527f</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/1000641</t>
+          <t>https://pubs.usgs.gov/publication/70021108</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>1000641</t>
+          <t>70021108</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>1000641</t>
+          <t>70021108</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G199" t="inlineStr">
         <is>
-          <t>A revised annotated checklist of the Chironomidae (Insecta: Diptera) of the southeastern United States</t>
+          <t>Electrogeochemical sampling with NEOCHIM - results of tests over buried gold deposits</t>
         </is>
       </c>
       <c r="H199" t="inlineStr">
         <is>
-          <t>Transactions of the American Entomological Society</t>
+          <t>Journal of Geochemical Exploration</t>
+        </is>
+      </c>
+      <c r="P199" t="inlineStr">
+        <is>
+          <t>10.1016/S0375-6742(97)00038-1</t>
         </is>
       </c>
       <c r="R199" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>61</t>
         </is>
       </c>
       <c r="S199" t="inlineStr">
         <is>
-          <t>1/2</t>
+          <t>1-3</t>
         </is>
       </c>
       <c r="T199" t="inlineStr">
         <is>
-          <t>1997</t>
+          <t>1998</t>
         </is>
       </c>
       <c r="U199" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V199" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W199" t="inlineStr">
         <is>
-          <t>American Entomological Society</t>
+          <t>Elsevier Sci B.V.</t>
         </is>
       </c>
       <c r="X199" t="inlineStr">
         <is>
-          <t>Philadelphia, PA</t>
-[...9 lines deleted...]
-          <t>53 p.</t>
+          <t>Amsterdam, Netherlands</t>
+        </is>
+      </c>
+      <c r="AA199" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB199" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC199" t="inlineStr">
+        <is>
+          <t>Journal of Geochemical Exploration</t>
         </is>
       </c>
       <c r="AD199" t="inlineStr">
         <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="AE199" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="AF199" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="AW199" t="inlineStr">
+        <is>
+          <t>Leinz, R. W.; Hoover, D.B.; Fey, D.L.; Smith, D. B. davidsmith@usgs.gov; Patterson, T.</t>
+        </is>
+      </c>
+      <c r="AZ199" t="inlineStr">
+        <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AE199" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="BA199" t="inlineStr">
         <is>
-          <t>4f4e4b19e4b07f02db6a76b4</t>
+          <t>505a08a2e4b0c8380cd51bda</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/1014716</t>
+          <t>https://pubs.usgs.gov/publication/ofr9792</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>1014716</t>
+          <t>23388</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>1014716</t>
+          <t>ofr9792</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
-          <t>Journal Article</t>
-[...4 lines deleted...]
-          <t>Differences in detection of &lt;i&gt;Aeromonas salmonicida&lt;/i&gt; in covertly infected salmonid fishes by the stress-inducible furunculosis test and culture-based assays</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G200" t="inlineStr">
         <is>
-          <t>Differences in detection of Aeromonas salmonicida in covertly infected salmonid fishes by the stress-inducible furunculosis test and culture-based assays</t>
+          <t>CHIM; an electrogeochemical partial extraction method; an historical overview</t>
         </is>
       </c>
       <c r="H200" t="inlineStr">
         <is>
-          <t>Journal of Aquatic Animal Health</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I200" t="inlineStr">
+        <is>
+          <t>97-92</t>
+        </is>
+      </c>
+      <c r="M200" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N200" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P200" t="inlineStr">
         <is>
-          <t>10.1577/1548-8667(1997)009%3C0108:DIDOAS%3E2.3.CO;2</t>
-[...9 lines deleted...]
-          <t>2</t>
+          <t>10.3133/ofr9792</t>
         </is>
       </c>
       <c r="T200" t="inlineStr">
         <is>
           <t>1997</t>
         </is>
       </c>
       <c r="U200" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V200" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W200" t="inlineStr">
         <is>
-          <t>Wiley</t>
-[...4 lines deleted...]
-          <t>Leetown Science Center</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z200" t="inlineStr">
         <is>
-          <t>6 p.</t>
-[...14 lines deleted...]
-          <t>6</t>
+          <t>27 p. :ill. ;28 cm.</t>
         </is>
       </c>
       <c r="AW200" t="inlineStr">
         <is>
-          <t>Cipriano, Rocco C. rcipriano@usgs.gov; Ford, Larisa; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Schachte, J. H.; Petrie, C. J.</t>
+          <t>Hoover, D.B.; Smith, D. B. davidsmith@usgs.gov; Leinz, R. W.</t>
         </is>
       </c>
       <c r="AZ200" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA200" t="inlineStr">
         <is>
-          <t>4f4e4a9ae4b07f02db65d7a6</t>
+          <t>4f4e4a07e4b07f02db5f985e</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/5223447</t>
+          <t>https://pubs.usgs.gov/publication/1000641</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>5223447</t>
+          <t>1000641</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>5223447</t>
+          <t>1000641</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
-          <t>Factors affecting visibility rate of aerial waterfowl surveys in the Mississippi alluvial valley</t>
+          <t>A revised annotated checklist of the Chironomidae (Insecta: Diptera) of the southeastern United States</t>
         </is>
       </c>
       <c r="H201" t="inlineStr">
         <is>
-          <t>Journal of Wildlife Management</t>
-[...4 lines deleted...]
-          <t>10.2307/3802458</t>
+          <t>Transactions of the American Entomological Society</t>
         </is>
       </c>
       <c r="R201" t="inlineStr">
         <is>
-          <t>59</t>
+          <t>123</t>
         </is>
       </c>
       <c r="S201" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1/2</t>
         </is>
       </c>
       <c r="T201" t="inlineStr">
         <is>
-          <t>1995</t>
+          <t>1997</t>
         </is>
       </c>
       <c r="U201" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V201" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W201" t="inlineStr">
         <is>
-          <t>Wiley</t>
+          <t>American Entomological Society</t>
+        </is>
+      </c>
+      <c r="X201" t="inlineStr">
+        <is>
+          <t>Philadelphia, PA</t>
         </is>
       </c>
       <c r="Y201" t="inlineStr">
         <is>
-          <t>Patuxent Wildlife Research Center</t>
+          <t>Great Lakes Science Center</t>
         </is>
       </c>
       <c r="Z201" t="inlineStr">
         <is>
-          <t>13 p.</t>
+          <t>53 p.</t>
         </is>
       </c>
       <c r="AD201" t="inlineStr">
         <is>
-          <t>515</t>
+          <t>1</t>
         </is>
       </c>
       <c r="AE201" t="inlineStr">
         <is>
-          <t>527</t>
-[...14 lines deleted...]
-          <t>Panther Swamp National Wildlife Refuge</t>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="AU201" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV201" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW201" t="inlineStr">
         <is>
-          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Reinecke, Kenneth J.; Conroy, Michael J.; Brown, Michael W.; Nassar, James R.</t>
+          <t>Caldwell, Broughton A.; Hudson, Patrick L. 0000-0002-7646-443X phudson@usgs.gov; Lenat, David R.; Smith, David 0000-0001-6074-9257</t>
         </is>
       </c>
       <c r="AZ201" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA201" t="inlineStr">
         <is>
-          <t>4f4e4abbe4b07f02db6724cc</t>
+          <t>4f4e4b19e4b07f02db6a76b4</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/i2473</t>
+          <t>https://pubs.usgs.gov/publication/1014716</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>65739</t>
+          <t>1014716</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>i2473</t>
+          <t>1014716</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="F202" t="inlineStr">
+        <is>
+          <t>Differences in detection of &lt;i&gt;Aeromonas salmonicida&lt;/i&gt; in covertly infected salmonid fishes by the stress-inducible furunculosis test and culture-based assays</t>
         </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
-          <t>Map showing the distribution, mineralogy, and geochemistry of hydrothermally altered rocks in the Reno 1° x 2° quadrangle, Nevada and California</t>
+          <t>Differences in detection of Aeromonas salmonicida in covertly infected salmonid fishes by the stress-inducible furunculosis test and culture-based assays</t>
         </is>
       </c>
       <c r="H202" t="inlineStr">
         <is>
-          <t>IMAP</t>
-[...4 lines deleted...]
-          <t>2473</t>
+          <t>Journal of Aquatic Animal Health</t>
         </is>
       </c>
       <c r="P202" t="inlineStr">
         <is>
-          <t>10.3133/i2473</t>
+          <t>10.1577/1548-8667(1997)009%3C0108:DIDOAS%3E2.3.CO;2</t>
+        </is>
+      </c>
+      <c r="R202" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="S202" t="inlineStr">
+        <is>
+          <t>2</t>
         </is>
       </c>
       <c r="T202" t="inlineStr">
         <is>
-          <t>1995</t>
+          <t>1997</t>
         </is>
       </c>
       <c r="U202" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V202" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W202" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="Y202" t="inlineStr">
+        <is>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z202" t="inlineStr">
         <is>
-          <t>Report; 17 p.; 1 Plate: 36.50 × 33.00 inches</t>
-[...19 lines deleted...]
-          <t>250000</t>
+          <t>6 p.</t>
+        </is>
+      </c>
+      <c r="AD202" t="inlineStr">
+        <is>
+          <t>108</t>
+        </is>
+      </c>
+      <c r="AE202" t="inlineStr">
+        <is>
+          <t>113</t>
+        </is>
+      </c>
+      <c r="AF202" t="inlineStr">
+        <is>
+          <t>6</t>
         </is>
       </c>
       <c r="AW202" t="inlineStr">
         <is>
-          <t>Rowan, L. C.; Eiswerth, B. A.; Smith, D. B. davidsmith@usgs.gov; Ehmann, W. J.; Bowers, T. L.</t>
+          <t>Cipriano, Rocco C. rcipriano@usgs.gov; Ford, Larisa; Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Schachte, J. H.; Petrie, C. J.</t>
         </is>
       </c>
       <c r="AZ202" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA202" t="inlineStr">
         <is>
-          <t>4f4e4b12e4b07f02db6a25fe</t>
+          <t>4f4e4a9ae4b07f02db65d7a6</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70226690</t>
+          <t>https://pubs.usgs.gov/publication/5223447</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>70226690</t>
+          <t>5223447</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>70226690</t>
+          <t>5223447</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
-          <t>The Clementine mission to the Moon: Scientific overview</t>
+          <t>Factors affecting visibility rate of aerial waterfowl surveys in the Mississippi alluvial valley</t>
         </is>
       </c>
       <c r="H203" t="inlineStr">
         <is>
-          <t>Science</t>
+          <t>Journal of Wildlife Management</t>
         </is>
       </c>
       <c r="P203" t="inlineStr">
         <is>
-          <t>10.1126/science.266.5192.1835</t>
+          <t>10.2307/3802458</t>
         </is>
       </c>
       <c r="R203" t="inlineStr">
         <is>
-          <t>266</t>
+          <t>59</t>
         </is>
       </c>
       <c r="S203" t="inlineStr">
         <is>
-          <t>5192</t>
+          <t>3</t>
         </is>
       </c>
       <c r="T203" t="inlineStr">
         <is>
-          <t>1994</t>
+          <t>1995</t>
         </is>
       </c>
       <c r="U203" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V203" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W203" t="inlineStr">
         <is>
-          <t>American Association for the Advancement of Science</t>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="Y203" t="inlineStr">
+        <is>
+          <t>Patuxent Wildlife Research Center</t>
         </is>
       </c>
       <c r="Z203" t="inlineStr">
         <is>
-          <t>5 p.</t>
+          <t>13 p.</t>
         </is>
       </c>
       <c r="AD203" t="inlineStr">
         <is>
-          <t>1835</t>
+          <t>515</t>
         </is>
       </c>
       <c r="AE203" t="inlineStr">
         <is>
-          <t>1839</t>
+          <t>527</t>
+        </is>
+      </c>
+      <c r="AM203" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN203" t="inlineStr">
+        <is>
+          <t>Mississippi</t>
         </is>
       </c>
       <c r="AQ203" t="inlineStr">
         <is>
-          <t>Moon</t>
+          <t>Panther Swamp National Wildlife Refuge</t>
         </is>
       </c>
       <c r="AW203" t="inlineStr">
         <is>
-          <t>Nozette, Stewart; Rustan, P.; Pleasance, L. P.; Kordas, J. F.; Lewis, I. T.; Park, H. S.; Priest, R. E.; Horan, D. M.; Regeon, P.; Lichtenberg, C. L.; Shoemaker, Eugene Merle; Eliason, E. M.; McEwen, A. S.; Robinson, M. S.; Spudis, P. D.; Acton, C. H.; Buratti, B. J.; Duxbury, T. C.; Baker, D. N.; Jakosky, B. M.; Blamont, J. E.; Corson, M. P.; Resnick, J. H.; Rollins, C. J.; Davies, M. E.; Lucey, P. G.; Malaret, E.; Massie, M. A.; Pieters, C.M.; Reisse, R. A.; Smith, D. E. davidsmith@usgs.gov; Sorenson, T. C.; Vorder Breugge, R. W.; Zuber, M.T.</t>
+          <t>Smith, David R. 0000-0001-6074-9257 drsmith@usgs.gov; Reinecke, Kenneth J.; Conroy, Michael J.; Brown, Michael W.; Nassar, James R.</t>
         </is>
       </c>
       <c r="AZ203" t="inlineStr">
         <is>
           <t>0</t>
+        </is>
+      </c>
+      <c r="BA203" t="inlineStr">
+        <is>
+          <t>4f4e4abbe4b07f02db6724cc</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/i2426A</t>
+          <t>https://pubs.usgs.gov/publication/i2473</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>67576</t>
+          <t>65739</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>i2426A</t>
+          <t>i2473</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
-          <t>Coal resources of the Joplin 1° x 2° quadrangle, Kansas and Missouri</t>
+          <t>Map showing the distribution, mineralogy, and geochemistry of hydrothermally altered rocks in the Reno 1° x 2° quadrangle, Nevada and California</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
           <t>IMAP</t>
         </is>
       </c>
       <c r="I204" t="inlineStr">
         <is>
-          <t>2426</t>
-[...4 lines deleted...]
-          <t>A</t>
+          <t>2473</t>
         </is>
       </c>
       <c r="P204" t="inlineStr">
         <is>
-          <t>10.3133/i2426A</t>
+          <t>10.3133/i2473</t>
         </is>
       </c>
       <c r="T204" t="inlineStr">
         <is>
-          <t>1994</t>
+          <t>1995</t>
         </is>
       </c>
       <c r="U204" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V204" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W204" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z204" t="inlineStr">
         <is>
-          <t>2 Plates: 51.62 × 37.74 inches and 27.64 × 25.69 inches</t>
-[...14 lines deleted...]
-          <t>Folio of the Joplin 1° x 2° quadrangle, Kansas and Missouri</t>
+          <t>Report; 17 p.; 1 Plate: 36.50 × 33.00 inches</t>
         </is>
       </c>
       <c r="AM204" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN204" t="inlineStr">
         <is>
-          <t>Kansas, Missouri</t>
+          <t>California, Nevada</t>
         </is>
       </c>
       <c r="AQ204" t="inlineStr">
         <is>
-          <t>Joplin 1° x 2° quadrangle</t>
+          <t>Reno 1° x 2° quadrangle</t>
         </is>
       </c>
       <c r="AT204" t="inlineStr">
         <is>
           <t>250000</t>
         </is>
       </c>
       <c r="AW204" t="inlineStr">
         <is>
-          <t>Brady, L. L.; Nuelle, L. M.; Haug, D. B.; Smith, D. C. davidsmith@usgs.gov; Bostic, J. L.; Jcquess, J. C.</t>
+          <t>Rowan, L. C.; Eiswerth, B. A.; Smith, D. B. davidsmith@usgs.gov; Ehmann, W. J.; Bowers, T. L.</t>
         </is>
       </c>
       <c r="AZ204" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA204" t="inlineStr">
         <is>
-          <t>4f4e4b25e4b07f02db6aed7e</t>
+          <t>4f4e4b12e4b07f02db6a25fe</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/1014724</t>
+          <t>https://pubs.usgs.gov/publication/70226690</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>1014724</t>
+          <t>70226690</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>1014724</t>
+          <t>70226690</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
-          <t>Survival rates of American woodcock wintering along the Atlantic coast</t>
+          <t>The Clementine mission to the Moon: Scientific overview</t>
         </is>
       </c>
       <c r="H205" t="inlineStr">
         <is>
-          <t>Journal of Wildlife Management</t>
+          <t>Science</t>
         </is>
       </c>
       <c r="P205" t="inlineStr">
         <is>
-          <t>10.2307/3809561</t>
+          <t>10.1126/science.266.5192.1835</t>
         </is>
       </c>
       <c r="R205" t="inlineStr">
         <is>
-          <t>58</t>
+          <t>266</t>
         </is>
       </c>
       <c r="S205" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>5192</t>
         </is>
       </c>
       <c r="T205" t="inlineStr">
         <is>
           <t>1994</t>
         </is>
       </c>
       <c r="U205" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V205" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W205" t="inlineStr">
         <is>
-          <t>Wiley</t>
-[...4 lines deleted...]
-          <t>Leetown Science Center</t>
+          <t>American Association for the Advancement of Science</t>
         </is>
       </c>
       <c r="Z205" t="inlineStr">
         <is>
-          <t>9 p.</t>
+          <t>5 p.</t>
         </is>
       </c>
       <c r="AD205" t="inlineStr">
         <is>
-          <t>147</t>
+          <t>1835</t>
         </is>
       </c>
       <c r="AE205" t="inlineStr">
         <is>
-          <t>155</t>
-[...9 lines deleted...]
-          <t>Georgia, South Carolina, Virginia</t>
+          <t>1839</t>
+        </is>
+      </c>
+      <c r="AQ205" t="inlineStr">
+        <is>
+          <t>Moon</t>
         </is>
       </c>
       <c r="AW205" t="inlineStr">
         <is>
-          <t>Krementz, David G. 0000-0002-5661-4541 dkrementz@usgs.gov; Seginak, John T.; Smith, David R.; Pendleton, Grey W.</t>
+          <t>Nozette, Stewart; Rustan, P.; Pleasance, L. P.; Kordas, J. F.; Lewis, I. T.; Park, H. S.; Priest, R. E.; Horan, D. M.; Regeon, P.; Lichtenberg, C. L.; Shoemaker, Eugene Merle; Eliason, E. M.; McEwen, A. S.; Robinson, M. S.; Spudis, P. D.; Acton, C. H.; Buratti, B. J.; Duxbury, T. C.; Baker, D. N.; Jakosky, B. M.; Blamont, J. E.; Corson, M. P.; Resnick, J. H.; Rollins, C. J.; Davies, M. E.; Lucey, P. G.; Malaret, E.; Massie, M. A.; Pieters, C.M.; Reisse, R. A.; Smith, D. E. davidsmith@usgs.gov; Sorenson, T. C.; Vorder Breugge, R. W.; Zuber, M.T.</t>
         </is>
       </c>
       <c r="AZ205" t="inlineStr">
         <is>
           <t>0</t>
-        </is>
-[...3 lines deleted...]
-          <t>4f4e4ae0e4b07f02db6880f8</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70018250</t>
+          <t>https://pubs.usgs.gov/publication/1014724</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>70018250</t>
+          <t>1014724</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>70018250</t>
+          <t>1014724</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G206" t="inlineStr">
         <is>
-          <t>Preliminary studies of the CHIM electrogeochemical method at the Kokomo Mine, Russell Gulch, Colorado</t>
+          <t>Survival rates of American woodcock wintering along the Atlantic coast</t>
         </is>
       </c>
       <c r="H206" t="inlineStr">
         <is>
-          <t>Journal of Geochemical Exploration</t>
+          <t>Journal of Wildlife Management</t>
         </is>
       </c>
       <c r="P206" t="inlineStr">
         <is>
-          <t>10.1016/0375-6742(93)90025-H</t>
+          <t>10.2307/3809561</t>
         </is>
       </c>
       <c r="R206" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>58</t>
         </is>
       </c>
       <c r="S206" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1</t>
         </is>
       </c>
       <c r="T206" t="inlineStr">
         <is>
-          <t>1993</t>
+          <t>1994</t>
         </is>
       </c>
       <c r="U206" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V206" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W206" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="Y206" t="inlineStr">
+        <is>
+          <t>Leetown Science Center</t>
         </is>
       </c>
       <c r="Z206" t="inlineStr">
         <is>
-          <t>22 p.</t>
+          <t>9 p.</t>
         </is>
       </c>
       <c r="AD206" t="inlineStr">
         <is>
-          <t>257</t>
+          <t>147</t>
         </is>
       </c>
       <c r="AE206" t="inlineStr">
         <is>
-          <t>278</t>
-[...4 lines deleted...]
-          <t>22</t>
+          <t>155</t>
+        </is>
+      </c>
+      <c r="AM206" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN206" t="inlineStr">
+        <is>
+          <t>Georgia, South Carolina, Virginia</t>
         </is>
       </c>
       <c r="AW206" t="inlineStr">
         <is>
-          <t>Smith, D. B. davidsmith@usgs.gov; Hoover, D.B.; Sanzolone, R. F.</t>
+          <t>Krementz, David G. 0000-0002-5661-4541 dkrementz@usgs.gov; Seginak, John T.; Smith, David R.; Pendleton, Grey W.</t>
         </is>
       </c>
       <c r="AZ206" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA206" t="inlineStr">
         <is>
-          <t>505a8aafe4b0c8380cd7e0cd</t>
+          <t>4f4e4ae0e4b07f02db6880f8</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70018288</t>
+          <t>https://pubs.usgs.gov/publication/i2426A</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>70018288</t>
+          <t>67576</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>70018288</t>
+          <t>i2426A</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G207" t="inlineStr">
         <is>
-          <t>The Hatu gold anomaly, Xinjiang-Uygur Autonomous Region, China - testing the hypothesis of aeolian transport of gold</t>
+          <t>Coal resources of the Joplin 1° x 2° quadrangle, Kansas and Missouri</t>
         </is>
       </c>
       <c r="H207" t="inlineStr">
         <is>
-          <t>Journal of Geochemical Exploration</t>
+          <t>IMAP</t>
+        </is>
+      </c>
+      <c r="I207" t="inlineStr">
+        <is>
+          <t>2426</t>
+        </is>
+      </c>
+      <c r="K207" t="inlineStr">
+        <is>
+          <t>A</t>
         </is>
       </c>
       <c r="P207" t="inlineStr">
         <is>
-          <t>10.1016/0375-6742(93)90066-U</t>
-[...9 lines deleted...]
-          <t>1-3</t>
+          <t>10.3133/i2426A</t>
         </is>
       </c>
       <c r="T207" t="inlineStr">
         <is>
-          <t>1993</t>
+          <t>1994</t>
         </is>
       </c>
       <c r="U207" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V207" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W207" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z207" t="inlineStr">
         <is>
-          <t>16 p.</t>
-[...14 lines deleted...]
-          <t>16</t>
+          <t>2 Plates: 51.62 × 37.74 inches and 27.64 × 25.69 inches</t>
+        </is>
+      </c>
+      <c r="AA207" t="inlineStr">
+        <is>
+          <t>Report</t>
+        </is>
+      </c>
+      <c r="AB207" t="inlineStr">
+        <is>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="AC207" t="inlineStr">
+        <is>
+          <t>Folio of the Joplin 1° x 2° quadrangle, Kansas and Missouri</t>
+        </is>
+      </c>
+      <c r="AM207" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN207" t="inlineStr">
+        <is>
+          <t>Kansas, Missouri</t>
+        </is>
+      </c>
+      <c r="AQ207" t="inlineStr">
+        <is>
+          <t>Joplin 1° x 2° quadrangle</t>
+        </is>
+      </c>
+      <c r="AT207" t="inlineStr">
+        <is>
+          <t>250000</t>
         </is>
       </c>
       <c r="AW207" t="inlineStr">
         <is>
-          <t>Smith, D. B. davidsmith@usgs.gov; Theobald, P. K.; Shiquan, S.; Tianxiang, R.; Zhihui, H.</t>
+          <t>Brady, L. L.; Nuelle, L. M.; Haug, D. B.; Smith, D. C. davidsmith@usgs.gov; Bostic, J. L.; Jcquess, J. C.</t>
         </is>
       </c>
       <c r="AZ207" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="BA207" t="inlineStr">
         <is>
-          <t>505ba76ee4b08c986b32156d</t>
+          <t>4f4e4b25e4b07f02db6aed7e</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr92359</t>
+          <t>https://pubs.usgs.gov/publication/70018288</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>17756</t>
+          <t>70018288</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>ofr92359</t>
+          <t>70018288</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G208" t="inlineStr">
         <is>
-          <t>Supergene dispersion of gold at Akatasa prospect, Xinjiang, China</t>
+          <t>The Hatu gold anomaly, Xinjiang-Uygur Autonomous Region, China - testing the hypothesis of aeolian transport of gold</t>
         </is>
       </c>
       <c r="H208" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Journal of Geochemical Exploration</t>
         </is>
       </c>
       <c r="P208" t="inlineStr">
         <is>
-          <t>10.3133/ofr92359</t>
+          <t>10.1016/0375-6742(93)90066-U</t>
+        </is>
+      </c>
+      <c r="R208" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="S208" t="inlineStr">
+        <is>
+          <t>1-3</t>
         </is>
       </c>
       <c r="T208" t="inlineStr">
         <is>
-          <t>1992</t>
+          <t>1993</t>
         </is>
       </c>
       <c r="U208" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V208" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W208" t="inlineStr">
         <is>
-          <t>U.S. Dept. of the Interior, Geological Survey,</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Z208" t="inlineStr">
         <is>
-          <t>v, 69 p. ill. ;28 cm.</t>
+          <t>16 p.</t>
+        </is>
+      </c>
+      <c r="AD208" t="inlineStr">
+        <is>
+          <t>201</t>
+        </is>
+      </c>
+      <c r="AE208" t="inlineStr">
+        <is>
+          <t>216</t>
+        </is>
+      </c>
+      <c r="AF208" t="inlineStr">
+        <is>
+          <t>16</t>
         </is>
       </c>
       <c r="AW208" t="inlineStr">
         <is>
-          <t>Shen, Shiquan; Ren, Tianxiang; Hou, Zhihui; Yao, Shao; Theobald, P. K.; Smith, D. B. davidsmith@usgs.gov; Smith, S. M.; Ryder, J. L.</t>
+          <t>Smith, D. B. davidsmith@usgs.gov; Theobald, P. K.; Shiquan, S.; Tianxiang, R.; Zhihui, H.</t>
         </is>
       </c>
       <c r="AZ208" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA208" t="inlineStr">
         <is>
-          <t>4f4e4affe4b07f02db697bff</t>
+          <t>505ba76ee4b08c986b32156d</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/b1702K</t>
+          <t>https://pubs.usgs.gov/publication/70018250</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>33437</t>
+          <t>70018250</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>b1702K</t>
+          <t>70018250</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G209" t="inlineStr">
         <is>
-          <t>Mineral resources of the Kofa Unit 4 North Wilderness Study Area, Yuma County, Arizona</t>
+          <t>Preliminary studies of the CHIM electrogeochemical method at the Kokomo Mine, Russell Gulch, Colorado</t>
         </is>
       </c>
       <c r="H209" t="inlineStr">
         <is>
-          <t>Bulletin</t>
-[...9 lines deleted...]
-          <t>K</t>
+          <t>Journal of Geochemical Exploration</t>
         </is>
       </c>
       <c r="P209" t="inlineStr">
         <is>
-          <t>10.3133/b1702K</t>
+          <t>10.1016/0375-6742(93)90025-H</t>
+        </is>
+      </c>
+      <c r="R209" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="S209" t="inlineStr">
+        <is>
+          <t>3</t>
         </is>
       </c>
       <c r="T209" t="inlineStr">
         <is>
-          <t>1990</t>
+          <t>1993</t>
         </is>
       </c>
       <c r="U209" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V209" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W209" t="inlineStr">
         <is>
-          <t>U.S. G.P.O. ; For sale by the Books and Open-File Reports Section, U.S. Geological Survey,</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Z209" t="inlineStr">
         <is>
-          <t>v, p. K1-K12, ill., maps (some col.) ;28 cm.</t>
+          <t>22 p.</t>
+        </is>
+      </c>
+      <c r="AD209" t="inlineStr">
+        <is>
+          <t>257</t>
+        </is>
+      </c>
+      <c r="AE209" t="inlineStr">
+        <is>
+          <t>278</t>
+        </is>
+      </c>
+      <c r="AF209" t="inlineStr">
+        <is>
+          <t>22</t>
         </is>
       </c>
       <c r="AW209" t="inlineStr">
         <is>
-          <t>Sherrod, David R. 0000-0001-9460-0434 dsherrod@usgs.gov; Smith, D. B. davidsmith@usgs.gov; Kleinkopf, M. D.; Gese, D. D.</t>
+          <t>Smith, D. B. davidsmith@usgs.gov; Hoover, D.B.; Sanzolone, R. F.</t>
         </is>
       </c>
       <c r="AZ209" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA209" t="inlineStr">
         <is>
-          <t>4f4e4b06e4b07f02db69a234</t>
+          <t>505a8aafe4b0c8380cd7e0cd</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr90204</t>
+          <t>https://pubs.usgs.gov/publication/ofr92359</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>19635</t>
+          <t>17756</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>ofr90204</t>
+          <t>ofr92359</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
-          <t>Analytical results and sample locality map of stream-sediment samples from the Reno 1° x 2° quadrangle, California and Nevada</t>
+          <t>Supergene dispersion of gold at Akatasa prospect, Xinjiang, China</t>
         </is>
       </c>
       <c r="H210" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I210" t="inlineStr">
         <is>
-          <t>90-204</t>
+          <t>92-359</t>
         </is>
       </c>
       <c r="M210" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N210" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P210" t="inlineStr">
         <is>
-          <t>10.3133/ofr90204</t>
+          <t>10.3133/ofr92359</t>
         </is>
       </c>
       <c r="T210" t="inlineStr">
         <is>
-          <t>1990</t>
+          <t>1992</t>
         </is>
       </c>
       <c r="U210" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V210" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W210" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S. Dept. of the Interior, Geological Survey,</t>
         </is>
       </c>
       <c r="Z210" t="inlineStr">
         <is>
-          <t>Report: 71 p.; 1 Plate: 29.57 × 23.10 inches</t>
-[...14 lines deleted...]
-          <t>Reno 1° x 2° quadrangle</t>
+          <t>v, 69 p. ill. ;28 cm.</t>
         </is>
       </c>
       <c r="AW210" t="inlineStr">
         <is>
-          <t>Kilburn, J.E.; Smith, D. B. davidsmith@usgs.gov; Hopkins, R.T.</t>
+          <t>Shen, Shiquan; Ren, Tianxiang; Hou, Zhihui; Yao, Shao; Theobald, P. K.; Smith, D. B. davidsmith@usgs.gov; Smith, S. M.; Ryder, J. L.</t>
         </is>
       </c>
       <c r="AZ210" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA210" t="inlineStr">
         <is>
-          <t>4f4e4acce4b07f02db67e4ee</t>
+          <t>4f4e4affe4b07f02db697bff</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr90462</t>
+          <t>https://pubs.usgs.gov/publication/ofr90204</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>17668</t>
+          <t>19635</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>ofr90462</t>
+          <t>ofr90204</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
-          <t>Selected translations of the Russian literature on the electrogeochemical sampling technique called CHIM (chastichnoe izvlechennye metallov)</t>
+          <t>Analytical results and sample locality map of stream-sediment samples from the Reno 1° x 2° quadrangle, California and Nevada</t>
         </is>
       </c>
       <c r="H211" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I211" t="inlineStr">
         <is>
-          <t>90-462</t>
+          <t>90-204</t>
         </is>
       </c>
       <c r="M211" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N211" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P211" t="inlineStr">
         <is>
-          <t>10.3133/ofr90462</t>
+          <t>10.3133/ofr90204</t>
         </is>
       </c>
       <c r="T211" t="inlineStr">
         <is>
           <t>1990</t>
         </is>
       </c>
       <c r="U211" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V211" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W211" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z211" t="inlineStr">
         <is>
-          <t>172 p.</t>
-[...9 lines deleted...]
-          <t>Hoover, D.B.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Report: 71 p.; 1 Plate: 29.57 × 23.10 inches</t>
+        </is>
+      </c>
+      <c r="AM211" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN211" t="inlineStr">
+        <is>
+          <t>California, Nevada</t>
+        </is>
+      </c>
+      <c r="AQ211" t="inlineStr">
+        <is>
+          <t>Reno 1° x 2° quadrangle</t>
+        </is>
+      </c>
+      <c r="AW211" t="inlineStr">
+        <is>
+          <t>Kilburn, J.E.; Smith, D. B. davidsmith@usgs.gov; Hopkins, R.T.</t>
         </is>
       </c>
       <c r="AZ211" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA211" t="inlineStr">
         <is>
-          <t>4f4e4a01e4b07f02db5f7fca</t>
+          <t>4f4e4acce4b07f02db67e4ee</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/81366</t>
+          <t>https://pubs.usgs.gov/publication/b1702K</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>81366</t>
+          <t>33437</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>81366</t>
+          <t>b1702K</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
-          <t>Federal Government Series</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
-          <t>Chironomidae of the southeastern United States: a checklist of species and notes on biology, distribution, and habitat</t>
+          <t>Mineral resources of the Kofa Unit 4 North Wilderness Study Area, Yuma County, Arizona</t>
         </is>
       </c>
       <c r="H212" t="inlineStr">
         <is>
-          <t>Fish and Wildlife Research</t>
+          <t>Bulletin</t>
         </is>
       </c>
       <c r="I212" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>1702</t>
+        </is>
+      </c>
+      <c r="K212" t="inlineStr">
+        <is>
+          <t>K</t>
+        </is>
+      </c>
+      <c r="P212" t="inlineStr">
+        <is>
+          <t>10.3133/b1702K</t>
         </is>
       </c>
       <c r="T212" t="inlineStr">
         <is>
           <t>1990</t>
         </is>
       </c>
       <c r="U212" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V212" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W212" t="inlineStr">
         <is>
-          <t>U.S. Fish and Wildlife Service</t>
-[...9 lines deleted...]
-          <t>Great Lakes Science Center</t>
+          <t>U.S. G.P.O. ; For sale by the Books and Open-File Reports Section, U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z212" t="inlineStr">
         <is>
-          <t>46 p.</t>
-[...9 lines deleted...]
-          <t>N</t>
+          <t>v, p. K1-K12, ill., maps (some col.) ;28 cm.</t>
         </is>
       </c>
       <c r="AW212" t="inlineStr">
         <is>
-          <t>Hudson, Patrick L. 0000-0002-7646-443X phudson@usgs.gov; Lenat, David R.; Caldwell, Broughton A.; Smith, David</t>
+          <t>Sherrod, David R. 0000-0001-9460-0434 dsherrod@usgs.gov; Smith, D. B. davidsmith@usgs.gov; Kleinkopf, M. D.; Gese, D. D.</t>
         </is>
       </c>
       <c r="AZ212" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA212" t="inlineStr">
         <is>
-          <t>4f4e4ac6e4b07f02db67a3ae</t>
+          <t>4f4e4b06e4b07f02db69a234</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/b1702B</t>
+          <t>https://pubs.usgs.gov/publication/ofr90462</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>33418</t>
+          <t>17668</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>b1702B</t>
+          <t>ofr90462</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
-          <t>Mineral resources of the New Water Mountains Wilderness Study Area, La Paz County, Arizona</t>
+          <t>Selected translations of the Russian literature on the electrogeochemical sampling technique called CHIM (chastichnoe izvlechennye metallov)</t>
         </is>
       </c>
       <c r="H213" t="inlineStr">
         <is>
-          <t>Bulletin</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I213" t="inlineStr">
         <is>
-          <t>1702</t>
-[...4 lines deleted...]
-          <t>B</t>
+          <t>90-462</t>
+        </is>
+      </c>
+      <c r="M213" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N213" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P213" t="inlineStr">
         <is>
-          <t>10.3133/b1702B</t>
+          <t>10.3133/ofr90462</t>
         </is>
       </c>
       <c r="T213" t="inlineStr">
         <is>
-          <t>1989</t>
+          <t>1990</t>
         </is>
       </c>
       <c r="U213" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V213" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W213" t="inlineStr">
         <is>
-          <t>U.S. G.P.O. ; For sale by the U.S. Geological Survey, Books and Open-File Reports Section,</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z213" t="inlineStr">
         <is>
-          <t>v, p. B1-B18, ill., maps ;28 cm.</t>
-[...4 lines deleted...]
-          <t>Sherrod, David R. 0000-0001-9460-0434 dsherrod@usgs.gov; Smith, D. B. davidsmith@usgs.gov; Koch, R. D.; Hanna, W. F.; Pitkin, J. A.; Lane, M. E.</t>
+          <t>172 p.</t>
+        </is>
+      </c>
+      <c r="AX213" t="inlineStr">
+        <is>
+          <t>Bloomstein, Edward I.; Bloomstein, Eleana (translator)</t>
+        </is>
+      </c>
+      <c r="AY213" t="inlineStr">
+        <is>
+          <t>Hoover, D.B.; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ213" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA213" t="inlineStr">
         <is>
-          <t>4f4e4afde4b07f02db696fd5</t>
+          <t>4f4e4a01e4b07f02db5f7fca</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/b1702D</t>
+          <t>https://pubs.usgs.gov/publication/81366</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>33416</t>
+          <t>81366</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>b1702D</t>
+          <t>81366</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Federal Government Series</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
-          <t>Mineral resources of the Muggins Mountains Wilderness Study Area, Yuma County, Arizona</t>
+          <t>Chironomidae of the southeastern United States: a checklist of species and notes on biology, distribution, and habitat</t>
         </is>
       </c>
       <c r="H214" t="inlineStr">
         <is>
-          <t>Bulletin</t>
+          <t>Fish and Wildlife Research</t>
         </is>
       </c>
       <c r="I214" t="inlineStr">
         <is>
-          <t>1702</t>
-[...9 lines deleted...]
-          <t>10.3133/b1702D</t>
+          <t>7</t>
         </is>
       </c>
       <c r="T214" t="inlineStr">
         <is>
-          <t>1989</t>
+          <t>1990</t>
         </is>
       </c>
       <c r="U214" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V214" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W214" t="inlineStr">
         <is>
-          <t>U.S. G.P.O. ; For sale by the Books and Open-File Reports Section, U.S. Geological Survey,</t>
+          <t>U.S. Fish and Wildlife Service</t>
+        </is>
+      </c>
+      <c r="X214" t="inlineStr">
+        <is>
+          <t>Washington, D.C.</t>
+        </is>
+      </c>
+      <c r="Y214" t="inlineStr">
+        <is>
+          <t>Great Lakes Science Center</t>
         </is>
       </c>
       <c r="Z214" t="inlineStr">
         <is>
-          <t>v, p. D1-D16, ill. ;28 cm.</t>
+          <t>46 p.</t>
+        </is>
+      </c>
+      <c r="AU214" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV214" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW214" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Tosdal, R. M.; Pitkin, J. A.; Kleinkopf, M. D.; Wood, R. H.</t>
+          <t>Hudson, Patrick L. 0000-0002-7646-443X phudson@usgs.gov; Lenat, David R.; Caldwell, Broughton A.; Smith, David</t>
         </is>
       </c>
       <c r="AZ214" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA214" t="inlineStr">
         <is>
-          <t>4f4e4b06e4b07f02db69a1c4</t>
+          <t>4f4e4ac6e4b07f02db67a3ae</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr89472</t>
+          <t>https://pubs.usgs.gov/publication/ofr89629</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>16842</t>
+          <t>16837</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>ofr89472</t>
+          <t>ofr89629</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
-          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, and rock samples from the Trigo Mountain Wilderness Study Area (AZ-050-023B), La Paz County, Arizona</t>
+          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, and rock samples from the Orocopia Mountains Wilderness Study Area (CDCA-344), Riverside County, California</t>
         </is>
       </c>
       <c r="H215" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I215" t="inlineStr">
         <is>
-          <t>89-472</t>
+          <t>89-629</t>
         </is>
       </c>
       <c r="M215" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N215" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P215" t="inlineStr">
         <is>
-          <t>10.3133/ofr89472</t>
+          <t>10.3133/ofr89629</t>
         </is>
       </c>
       <c r="T215" t="inlineStr">
         <is>
           <t>1989</t>
         </is>
       </c>
       <c r="U215" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V215" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W215" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z215" t="inlineStr">
         <is>
-          <t>Report: 24 p.; 1 Plate: 21.19 × 31.19 inches</t>
-[...19 lines deleted...]
-          <t>Trigo Mountain Wilderness Study Area</t>
+          <t>40 p. (1 folded) :ill., map ;28 cm.</t>
         </is>
       </c>
       <c r="AW215" t="inlineStr">
         <is>
-          <t>Bullock, J. H. Jr.; Vaughn, R. B.; Smith, D. B. davidsmith@usgs.gov; Welsch, E. P.; Fey, D.L.</t>
+          <t>Adrian, B. M.; Roemer, T. A.; Smith, D. B. davidsmith@usgs.gov; Whittington, C. L.</t>
         </is>
       </c>
       <c r="AZ215" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA215" t="inlineStr">
         <is>
-          <t>4f4e4acce4b07f02db67e5ed</t>
+          <t>4f4e4acce4b07f02db67e6ae</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/b1702J</t>
+          <t>https://pubs.usgs.gov/publication/b1702D</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t>33497</t>
+          <t>33416</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>b1702J</t>
+          <t>b1702D</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
-          <t>Mineral resources of the Trigo Mountains Wilderness Study Area, La Paz County, Arizona</t>
+          <t>Mineral resources of the Muggins Mountains Wilderness Study Area, Yuma County, Arizona</t>
         </is>
       </c>
       <c r="H216" t="inlineStr">
         <is>
           <t>Bulletin</t>
         </is>
       </c>
       <c r="I216" t="inlineStr">
         <is>
           <t>1702</t>
         </is>
       </c>
       <c r="K216" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>D</t>
         </is>
       </c>
       <c r="P216" t="inlineStr">
         <is>
-          <t>10.3133/b1702J</t>
+          <t>10.3133/b1702D</t>
         </is>
       </c>
       <c r="T216" t="inlineStr">
         <is>
           <t>1989</t>
         </is>
       </c>
       <c r="U216" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V216" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W216" t="inlineStr">
         <is>
           <t>U.S. G.P.O. ; For sale by the Books and Open-File Reports Section, U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z216" t="inlineStr">
         <is>
-          <t>v, p. J1-J16, ill. ;28 cm.</t>
+          <t>v, p. D1-D16, ill. ;28 cm.</t>
         </is>
       </c>
       <c r="AW216" t="inlineStr">
         <is>
-          <t>Sherrod, David R. 0000-0001-9460-0434 dsherrod@usgs.gov; Tosdal, R. M.; Vaughn, R. B.; Smith, D. B. davidsmith@usgs.gov; Kleinkopf, M. D.; Wood, R. H.</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Tosdal, R. M.; Pitkin, J. A.; Kleinkopf, M. D.; Wood, R. H.</t>
         </is>
       </c>
       <c r="AZ216" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA216" t="inlineStr">
         <is>
-          <t>4f4e4a19e4b07f02db60587a</t>
+          <t>4f4e4b06e4b07f02db69a1c4</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr89629</t>
+          <t>https://pubs.usgs.gov/publication/b1702B</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>16837</t>
+          <t>33418</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>ofr89629</t>
+          <t>b1702B</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
-          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, and rock samples from the Orocopia Mountains Wilderness Study Area (CDCA-344), Riverside County, California</t>
+          <t>Mineral resources of the New Water Mountains Wilderness Study Area, La Paz County, Arizona</t>
         </is>
       </c>
       <c r="H217" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Bulletin</t>
         </is>
       </c>
       <c r="I217" t="inlineStr">
         <is>
-          <t>89-629</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>1702</t>
+        </is>
+      </c>
+      <c r="K217" t="inlineStr">
+        <is>
+          <t>B</t>
         </is>
       </c>
       <c r="P217" t="inlineStr">
         <is>
-          <t>10.3133/ofr89629</t>
+          <t>10.3133/b1702B</t>
         </is>
       </c>
       <c r="T217" t="inlineStr">
         <is>
           <t>1989</t>
         </is>
       </c>
       <c r="U217" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V217" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W217" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. G.P.O. ; For sale by the U.S. Geological Survey, Books and Open-File Reports Section,</t>
         </is>
       </c>
       <c r="Z217" t="inlineStr">
         <is>
-          <t>40 p. (1 folded) :ill., map ;28 cm.</t>
+          <t>v, p. B1-B18, ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW217" t="inlineStr">
         <is>
-          <t>Adrian, B. M.; Roemer, T. A.; Smith, D. B. davidsmith@usgs.gov; Whittington, C. L.</t>
+          <t>Sherrod, David R. 0000-0001-9460-0434 dsherrod@usgs.gov; Smith, D. B. davidsmith@usgs.gov; Koch, R. D.; Hanna, W. F.; Pitkin, J. A.; Lane, M. E.</t>
         </is>
       </c>
       <c r="AZ217" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA217" t="inlineStr">
         <is>
-          <t>4f4e4acce4b07f02db67e6ae</t>
+          <t>4f4e4afde4b07f02db696fd5</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/b1710E</t>
+          <t>https://pubs.usgs.gov/publication/b1702J</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>33462</t>
+          <t>33497</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>b1710E</t>
+          <t>b1702J</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
-          <t>Mineral resources of the Orocopia Mountains Wilderness Study Area, Riverside County, California</t>
+          <t>Mineral resources of the Trigo Mountains Wilderness Study Area, La Paz County, Arizona</t>
         </is>
       </c>
       <c r="H218" t="inlineStr">
         <is>
           <t>Bulletin</t>
         </is>
       </c>
       <c r="I218" t="inlineStr">
         <is>
-          <t>1710</t>
+          <t>1702</t>
         </is>
       </c>
       <c r="K218" t="inlineStr">
         <is>
-          <t>E</t>
+          <t>J</t>
         </is>
       </c>
       <c r="P218" t="inlineStr">
         <is>
-          <t>10.3133/b1710E</t>
+          <t>10.3133/b1702J</t>
         </is>
       </c>
       <c r="T218" t="inlineStr">
         <is>
-          <t>1988</t>
+          <t>1989</t>
         </is>
       </c>
       <c r="U218" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V218" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W218" t="inlineStr">
         <is>
-          <t>U.S. G.P.O.,</t>
+          <t>U.S. G.P.O. ; For sale by the Books and Open-File Reports Section, U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z218" t="inlineStr">
         <is>
-          <t>v, p. E1-E22, ill., maps (some col.) ;28 cm.</t>
+          <t>v, p. J1-J16, ill. ;28 cm.</t>
         </is>
       </c>
       <c r="AW218" t="inlineStr">
         <is>
-          <t>Haxel, Gordon B. gbhaxel@usgs.gov; Smith, D. B. davidsmith@usgs.gov; Whittington, C. L.; Griscom, Andrew; Diveley-White, D. V.; Powell, R. E.; Kreidler, T. J.</t>
+          <t>Sherrod, David R. 0000-0001-9460-0434 dsherrod@usgs.gov; Tosdal, R. M.; Vaughn, R. B.; Smith, D. B. davidsmith@usgs.gov; Kleinkopf, M. D.; Wood, R. H.</t>
         </is>
       </c>
       <c r="AZ218" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA218" t="inlineStr">
         <is>
-          <t>4f4e4b06e4b07f02db69a173</t>
+          <t>4f4e4a19e4b07f02db60587a</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr87609</t>
+          <t>https://pubs.usgs.gov/publication/ofr89472</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t>31087</t>
+          <t>16842</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>ofr87609</t>
+          <t>ofr89472</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
-          <t>Mineral resource assessment of the Kofa National Wildlife Refuge, Arizona</t>
+          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, and rock samples from the Trigo Mountain Wilderness Study Area (AZ-050-023B), La Paz County, Arizona</t>
         </is>
       </c>
       <c r="H219" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I219" t="inlineStr">
         <is>
-          <t>87-609</t>
+          <t>89-472</t>
         </is>
       </c>
       <c r="M219" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N219" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P219" t="inlineStr">
         <is>
-          <t>10.3133/ofr87609</t>
+          <t>10.3133/ofr89472</t>
         </is>
       </c>
       <c r="T219" t="inlineStr">
         <is>
-          <t>1987</t>
+          <t>1989</t>
         </is>
       </c>
       <c r="U219" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V219" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W219" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z219" t="inlineStr">
         <is>
-          <t>82 p.  p. :ill., maps ;28 cm.</t>
+          <t>Report: 24 p.; 1 Plate: 21.19 × 31.19 inches</t>
+        </is>
+      </c>
+      <c r="AM219" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN219" t="inlineStr">
+        <is>
+          <t>Arizona</t>
+        </is>
+      </c>
+      <c r="AO219" t="inlineStr">
+        <is>
+          <t>La Paz County</t>
+        </is>
+      </c>
+      <c r="AQ219" t="inlineStr">
+        <is>
+          <t>Trigo Mountain Wilderness Study Area</t>
         </is>
       </c>
       <c r="AW219" t="inlineStr">
         <is>
-          <t>Bagby, W.C.; Haxel, G. B.; Smith, D. B. davidsmith@usgs.gov; Koch, R. D.; Grubensky, M. J.; Sherrod, D. R.; Pickthorn, L. G.</t>
+          <t>Bullock, J. H. Jr.; Vaughn, R. B.; Smith, D. B. davidsmith@usgs.gov; Welsch, E. P.; Fey, D.L.</t>
         </is>
       </c>
       <c r="AZ219" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA219" t="inlineStr">
         <is>
-          <t>4f4e4a82e4b07f02db64add4</t>
+          <t>4f4e4acce4b07f02db67e5ed</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/b1711A</t>
+          <t>https://pubs.usgs.gov/publication/b1710E</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>33393</t>
+          <t>33462</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>b1711A</t>
+          <t>b1710E</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
-          <t>Mineral resources of the Indian Pass and Picacho Peak Wilderness Study Areas, Imperial County, California</t>
+          <t>Mineral resources of the Orocopia Mountains Wilderness Study Area, Riverside County, California</t>
         </is>
       </c>
       <c r="H220" t="inlineStr">
         <is>
           <t>Bulletin</t>
         </is>
       </c>
       <c r="I220" t="inlineStr">
         <is>
-          <t>1711</t>
+          <t>1710</t>
         </is>
       </c>
       <c r="K220" t="inlineStr">
         <is>
-          <t>A</t>
+          <t>E</t>
         </is>
       </c>
       <c r="P220" t="inlineStr">
         <is>
-          <t>10.3133/b1711A</t>
+          <t>10.3133/b1710E</t>
         </is>
       </c>
       <c r="T220" t="inlineStr">
         <is>
-          <t>1987</t>
+          <t>1988</t>
         </is>
       </c>
       <c r="U220" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V220" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W220" t="inlineStr">
         <is>
-          <t>U.S G.P.O.,</t>
+          <t>U.S. G.P.O.,</t>
         </is>
       </c>
       <c r="Z220" t="inlineStr">
         <is>
-          <t>v, p. A1-A21, maps (some col.) ;28 cm.</t>
+          <t>v, p. E1-E22, ill., maps (some col.) ;28 cm.</t>
         </is>
       </c>
       <c r="AW220" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Berger, B. R.; Tosdal, R. M.; Sherrod, D. R.; Raines, G. L.; Griscom, Andrew; Helferty, M.G.; Rumsey, Clayton M.; McMahan, A. B.</t>
+          <t>Haxel, Gordon B. gbhaxel@usgs.gov; Smith, D. B. davidsmith@usgs.gov; Whittington, C. L.; Griscom, Andrew; Diveley-White, D. V.; Powell, R. E.; Kreidler, T. J.</t>
         </is>
       </c>
       <c r="AZ220" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA220" t="inlineStr">
         <is>
-          <t>4f4e4b06e4b07f02db69a28e</t>
+          <t>4f4e4b06e4b07f02db69a173</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr87339</t>
+          <t>https://pubs.usgs.gov/publication/ofr87609</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>12403</t>
+          <t>31087</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>ofr87339</t>
+          <t>ofr87609</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G221" t="inlineStr">
         <is>
-          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, and rock samples from the New Water Mountains Wilderness Study Area, La Paz County, Arizona</t>
+          <t>Mineral resource assessment of the Kofa National Wildlife Refuge, Arizona</t>
         </is>
       </c>
       <c r="H221" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I221" t="inlineStr">
         <is>
-          <t>87-339</t>
+          <t>87-609</t>
         </is>
       </c>
       <c r="M221" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N221" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P221" t="inlineStr">
         <is>
-          <t>10.3133/ofr87339</t>
+          <t>10.3133/ofr87609</t>
         </is>
       </c>
       <c r="T221" t="inlineStr">
         <is>
           <t>1987</t>
         </is>
       </c>
       <c r="U221" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V221" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W221" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z221" t="inlineStr">
         <is>
-          <t>Report: 34 p.; 1 Plate: 22.15 × 17.10 inches</t>
-[...19 lines deleted...]
-          <t>New Water Mountains Wilderness Study Area</t>
+          <t>82 p.  p. :ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW221" t="inlineStr">
         <is>
-          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Hill, R. T.; Roemer, T. A.; Vaughn, R. B.; Delaney, T. A.</t>
+          <t>Bagby, W.C.; Haxel, G. B.; Smith, D. B. davidsmith@usgs.gov; Koch, R. D.; Grubensky, M. J.; Sherrod, D. R.; Pickthorn, L. G.</t>
         </is>
       </c>
       <c r="AZ221" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
         </is>
       </c>
       <c r="BA221" t="inlineStr">
         <is>
-          <t>4f4e4acce4b07f02db67eb4b</t>
+          <t>4f4e4a82e4b07f02db64add4</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr87272B</t>
+          <t>https://pubs.usgs.gov/publication/ofr87339</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>16275</t>
+          <t>12403</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>ofr87272B</t>
+          <t>ofr87339</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
-          <t>Gneiss-hosted kyanite gold and gneiss-hosted epithermal gold; a supplement to U.S. Geological Survey bulletin 1693</t>
+          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, and rock samples from the New Water Mountains Wilderness Study Area, La Paz County, Arizona</t>
         </is>
       </c>
       <c r="H222" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I222" t="inlineStr">
         <is>
-          <t>87-272</t>
-[...4 lines deleted...]
-          <t>B</t>
+          <t>87-339</t>
         </is>
       </c>
       <c r="M222" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N222" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P222" t="inlineStr">
         <is>
-          <t>10.3133/ofr87272B</t>
+          <t>10.3133/ofr87339</t>
         </is>
       </c>
       <c r="T222" t="inlineStr">
         <is>
           <t>1987</t>
         </is>
       </c>
       <c r="U222" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V222" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W222" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z222" t="inlineStr">
         <is>
-          <t>8 p. ;28 cm.</t>
+          <t>Report: 34 p.; 1 Plate: 22.15 × 17.10 inches</t>
+        </is>
+      </c>
+      <c r="AM222" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN222" t="inlineStr">
+        <is>
+          <t>Arizona</t>
+        </is>
+      </c>
+      <c r="AO222" t="inlineStr">
+        <is>
+          <t>La Paz County</t>
+        </is>
+      </c>
+      <c r="AQ222" t="inlineStr">
+        <is>
+          <t>New Water Mountains Wilderness Study Area</t>
         </is>
       </c>
       <c r="AW222" t="inlineStr">
         <is>
-          <t>Tosdal, R. M.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Hill, R. T.; Roemer, T. A.; Vaughn, R. B.; Delaney, T. A.</t>
         </is>
       </c>
       <c r="AZ222" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA222" t="inlineStr">
         <is>
-          <t>4f4e4abde4b07f02db674279</t>
+          <t>4f4e4acce4b07f02db67eb4b</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70015128</t>
+          <t>https://pubs.usgs.gov/publication/b1711A</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>70015128</t>
+          <t>33393</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>70015128</t>
+          <t>b1711A</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
-          <t>Geochemical studies in the Indian Pass and Picacho Peak Bureau of Land Management Wilderness study areas, imperial county, Southern California</t>
+          <t>Mineral resources of the Indian Pass and Picacho Peak Wilderness Study Areas, Imperial County, California</t>
         </is>
       </c>
       <c r="H223" t="inlineStr">
         <is>
-          <t>Journal of Geochemical Exploration</t>
+          <t>Bulletin</t>
+        </is>
+      </c>
+      <c r="I223" t="inlineStr">
+        <is>
+          <t>1711</t>
+        </is>
+      </c>
+      <c r="K223" t="inlineStr">
+        <is>
+          <t>A</t>
         </is>
       </c>
       <c r="P223" t="inlineStr">
         <is>
-          <t>10.1016/0375-6742(87)90064-1</t>
-[...9 lines deleted...]
-          <t>1-3</t>
+          <t>10.3133/b1711A</t>
         </is>
       </c>
       <c r="T223" t="inlineStr">
         <is>
           <t>1987</t>
         </is>
       </c>
       <c r="U223" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V223" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W223" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>U.S G.P.O.,</t>
         </is>
       </c>
       <c r="Z223" t="inlineStr">
         <is>
-          <t>16 p.</t>
-[...14 lines deleted...]
-          <t>16</t>
+          <t>v, p. A1-A21, maps (some col.) ;28 cm.</t>
         </is>
       </c>
       <c r="AW223" t="inlineStr">
         <is>
-          <t>Smith, D. B. davidsmith@usgs.gov; Berger, B. R.; Tosdal, R. M.</t>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Berger, B. R.; Tosdal, R. M.; Sherrod, D. R.; Raines, G. L.; Griscom, Andrew; Helferty, M.G.; Rumsey, Clayton M.; McMahan, A. B.</t>
         </is>
       </c>
       <c r="AZ223" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA223" t="inlineStr">
         <is>
-          <t>505a16ace4b0c8380cd5521a</t>
+          <t>4f4e4b06e4b07f02db69a28e</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr86199</t>
+          <t>https://pubs.usgs.gov/publication/ofr87272B</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>11944</t>
+          <t>16275</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>ofr86199</t>
+          <t>ofr87272B</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G224" t="inlineStr">
         <is>
-          <t>Analytical results and sample locality maps of stream-sediment, heavy-mineral-concentrate, and rock samples from the Kofa National Wildlife Refuge, Yuma and La Paz Counties, Arizona</t>
+          <t>Gneiss-hosted kyanite gold and gneiss-hosted epithermal gold; a supplement to U.S. Geological Survey bulletin 1693</t>
         </is>
       </c>
       <c r="H224" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I224" t="inlineStr">
         <is>
-          <t>86-199</t>
+          <t>87-272</t>
+        </is>
+      </c>
+      <c r="K224" t="inlineStr">
+        <is>
+          <t>B</t>
         </is>
       </c>
       <c r="M224" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N224" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P224" t="inlineStr">
         <is>
-          <t>10.3133/ofr86199</t>
+          <t>10.3133/ofr87272B</t>
         </is>
       </c>
       <c r="T224" t="inlineStr">
         <is>
-          <t>1986</t>
+          <t>1987</t>
         </is>
       </c>
       <c r="U224" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V224" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W224" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z224" t="inlineStr">
         <is>
-          <t>122 p. :maps ;28 cm.</t>
+          <t>8 p. ;28 cm.</t>
         </is>
       </c>
       <c r="AW224" t="inlineStr">
         <is>
-          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Hill, R. T.; Roemer, T. A.; Vaughn, R. B.; Delaney, T. A.</t>
+          <t>Tosdal, R. M.; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ224" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA224" t="inlineStr">
         <is>
-          <t>4f4e4acbe4b07f02db67e2a0</t>
+          <t>4f4e4abde4b07f02db674279</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/5222044</t>
+          <t>https://pubs.usgs.gov/publication/70015128</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>5222044</t>
+          <t>70015128</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>5222044</t>
+          <t>70015128</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G225" t="inlineStr">
         <is>
-          <t>Habitat comparisons and productivity in nesting common terns on the mid-Atlantic coast</t>
+          <t>Geochemical studies in the Indian Pass and Picacho Peak Bureau of Land Management Wilderness study areas, imperial county, Southern California</t>
         </is>
       </c>
       <c r="H225" t="inlineStr">
         <is>
-          <t>Colonial Waterbirds</t>
-[...4 lines deleted...]
-          <t>07386028</t>
+          <t>Journal of Geochemical Exploration</t>
         </is>
       </c>
       <c r="P225" t="inlineStr">
         <is>
-          <t>10.2307/1521066</t>
+          <t>10.1016/0375-6742(87)90064-1</t>
         </is>
       </c>
       <c r="R225" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>28</t>
         </is>
       </c>
       <c r="S225" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1-3</t>
         </is>
       </c>
       <c r="T225" t="inlineStr">
         <is>
-          <t>1985</t>
+          <t>1987</t>
         </is>
       </c>
       <c r="U225" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V225" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W225" t="inlineStr">
         <is>
-          <t>Waterbird Society</t>
-[...4 lines deleted...]
-          <t>Patuxent Wildlife Research Center</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Z225" t="inlineStr">
         <is>
-          <t>11 p.</t>
+          <t>16 p.</t>
         </is>
       </c>
       <c r="AD225" t="inlineStr">
         <is>
-          <t>155</t>
+          <t>479</t>
         </is>
       </c>
       <c r="AE225" t="inlineStr">
         <is>
-          <t>165</t>
+          <t>494</t>
         </is>
       </c>
       <c r="AF225" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>16</t>
         </is>
       </c>
       <c r="AW225" t="inlineStr">
         <is>
-          <t>Erwin, R.M.; Smith, D. C. davidsmith@usgs.gov</t>
+          <t>Smith, D. B. davidsmith@usgs.gov; Berger, B. R.; Tosdal, R. M.</t>
         </is>
       </c>
       <c r="AZ225" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA225" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db649681</t>
+          <t>505a16ace4b0c8380cd5521a</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/mf1655B</t>
+          <t>https://pubs.usgs.gov/publication/ofr86199</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>61551</t>
+          <t>11944</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>mf1655B</t>
+          <t>ofr86199</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G226" t="inlineStr">
         <is>
-          <t>Mineral resource potential map of roadless areas and the Santa Lucia Wilderness in the Los Padres National Forest, Southwestern California</t>
+          <t>Analytical results and sample locality maps of stream-sediment, heavy-mineral-concentrate, and rock samples from the Kofa National Wildlife Refuge, Yuma and La Paz Counties, Arizona</t>
         </is>
       </c>
       <c r="H226" t="inlineStr">
         <is>
-          <t>Miscellaneous Field Studies Map</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I226" t="inlineStr">
         <is>
-          <t>1655</t>
-[...4 lines deleted...]
-          <t>B</t>
+          <t>86-199</t>
+        </is>
+      </c>
+      <c r="M226" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N226" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P226" t="inlineStr">
         <is>
-          <t>10.3133/mf1655B</t>
+          <t>10.3133/ofr86199</t>
         </is>
       </c>
       <c r="T226" t="inlineStr">
         <is>
-          <t>1985</t>
+          <t>1986</t>
         </is>
       </c>
       <c r="U226" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V226" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
+      <c r="W226" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey,</t>
+        </is>
+      </c>
       <c r="Z226" t="inlineStr">
         <is>
-          <t>1 map ;56 x 82 cm., on sheet 125 x 89 cm., folded in envelope 25 x 32 cm. +1 pamphlet (16 p. : maps ; 28 cm.)</t>
-[...4 lines deleted...]
-          <t>0</t>
+          <t>122 p. :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW226" t="inlineStr">
         <is>
-          <t>Frizzell, V.A.; Smith, D. B. davidsmith@usgs.gov; Kuizon, Lucia; Hale, W.N.</t>
+          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Hill, R. T.; Roemer, T. A.; Vaughn, R. B.; Delaney, T. A.</t>
         </is>
       </c>
       <c r="AZ226" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA226" t="inlineStr">
         <is>
-          <t>4f4e4adfe4b07f02db68785d</t>
+          <t>4f4e4acbe4b07f02db67e2a0</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/mf1389C</t>
+          <t>https://pubs.usgs.gov/publication/5222044</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>58368</t>
+          <t>5222044</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>mf1389C</t>
+          <t>5222044</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G227" t="inlineStr">
         <is>
-          <t>Geochemical map of the Dinkey Lakes Roadless Area, Fresno County, California</t>
+          <t>Habitat comparisons and productivity in nesting common terns on the mid-Atlantic coast</t>
         </is>
       </c>
       <c r="H227" t="inlineStr">
         <is>
-          <t>Miscellaneous Field Studies Map</t>
-[...9 lines deleted...]
-          <t>C</t>
+          <t>Colonial Waterbirds</t>
+        </is>
+      </c>
+      <c r="N227" t="inlineStr">
+        <is>
+          <t>07386028</t>
         </is>
       </c>
       <c r="P227" t="inlineStr">
         <is>
-          <t>10.3133/mf1389C</t>
+          <t>10.2307/1521066</t>
+        </is>
+      </c>
+      <c r="R227" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="S227" t="inlineStr">
+        <is>
+          <t>2</t>
         </is>
       </c>
       <c r="T227" t="inlineStr">
         <is>
           <t>1985</t>
         </is>
       </c>
       <c r="U227" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V227" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W227" t="inlineStr">
+        <is>
+          <t>Waterbird Society</t>
+        </is>
+      </c>
+      <c r="Y227" t="inlineStr">
+        <is>
+          <t>Patuxent Wildlife Research Center</t>
         </is>
       </c>
       <c r="Z227" t="inlineStr">
         <is>
-          <t>1 map ;74 x 47 cm., on sheet 89 x 86 cm., folded in envelope 25 x 32 cm.</t>
-[...4 lines deleted...]
-          <t>62500</t>
+          <t>11 p.</t>
+        </is>
+      </c>
+      <c r="AD227" t="inlineStr">
+        <is>
+          <t>155</t>
+        </is>
+      </c>
+      <c r="AE227" t="inlineStr">
+        <is>
+          <t>165</t>
+        </is>
+      </c>
+      <c r="AF227" t="inlineStr">
+        <is>
+          <t>11</t>
         </is>
       </c>
       <c r="AW227" t="inlineStr">
         <is>
-          <t>Smith, D. B. davidsmith@usgs.gov; Adrian, B. M.; Vaughn, R. B.; McDougal, C. M.</t>
+          <t>Erwin, R.M.; Smith, D. C. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ227" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA227" t="inlineStr">
         <is>
-          <t>4f4e4b23e4b07f02db6ae20c</t>
+          <t>4f4e4a80e4b07f02db649681</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr84675</t>
+          <t>https://pubs.usgs.gov/publication/mf1389C</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>6993</t>
+          <t>58368</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>ofr84675</t>
+          <t>mf1389C</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G228" t="inlineStr">
         <is>
-          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, rock, and water samples from the roadless areas and the Santa Lucia Wilderness in the Los Padres National Forest, Kern, Los Angeles, San Luis Obispo, Santa Barbara, and Ventura Counties, southwestern California</t>
+          <t>Geochemical map of the Dinkey Lakes Roadless Area, Fresno County, California</t>
         </is>
       </c>
       <c r="H228" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Miscellaneous Field Studies Map</t>
         </is>
       </c>
       <c r="I228" t="inlineStr">
         <is>
-          <t>84-675</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>1389</t>
+        </is>
+      </c>
+      <c r="K228" t="inlineStr">
+        <is>
+          <t>C</t>
         </is>
       </c>
       <c r="P228" t="inlineStr">
         <is>
-          <t>10.3133/ofr84675</t>
+          <t>10.3133/mf1389C</t>
         </is>
       </c>
       <c r="T228" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>1985</t>
         </is>
       </c>
       <c r="U228" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V228" t="inlineStr">
         <is>
-          <t>English</t>
-[...4 lines deleted...]
-          <t>U.S. Geological Survey</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z228" t="inlineStr">
         <is>
-          <t>Report: 82 p.; 2 Plates: 41.29 × 27.53 inches and 41.72 × 27.19 inches</t>
-[...19 lines deleted...]
-          <t>Los Padres National Forest</t>
+          <t>1 map ;74 x 47 cm., on sheet 89 x 86 cm., folded in envelope 25 x 32 cm.</t>
+        </is>
+      </c>
+      <c r="AT228" t="inlineStr">
+        <is>
+          <t>62500</t>
         </is>
       </c>
       <c r="AW228" t="inlineStr">
         <is>
-          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Frizzell, V. A. Jr.; Vaughn, R. B.</t>
+          <t>Smith, D. B. davidsmith@usgs.gov; Adrian, B. M.; Vaughn, R. B.; McDougal, C. M.</t>
         </is>
       </c>
       <c r="AZ228" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA228" t="inlineStr">
         <is>
-          <t>4f4e4885e4b07f02db51923e</t>
+          <t>4f4e4b23e4b07f02db6ae20c</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr84662</t>
+          <t>https://pubs.usgs.gov/publication/mf1655B</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>7012</t>
+          <t>61551</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>ofr84662</t>
+          <t>mf1655B</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G229" t="inlineStr">
         <is>
-          <t>Assessment of mineral resources in the Muggins Mountains Bureau of Land Management Wilderness Study Area (AZ-050-53A), Yuma County, Arizona</t>
+          <t>Mineral resource potential map of roadless areas and the Santa Lucia Wilderness in the Los Padres National Forest, Southwestern California</t>
         </is>
       </c>
       <c r="H229" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Miscellaneous Field Studies Map</t>
         </is>
       </c>
       <c r="I229" t="inlineStr">
         <is>
-          <t>84-662</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>1655</t>
+        </is>
+      </c>
+      <c r="K229" t="inlineStr">
+        <is>
+          <t>B</t>
         </is>
       </c>
       <c r="P229" t="inlineStr">
         <is>
-          <t>10.3133/ofr84662</t>
+          <t>10.3133/mf1655B</t>
         </is>
       </c>
       <c r="T229" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>1985</t>
         </is>
       </c>
       <c r="U229" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V229" t="inlineStr">
         <is>
-          <t>English</t>
-[...4 lines deleted...]
-          <t>U.S. Geological Survey</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z229" t="inlineStr">
         <is>
-          <t>ii, 34 p.</t>
-[...19 lines deleted...]
-          <t>Muggins Mountains Bureau of Land Management Wilderness Study Area</t>
+          <t>1 map ;56 x 82 cm., on sheet 125 x 89 cm., folded in envelope 25 x 32 cm. +1 pamphlet (16 p. : maps ; 28 cm.)</t>
+        </is>
+      </c>
+      <c r="AT229" t="inlineStr">
+        <is>
+          <t>0</t>
         </is>
       </c>
       <c r="AW229" t="inlineStr">
         <is>
-          <t>Smith, D. B. davidsmith@usgs.gov; Tosdal, R. M.; Adrian, B. M.; Vaughn, R. B.</t>
+          <t>Frizzell, V.A.; Smith, D. B. davidsmith@usgs.gov; Kuizon, Lucia; Hale, W.N.</t>
         </is>
       </c>
       <c r="AZ229" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA229" t="inlineStr">
         <is>
-          <t>4f4e4abae4b07f02db671f48</t>
+          <t>4f4e4adfe4b07f02db68785d</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr84779</t>
+          <t>https://pubs.usgs.gov/publication/ofr84662</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t>30828</t>
+          <t>7012</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>ofr84779</t>
+          <t>ofr84662</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G230" t="inlineStr">
         <is>
-          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, and rock samples from the Indian Pass (CDCA-355) and Picacho Peak (CDCA-355A) Wilderness Study Areas, Imperial County, California</t>
+          <t>Assessment of mineral resources in the Muggins Mountains Bureau of Land Management Wilderness Study Area (AZ-050-53A), Yuma County, Arizona</t>
         </is>
       </c>
       <c r="H230" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I230" t="inlineStr">
         <is>
-          <t>84-779</t>
+          <t>84-662</t>
         </is>
       </c>
       <c r="M230" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N230" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P230" t="inlineStr">
         <is>
-          <t>10.3133/ofr84779</t>
+          <t>10.3133/ofr84662</t>
         </is>
       </c>
       <c r="T230" t="inlineStr">
         <is>
           <t>1984</t>
         </is>
       </c>
       <c r="U230" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V230" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W230" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z230" t="inlineStr">
         <is>
-          <t>Report: 37 p.; 2 Plates: 19.67 × 24.49 inches and 19.61 × 24.31 inches</t>
+          <t>ii, 34 p.</t>
         </is>
       </c>
       <c r="AM230" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN230" t="inlineStr">
         <is>
-          <t>California</t>
+          <t>Arizona</t>
         </is>
       </c>
       <c r="AO230" t="inlineStr">
         <is>
-          <t>Imperial County</t>
+          <t>Yuma County</t>
         </is>
       </c>
       <c r="AQ230" t="inlineStr">
         <is>
-          <t>Indian Pass and Picacho Creek Wilderness Study Areas</t>
+          <t>Muggins Mountains Bureau of Land Management Wilderness Study Area</t>
         </is>
       </c>
       <c r="AW230" t="inlineStr">
         <is>
-          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Detra, D.E.; Roemer, T. A.</t>
+          <t>Smith, D. B. davidsmith@usgs.gov; Tosdal, R. M.; Adrian, B. M.; Vaughn, R. B.</t>
         </is>
       </c>
       <c r="AZ230" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA230" t="inlineStr">
         <is>
-          <t>4f4e4acce4b07f02db67e8d1</t>
+          <t>4f4e4abae4b07f02db671f48</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr83812</t>
+          <t>https://pubs.usgs.gov/publication/ofr84675</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>16955</t>
+          <t>6993</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>ofr83812</t>
+          <t>ofr84675</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
-          <t>Chemical analyses for samples of rock, stream sediment, and nonmagnetic heavy-mineral concentrates, Condrey Mountain Roadless Area, Siskiyou County, California</t>
+          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, rock, and water samples from the roadless areas and the Santa Lucia Wilderness in the Los Padres National Forest, Kern, Los Angeles, San Luis Obispo, Santa Barbara, and Ventura Counties, southwestern California</t>
         </is>
       </c>
       <c r="H231" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I231" t="inlineStr">
         <is>
-          <t>83-812</t>
+          <t>84-675</t>
         </is>
       </c>
       <c r="M231" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N231" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P231" t="inlineStr">
         <is>
-          <t>10.3133/ofr83812</t>
+          <t>10.3133/ofr84675</t>
         </is>
       </c>
       <c r="T231" t="inlineStr">
         <is>
-          <t>1983</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="U231" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V231" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W231" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z231" t="inlineStr">
         <is>
-          <t>12 p. :maps ;28 cm.</t>
+          <t>Report: 82 p.; 2 Plates: 41.29 × 27.53 inches and 41.72 × 27.19 inches</t>
+        </is>
+      </c>
+      <c r="AM231" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN231" t="inlineStr">
+        <is>
+          <t>California</t>
+        </is>
+      </c>
+      <c r="AO231" t="inlineStr">
+        <is>
+          <t>Kern County, Los Angeles County, San Luis Obispo County, Santa Barbara County, Ventura County</t>
+        </is>
+      </c>
+      <c r="AQ231" t="inlineStr">
+        <is>
+          <t>Los Padres National Forest</t>
         </is>
       </c>
       <c r="AW231" t="inlineStr">
         <is>
-          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Vaughn, R. B.; McDougal, C.C.</t>
+          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Frizzell, V. A. Jr.; Vaughn, R. B.</t>
         </is>
       </c>
       <c r="AZ231" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>4</t>
         </is>
       </c>
       <c r="BA231" t="inlineStr">
         <is>
-          <t>4f4e49e2e4b07f02db5e4b67</t>
+          <t>4f4e4885e4b07f02db51923e</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr83810</t>
+          <t>https://pubs.usgs.gov/publication/ofr84779</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>16957</t>
+          <t>30828</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>ofr83810</t>
+          <t>ofr84779</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G232" t="inlineStr">
         <is>
-          <t>Chemical analyses for samples of rock, stream sediment, and nonmagnetic heavy-mineral concentrates, Marble Mountain Wilderness and vicinity, Siskiyou County, California</t>
+          <t>Analytical results and sample locality map of stream-sediment, heavy-mineral-concentrate, and rock samples from the Indian Pass (CDCA-355) and Picacho Peak (CDCA-355A) Wilderness Study Areas, Imperial County, California</t>
         </is>
       </c>
       <c r="H232" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I232" t="inlineStr">
         <is>
-          <t>83-810</t>
+          <t>84-779</t>
         </is>
       </c>
       <c r="M232" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N232" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P232" t="inlineStr">
         <is>
-          <t>10.3133/ofr83810</t>
+          <t>10.3133/ofr84779</t>
         </is>
       </c>
       <c r="T232" t="inlineStr">
         <is>
-          <t>1983</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="U232" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V232" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W232" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z232" t="inlineStr">
         <is>
-          <t>20 p. :maps ;28 cm.</t>
+          <t>Report: 37 p.; 2 Plates: 19.67 × 24.49 inches and 19.61 × 24.31 inches</t>
+        </is>
+      </c>
+      <c r="AM232" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN232" t="inlineStr">
+        <is>
+          <t>California</t>
+        </is>
+      </c>
+      <c r="AO232" t="inlineStr">
+        <is>
+          <t>Imperial County</t>
+        </is>
+      </c>
+      <c r="AQ232" t="inlineStr">
+        <is>
+          <t>Indian Pass and Picacho Creek Wilderness Study Areas</t>
         </is>
       </c>
       <c r="AW232" t="inlineStr">
         <is>
-          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Vaughn, R. B.; McDougal, C. M.</t>
+          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Detra, D.E.; Roemer, T. A.</t>
         </is>
       </c>
       <c r="AZ232" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>4</t>
         </is>
       </c>
       <c r="BA232" t="inlineStr">
         <is>
-          <t>4f4e49e2e4b07f02db5e4b7d</t>
+          <t>4f4e4acce4b07f02db67e8d1</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/mf1452B</t>
+          <t>https://pubs.usgs.gov/publication/ofr83811</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>58617</t>
+          <t>17626</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>mf1452B</t>
+          <t>ofr83811</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G233" t="inlineStr">
         <is>
-          <t>Mineral resource potential map of the Marble Mountain Wilderness, Siskiyou County, California</t>
+          <t>Results of chemical analyses for samples of stream sediments and nonmagnetic heavy-mineral concentrates, Orleans Mountain Roadless Area, Humboldt and Siskiyou counties, California</t>
         </is>
       </c>
       <c r="H233" t="inlineStr">
         <is>
-          <t>Miscellaneous Field Studies Map</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I233" t="inlineStr">
         <is>
-          <t>1452</t>
-[...4 lines deleted...]
-          <t>B</t>
+          <t>83-811</t>
+        </is>
+      </c>
+      <c r="M233" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N233" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P233" t="inlineStr">
         <is>
-          <t>10.3133/mf1452B</t>
+          <t>10.3133/ofr83811</t>
         </is>
       </c>
       <c r="T233" t="inlineStr">
         <is>
           <t>1983</t>
         </is>
       </c>
       <c r="U233" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V233" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
+      <c r="W233" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey,</t>
+        </is>
+      </c>
       <c r="Z233" t="inlineStr">
         <is>
-          <t>1 map ;84 x 97 cm., folded in envelope 25 x 32 cm. +1 pamphlet (11 p. : ill., maps ; 28 cm.)</t>
-[...4 lines deleted...]
-          <t>48000</t>
+          <t>i, 10 p. :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW233" t="inlineStr">
         <is>
-          <t>Donato, M. M.; Jachens, R.C.; Smith, D. B. davidsmith@usgs.gov; Hale, W.N.</t>
+          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Vaughn, R. B.; McDougal, C. M.</t>
         </is>
       </c>
       <c r="AZ233" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA233" t="inlineStr">
         <is>
-          <t>4f4e4b1be4b07f02db6a8c58</t>
+          <t>4f4e4a4ae4b07f02db624a2e</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/mf1526B</t>
+          <t>https://pubs.usgs.gov/publication/mf1452B</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>58628</t>
+          <t>58617</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>mf1526B</t>
+          <t>mf1452B</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E234" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G234" t="inlineStr">
         <is>
-          <t>Mineral resource potential map of the Orleans Mountain Roadless Area, Humboldt and Siskiyou Counties, California</t>
+          <t>Mineral resource potential map of the Marble Mountain Wilderness, Siskiyou County, California</t>
         </is>
       </c>
       <c r="H234" t="inlineStr">
         <is>
           <t>Miscellaneous Field Studies Map</t>
         </is>
       </c>
       <c r="I234" t="inlineStr">
         <is>
-          <t>1526</t>
+          <t>1452</t>
         </is>
       </c>
       <c r="K234" t="inlineStr">
         <is>
           <t>B</t>
         </is>
       </c>
       <c r="P234" t="inlineStr">
         <is>
-          <t>10.3133/mf1526B</t>
+          <t>10.3133/mf1452B</t>
         </is>
       </c>
       <c r="T234" t="inlineStr">
         <is>
           <t>1983</t>
         </is>
       </c>
       <c r="U234" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V234" t="inlineStr">
         <is>
-          <t>English</t>
-[...4 lines deleted...]
-          <t>U.S. Geological Survey</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z234" t="inlineStr">
         <is>
-          <t>Report: 11 p.; 1 Plate: 35.50 × 33.00 inches</t>
-[...19 lines deleted...]
-          <t>Orleans Mountain Roadless Area</t>
+          <t>1 map ;84 x 97 cm., folded in envelope 25 x 32 cm. +1 pamphlet (11 p. : ill., maps ; 28 cm.)</t>
         </is>
       </c>
       <c r="AT234" t="inlineStr">
         <is>
           <t>48000</t>
         </is>
       </c>
       <c r="AW234" t="inlineStr">
         <is>
-          <t>Donato, M. M.; Jachens, R.C.; Smith, D. B. davidsmith@usgs.gov; Linne, J. M.</t>
+          <t>Donato, M. M.; Jachens, R.C.; Smith, D. B. davidsmith@usgs.gov; Hale, W.N.</t>
         </is>
       </c>
       <c r="AZ234" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA234" t="inlineStr">
         <is>
-          <t>4f4e4b24e4b07f02db6ae750</t>
+          <t>4f4e4b1be4b07f02db6a8c58</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr83811</t>
+          <t>https://pubs.usgs.gov/publication/ofr83812</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>17626</t>
+          <t>16955</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>ofr83811</t>
+          <t>ofr83812</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
-          <t>Results of chemical analyses for samples of stream sediments and nonmagnetic heavy-mineral concentrates, Orleans Mountain Roadless Area, Humboldt and Siskiyou counties, California</t>
+          <t>Chemical analyses for samples of rock, stream sediment, and nonmagnetic heavy-mineral concentrates, Condrey Mountain Roadless Area, Siskiyou County, California</t>
         </is>
       </c>
       <c r="H235" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I235" t="inlineStr">
         <is>
-          <t>83-811</t>
+          <t>83-812</t>
         </is>
       </c>
       <c r="M235" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N235" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P235" t="inlineStr">
         <is>
-          <t>10.3133/ofr83811</t>
+          <t>10.3133/ofr83812</t>
         </is>
       </c>
       <c r="T235" t="inlineStr">
         <is>
           <t>1983</t>
         </is>
       </c>
       <c r="U235" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V235" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W235" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z235" t="inlineStr">
         <is>
-          <t>i, 10 p. :maps ;28 cm.</t>
+          <t>12 p. :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW235" t="inlineStr">
         <is>
-          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Vaughn, R. B.; McDougal, C. M.</t>
+          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Vaughn, R. B.; McDougal, C.C.</t>
         </is>
       </c>
       <c r="AZ235" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA235" t="inlineStr">
         <is>
-          <t>4f4e4a4ae4b07f02db624a2e</t>
+          <t>4f4e49e2e4b07f02db5e4b67</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr83497</t>
+          <t>https://pubs.usgs.gov/publication/mf1389B</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>17357</t>
+          <t>58590</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>ofr83497</t>
+          <t>mf1389B</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E236" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
-          <t>Mineral resource potential of the Condrey Mountain Roadless Area, Siskiyou County, California</t>
+          <t>Mineral resource potential map of the Dinkey Lakes Roadless Area, Fresno County, California</t>
         </is>
       </c>
       <c r="H236" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Miscellaneous Field Studies Map</t>
         </is>
       </c>
       <c r="I236" t="inlineStr">
         <is>
-          <t>83-497</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>1389</t>
+        </is>
+      </c>
+      <c r="K236" t="inlineStr">
+        <is>
+          <t>B</t>
         </is>
       </c>
       <c r="P236" t="inlineStr">
         <is>
-          <t>10.3133/ofr83497</t>
+          <t>10.3133/mf1389B</t>
         </is>
       </c>
       <c r="T236" t="inlineStr">
         <is>
           <t>1983</t>
         </is>
       </c>
       <c r="U236" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V236" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
-      <c r="W236" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="Z236" t="inlineStr">
         <is>
-          <t>11 p. :maps ;28 cm.</t>
+          <t>1 map ;74 x 47 cm., sheet 93 x 89 cm., folded in envelope 25 x 32 cm. +1 pamphlet (7 p. ; ill., maps ; 28 cm.)</t>
+        </is>
+      </c>
+      <c r="AT236" t="inlineStr">
+        <is>
+          <t>62500</t>
         </is>
       </c>
       <c r="AW236" t="inlineStr">
         <is>
-          <t>Coleman, R. G.; Mayerle, Ron; Jachens, R.C.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Dodge, F. C. W.; Smith, D. B. davidsmith@usgs.gov; Federspiel, F. E.; Campbell, H. W.; Scott, Douglas F.; Spear, James M.</t>
         </is>
       </c>
       <c r="AZ236" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA236" t="inlineStr">
         <is>
-          <t>4f4e4b0ae4b07f02db69cf55</t>
+          <t>4f4e4b1be4b07f02db6a8ae8</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr83813</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>16956</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>ofr83813</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E237" t="inlineStr">
@@ -26901,894 +26876,1113 @@
       </c>
       <c r="Z237" t="inlineStr">
         <is>
           <t>i, 18 p. :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW237" t="inlineStr">
         <is>
           <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Vaughn, R. B.; McDougal, C.C.</t>
         </is>
       </c>
       <c r="AZ237" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA237" t="inlineStr">
         <is>
           <t>4f4e49e2e4b07f02db5e4b76</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/mf1389B</t>
+          <t>https://pubs.usgs.gov/publication/ofr83497</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t>58590</t>
+          <t>17357</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>mf1389B</t>
+          <t>ofr83497</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E238" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G238" t="inlineStr">
         <is>
-          <t>Mineral resource potential map of the Dinkey Lakes Roadless Area, Fresno County, California</t>
+          <t>Mineral resource potential of the Condrey Mountain Roadless Area, Siskiyou County, California</t>
         </is>
       </c>
       <c r="H238" t="inlineStr">
         <is>
-          <t>Miscellaneous Field Studies Map</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I238" t="inlineStr">
         <is>
-          <t>1389</t>
-[...4 lines deleted...]
-          <t>B</t>
+          <t>83-497</t>
+        </is>
+      </c>
+      <c r="M238" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N238" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P238" t="inlineStr">
         <is>
-          <t>10.3133/mf1389B</t>
+          <t>10.3133/ofr83497</t>
         </is>
       </c>
       <c r="T238" t="inlineStr">
         <is>
           <t>1983</t>
         </is>
       </c>
       <c r="U238" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V238" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
+      <c r="W238" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey,</t>
+        </is>
+      </c>
       <c r="Z238" t="inlineStr">
         <is>
-          <t>1 map ;74 x 47 cm., sheet 93 x 89 cm., folded in envelope 25 x 32 cm. +1 pamphlet (7 p. ; ill., maps ; 28 cm.)</t>
-[...4 lines deleted...]
-          <t>62500</t>
+          <t>11 p. :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW238" t="inlineStr">
         <is>
-          <t>Dodge, F. C. W.; Smith, D. B. davidsmith@usgs.gov; Federspiel, F. E.; Campbell, H. W.; Scott, Douglas F.; Spear, James M.</t>
+          <t>Coleman, R. G.; Mayerle, Ron; Jachens, R.C.; Smith, D. B. davidsmith@usgs.gov</t>
         </is>
       </c>
       <c r="AZ238" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA238" t="inlineStr">
         <is>
-          <t>4f4e4b1be4b07f02db6a8ae8</t>
+          <t>4f4e4b0ae4b07f02db69cf55</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr82987</t>
+          <t>https://pubs.usgs.gov/publication/ofr83810</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t>11219</t>
+          <t>16957</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>ofr82987</t>
+          <t>ofr83810</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E239" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G239" t="inlineStr">
         <is>
-          <t>Leaching characteristics of ash from the May 18, 1980, eruption of Mount St. Helens Volcano, Washington</t>
+          <t>Chemical analyses for samples of rock, stream sediment, and nonmagnetic heavy-mineral concentrates, Marble Mountain Wilderness and vicinity, Siskiyou County, California</t>
         </is>
       </c>
       <c r="H239" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I239" t="inlineStr">
         <is>
-          <t>82-987</t>
+          <t>83-810</t>
         </is>
       </c>
       <c r="M239" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N239" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P239" t="inlineStr">
         <is>
-          <t>10.3133/ofr82987</t>
+          <t>10.3133/ofr83810</t>
         </is>
       </c>
       <c r="T239" t="inlineStr">
         <is>
-          <t>1982</t>
+          <t>1983</t>
         </is>
       </c>
       <c r="U239" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V239" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W239" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z239" t="inlineStr">
         <is>
-          <t>30 p., ill., map ;28 cm.</t>
+          <t>20 p. :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW239" t="inlineStr">
         <is>
-          <t>Smith, David Burl; Zielinski, Robert A. 0000-0002-4047-5129 rzielinski@usgs.gov; Taylor, Howard E. hetaylor@usgs.gov</t>
+          <t>Adrian, B. M.; Smith, D. B. davidsmith@usgs.gov; Vaughn, R. B.; McDougal, C. M.</t>
         </is>
       </c>
       <c r="AZ239" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA239" t="inlineStr">
         <is>
-          <t>4f4e4b1be4b07f02db6a89b9</t>
+          <t>4f4e49e2e4b07f02db5e4b7d</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70011663</t>
+          <t>https://pubs.usgs.gov/publication/mf1526B</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>70011663</t>
+          <t>58628</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>70011663</t>
+          <t>mf1526B</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E240" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G240" t="inlineStr">
         <is>
-          <t>Water-soluble material on aerosols collected within volcanic eruption clouds</t>
+          <t>Mineral resource potential map of the Orleans Mountain Roadless Area, Humboldt and Siskiyou Counties, California</t>
         </is>
       </c>
       <c r="H240" t="inlineStr">
         <is>
-          <t>Journal of Geophysical Research - Oceans</t>
+          <t>Miscellaneous Field Studies Map</t>
+        </is>
+      </c>
+      <c r="I240" t="inlineStr">
+        <is>
+          <t>1526</t>
+        </is>
+      </c>
+      <c r="K240" t="inlineStr">
+        <is>
+          <t>B</t>
         </is>
       </c>
       <c r="P240" t="inlineStr">
         <is>
-          <t>10.1029/JC087iC07p04963</t>
-[...9 lines deleted...]
-          <t>C7</t>
+          <t>10.3133/mf1526B</t>
         </is>
       </c>
       <c r="T240" t="inlineStr">
         <is>
-          <t>1982</t>
+          <t>1983</t>
         </is>
       </c>
       <c r="U240" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V240" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W240" t="inlineStr">
         <is>
-          <t>American Geophysical Union</t>
-[...4 lines deleted...]
-          <t>Central Energy Resources Science Center</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z240" t="inlineStr">
         <is>
-          <t>10 p.</t>
-[...14 lines deleted...]
-          <t>10</t>
+          <t>Report: 11 p.; 1 Plate: 35.50 × 33.00 inches</t>
+        </is>
+      </c>
+      <c r="AM240" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN240" t="inlineStr">
+        <is>
+          <t>California</t>
+        </is>
+      </c>
+      <c r="AO240" t="inlineStr">
+        <is>
+          <t>Humboldt County, Siskiyou County</t>
+        </is>
+      </c>
+      <c r="AQ240" t="inlineStr">
+        <is>
+          <t>Orleans Mountain Roadless Area</t>
+        </is>
+      </c>
+      <c r="AT240" t="inlineStr">
+        <is>
+          <t>48000</t>
         </is>
       </c>
       <c r="AW240" t="inlineStr">
         <is>
-          <t>Smith, D. B. davidsmith@usgs.gov; Zielinski, R. A. 0000-0002-4047-5129; Rose, W.I. Jr.; Huebert, B.J.</t>
+          <t>Donato, M. M.; Jachens, R.C.; Smith, D. B. davidsmith@usgs.gov; Linne, J. M.</t>
         </is>
       </c>
       <c r="AZ240" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA240" t="inlineStr">
         <is>
-          <t>505bcef3e4b08c986b32e64e</t>
+          <t>4f4e4b24e4b07f02db6ae750</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70011897</t>
+          <t>https://pubs.usgs.gov/publication/ofr82987</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>70011897</t>
+          <t>11219</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>70011897</t>
+          <t>ofr82987</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E241" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G241" t="inlineStr">
         <is>
-          <t>Leachability of uranium and other elements from freshly erupted volcanic ash</t>
+          <t>Leaching characteristics of ash from the May 18, 1980, eruption of Mount St. Helens Volcano, Washington</t>
         </is>
       </c>
       <c r="H241" t="inlineStr">
         <is>
-          <t>Journal of Volcanology and Geothermal Research</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I241" t="inlineStr">
+        <is>
+          <t>82-987</t>
+        </is>
+      </c>
+      <c r="M241" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N241" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P241" t="inlineStr">
         <is>
-          <t>10.1016/0377-0273(82)90017-8</t>
-[...9 lines deleted...]
-          <t>1-2</t>
+          <t>10.3133/ofr82987</t>
         </is>
       </c>
       <c r="T241" t="inlineStr">
         <is>
           <t>1982</t>
         </is>
       </c>
       <c r="U241" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V241" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W241" t="inlineStr">
         <is>
-          <t>Elsevier</t>
-[...4 lines deleted...]
-          <t>Amsterdam, Netherlands</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z241" t="inlineStr">
         <is>
-          <t>30 p.</t>
-[...17 lines deleted...]
-      <c r="AD241" t="inlineStr">
+          <t>30 p., ill., map ;28 cm.</t>
+        </is>
+      </c>
+      <c r="AW241" t="inlineStr">
+        <is>
+          <t>Smith, David Burl; Zielinski, Robert A. 0000-0002-4047-5129 rzielinski@usgs.gov; Taylor, Howard E. hetaylor@usgs.gov</t>
+        </is>
+      </c>
+      <c r="AZ241" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AE241" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="BA241" t="inlineStr">
         <is>
-          <t>505a4597e4b0c8380cd6742e</t>
+          <t>4f4e4b1be4b07f02db6a89b9</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/5221646</t>
+          <t>https://pubs.usgs.gov/publication/70011663</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t>5221646</t>
+          <t>70011663</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>5221646</t>
+          <t>70011663</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E242" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G242" t="inlineStr">
         <is>
-          <t>Common tern colonies along the mid-Atlantic coast.  I.  Nestling chronology</t>
+          <t>Water-soluble material on aerosols collected within volcanic eruption clouds</t>
         </is>
       </c>
       <c r="H242" t="inlineStr">
         <is>
-          <t>Colonial Waterbirds</t>
-[...4 lines deleted...]
-          <t>07386028</t>
+          <t>Journal of Geophysical Research - Oceans</t>
         </is>
       </c>
       <c r="P242" t="inlineStr">
         <is>
-          <t>10.2307/1521131</t>
+          <t>10.1029/JC087iC07p04963</t>
         </is>
       </c>
       <c r="R242" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>87</t>
         </is>
       </c>
       <c r="S242" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="T242" t="inlineStr">
         <is>
-          <t>1981</t>
+          <t>1982</t>
         </is>
       </c>
       <c r="U242" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V242" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W242" t="inlineStr">
         <is>
-          <t>Waterbird Society</t>
+          <t>American Geophysical Union</t>
         </is>
       </c>
       <c r="Y242" t="inlineStr">
         <is>
-          <t>Patuxent Wildlife Research Center</t>
+          <t>Central Energy Resources Science Center</t>
         </is>
       </c>
       <c r="Z242" t="inlineStr">
         <is>
-          <t>6 p.</t>
+          <t>10 p.</t>
         </is>
       </c>
       <c r="AD242" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>4963</t>
         </is>
       </c>
       <c r="AE242" t="inlineStr">
         <is>
-          <t>165</t>
+          <t>4972</t>
         </is>
       </c>
       <c r="AF242" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>10</t>
         </is>
       </c>
       <c r="AW242" t="inlineStr">
         <is>
-          <t>Smith, D. C. davidsmith@usgs.gov; Erwin, R.M.; Custer, T. W. 0000-0003-3170-6519; Fussell, J.O. III</t>
+          <t>Smith, D. B. davidsmith@usgs.gov; Zielinski, R. A. 0000-0002-4047-5129; Rose, W.I. Jr.; Huebert, B.J.</t>
         </is>
       </c>
       <c r="AZ242" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA242" t="inlineStr">
         <is>
-          <t>4f4e4b24e4b07f02db6ae5ee</t>
+          <t>505bcef3e4b08c986b32e64e</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr81118</t>
+          <t>https://pubs.usgs.gov/publication/70011897</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>11218</t>
+          <t>70011897</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>ofr81118</t>
+          <t>70011897</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E243" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G243" t="inlineStr">
         <is>
           <t>Leachability of uranium and other elements from freshly erupted volcanic ash</t>
         </is>
       </c>
       <c r="H243" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Journal of Volcanology and Geothermal Research</t>
         </is>
       </c>
       <c r="P243" t="inlineStr">
         <is>
-          <t>10.3133/ofr81118</t>
+          <t>10.1016/0377-0273(82)90017-8</t>
+        </is>
+      </c>
+      <c r="R243" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="S243" t="inlineStr">
+        <is>
+          <t>1-2</t>
         </is>
       </c>
       <c r="T243" t="inlineStr">
         <is>
-          <t>1981</t>
+          <t>1982</t>
         </is>
       </c>
       <c r="U243" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V243" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W243" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X243" t="inlineStr">
+        <is>
+          <t>Amsterdam, Netherlands</t>
         </is>
       </c>
       <c r="Z243" t="inlineStr">
         <is>
-          <t>iii, 95 p.</t>
+          <t>30 p.</t>
+        </is>
+      </c>
+      <c r="AA243" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB243" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC243" t="inlineStr">
+        <is>
+          <t>Journal of Volcanology and Geothermal Research</t>
+        </is>
+      </c>
+      <c r="AD243" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AE243" t="inlineStr">
+        <is>
+          <t>30</t>
         </is>
       </c>
       <c r="AW243" t="inlineStr">
         <is>
-          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Zielinski, Robert A. 0000-0002-4047-5129 rzielinski@usgs.gov; Rose, William I. Jr.</t>
+          <t>Smith, D. B. davidsmith@usgs.gov; Zielinski, R. A. 0000-0002-4047-5129; Rose, W.I. Jr.</t>
         </is>
       </c>
       <c r="AZ243" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA243" t="inlineStr">
         <is>
-          <t>4f4e4b1be4b07f02db6a8996</t>
+          <t>505a4597e4b0c8380cd6742e</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70012532</t>
+          <t>https://pubs.usgs.gov/publication/5221646</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>70012532</t>
+          <t>5221646</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>70012532</t>
+          <t>5221646</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E244" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G244" t="inlineStr">
         <is>
-          <t>The flow mechanism in the Chalk based on radio-isotope analyses of groundwater in the London Basin</t>
+          <t>Common tern colonies along the mid-Atlantic coast.  I.  Nestling chronology</t>
         </is>
       </c>
       <c r="H244" t="inlineStr">
         <is>
-          <t>Journal of Hydrology</t>
+          <t>Colonial Waterbirds</t>
+        </is>
+      </c>
+      <c r="N244" t="inlineStr">
+        <is>
+          <t>07386028</t>
         </is>
       </c>
       <c r="P244" t="inlineStr">
         <is>
-          <t>10.1016/0022-1694(79)90088-X</t>
+          <t>10.2307/1521131</t>
         </is>
       </c>
       <c r="R244" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>4</t>
         </is>
       </c>
       <c r="S244" t="inlineStr">
         <is>
-          <t>1-2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="T244" t="inlineStr">
         <is>
-          <t>1979</t>
+          <t>1981</t>
         </is>
       </c>
       <c r="U244" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V244" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W244" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>Waterbird Society</t>
+        </is>
+      </c>
+      <c r="Y244" t="inlineStr">
+        <is>
+          <t>Patuxent Wildlife Research Center</t>
         </is>
       </c>
       <c r="Z244" t="inlineStr">
         <is>
-          <t>17 p.</t>
+          <t>6 p.</t>
         </is>
       </c>
       <c r="AD244" t="inlineStr">
         <is>
-          <t>67</t>
+          <t>160</t>
         </is>
       </c>
       <c r="AE244" t="inlineStr">
         <is>
-          <t>83</t>
-[...9 lines deleted...]
-          <t>southeast England</t>
+          <t>165</t>
+        </is>
+      </c>
+      <c r="AF244" t="inlineStr">
+        <is>
+          <t>6</t>
         </is>
       </c>
       <c r="AW244" t="inlineStr">
         <is>
-          <t>Downing, R.A.; Pearson, F.J.; Smith, D. B. davidsmith@usgs.gov</t>
+          <t>Smith, D. C. davidsmith@usgs.gov; Erwin, R.M.; Custer, T. W. 0000-0003-3170-6519; Fussell, J.O. III</t>
         </is>
       </c>
       <c r="AZ244" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA244" t="inlineStr">
         <is>
-          <t>505bac1ae4b08c986b32328c</t>
+          <t>4f4e4b24e4b07f02db6ae5ee</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
+          <t>https://pubs.usgs.gov/publication/ofr81118</t>
+        </is>
+      </c>
+      <c r="B245" t="inlineStr">
+        <is>
+          <t>11218</t>
+        </is>
+      </c>
+      <c r="C245" t="inlineStr">
+        <is>
+          <t>ofr81118</t>
+        </is>
+      </c>
+      <c r="D245" t="inlineStr">
+        <is>
+          <t>Report</t>
+        </is>
+      </c>
+      <c r="E245" t="inlineStr">
+        <is>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="G245" t="inlineStr">
+        <is>
+          <t>Leachability of uranium and other elements from freshly erupted volcanic ash</t>
+        </is>
+      </c>
+      <c r="H245" t="inlineStr">
+        <is>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I245" t="inlineStr">
+        <is>
+          <t>81-118</t>
+        </is>
+      </c>
+      <c r="M245" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N245" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
+        </is>
+      </c>
+      <c r="P245" t="inlineStr">
+        <is>
+          <t>10.3133/ofr81118</t>
+        </is>
+      </c>
+      <c r="T245" t="inlineStr">
+        <is>
+          <t>1981</t>
+        </is>
+      </c>
+      <c r="U245" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V245" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W245" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="Z245" t="inlineStr">
+        <is>
+          <t>iii, 95 p.</t>
+        </is>
+      </c>
+      <c r="AW245" t="inlineStr">
+        <is>
+          <t>Smith, David B. 0000-0001-8396-9105 dsmith@usgs.gov; Zielinski, Robert A. 0000-0002-4047-5129 rzielinski@usgs.gov; Rose, William I. Jr.</t>
+        </is>
+      </c>
+      <c r="AZ245" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="BA245" t="inlineStr">
+        <is>
+          <t>4f4e4b1be4b07f02db6a8996</t>
+        </is>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="inlineStr">
+        <is>
+          <t>https://pubs.usgs.gov/publication/70012532</t>
+        </is>
+      </c>
+      <c r="B246" t="inlineStr">
+        <is>
+          <t>70012532</t>
+        </is>
+      </c>
+      <c r="C246" t="inlineStr">
+        <is>
+          <t>70012532</t>
+        </is>
+      </c>
+      <c r="D246" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="E246" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="G246" t="inlineStr">
+        <is>
+          <t>The flow mechanism in the Chalk based on radio-isotope analyses of groundwater in the London Basin</t>
+        </is>
+      </c>
+      <c r="H246" t="inlineStr">
+        <is>
+          <t>Journal of Hydrology</t>
+        </is>
+      </c>
+      <c r="P246" t="inlineStr">
+        <is>
+          <t>10.1016/0022-1694(79)90088-X</t>
+        </is>
+      </c>
+      <c r="R246" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="S246" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="T246" t="inlineStr">
+        <is>
+          <t>1979</t>
+        </is>
+      </c>
+      <c r="U246" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V246" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W246" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="Z246" t="inlineStr">
+        <is>
+          <t>17 p.</t>
+        </is>
+      </c>
+      <c r="AD246" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="AE246" t="inlineStr">
+        <is>
+          <t>83</t>
+        </is>
+      </c>
+      <c r="AM246" t="inlineStr">
+        <is>
+          <t>England</t>
+        </is>
+      </c>
+      <c r="AQ246" t="inlineStr">
+        <is>
+          <t>southeast England</t>
+        </is>
+      </c>
+      <c r="AW246" t="inlineStr">
+        <is>
+          <t>Downing, R.A.; Pearson, F.J.; Smith, D. B. davidsmith@usgs.gov</t>
+        </is>
+      </c>
+      <c r="AZ246" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="BA246" t="inlineStr">
+        <is>
+          <t>505bac1ae4b08c986b32328c</t>
+        </is>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="inlineStr">
+        <is>
           <t>https://pubs.usgs.gov/publication/70009887</t>
         </is>
       </c>
-      <c r="B245" t="inlineStr">
+      <c r="B247" t="inlineStr">
         <is>
           <t>70009887</t>
         </is>
       </c>
-      <c r="C245" t="inlineStr">
+      <c r="C247" t="inlineStr">
         <is>
           <t>70009887</t>
         </is>
       </c>
-      <c r="D245" t="inlineStr">
+      <c r="D247" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
-      <c r="E245" t="inlineStr">
+      <c r="E247" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
-      <c r="G245" t="inlineStr">
+      <c r="G247" t="inlineStr">
         <is>
           <t>The age of groundwater in the Lincolnshire Limestone, England and its relevance to the flow mechanism</t>
         </is>
       </c>
-      <c r="H245" t="inlineStr">
+      <c r="H247" t="inlineStr">
         <is>
           <t>Journal of Hydrology</t>
         </is>
       </c>
-      <c r="P245" t="inlineStr">
+      <c r="P247" t="inlineStr">
         <is>
           <t>10.1016/0022-1694(77)90035-X</t>
         </is>
       </c>
-      <c r="R245" t="inlineStr">
+      <c r="R247" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
-      <c r="S245" t="inlineStr">
+      <c r="S247" t="inlineStr">
         <is>
           <t>3-4</t>
         </is>
       </c>
-      <c r="T245" t="inlineStr">
+      <c r="T247" t="inlineStr">
         <is>
           <t>1977</t>
         </is>
       </c>
-      <c r="U245" t="inlineStr">
+      <c r="U247" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
-      <c r="V245" t="inlineStr">
+      <c r="V247" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W245" t="inlineStr">
+      <c r="W247" t="inlineStr">
         <is>
           <t>Elsevier</t>
         </is>
       </c>
-      <c r="Z245" t="inlineStr">
+      <c r="Z247" t="inlineStr">
         <is>
           <t>16 p.</t>
         </is>
       </c>
-      <c r="AD245" t="inlineStr">
+      <c r="AD247" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
-      <c r="AE245" t="inlineStr">
+      <c r="AE247" t="inlineStr">
         <is>
           <t>216</t>
         </is>
       </c>
-      <c r="AM245" t="inlineStr">
+      <c r="AM247" t="inlineStr">
         <is>
           <t>England</t>
         </is>
       </c>
-      <c r="AW245" t="inlineStr">
+      <c r="AW247" t="inlineStr">
         <is>
           <t>Downing, R.A.; Smith, D. B. davidsmith@usgs.gov; Pearson, F.J.; Monkhouse, R.A.; Otlet, R.L.</t>
         </is>
       </c>
-      <c r="AZ245" t="inlineStr">
+      <c r="AZ247" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="BA245" t="inlineStr">
+      <c r="BA247" t="inlineStr">
         <is>
           <t>505ba9aee4b08c986b322427</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>