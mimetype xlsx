--- v0 (2026-01-13)
+++ v1 (2026-03-14)
@@ -363,350 +363,350 @@
       </c>
       <c r="BF1" t="inlineStr">
         <is>
           <t>CHORUS Journal Name</t>
         </is>
       </c>
       <c r="BG1" t="inlineStr">
         <is>
           <t>CHORUS Publication Date</t>
         </is>
       </c>
       <c r="BH1" t="inlineStr">
         <is>
           <t>CHORUS Audited On</t>
         </is>
       </c>
       <c r="BI1" t="inlineStr">
         <is>
           <t>CHORUS Publicly Accessible Date</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20251048</t>
+          <t>https://pubs.usgs.gov/publication/ofr20261069</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>70271160</t>
+          <t>70274204</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>ofr20251048</t>
+          <t>ofr20261069</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 1, 2025</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 3, 2025</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>ECCOE Landsat quarterly calibration and validation report—Quarter 1, 2025</t>
+          <t>ECCOE Landsat quarterly calibration and validation report—Quarter 3, 2025</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>2025-1048</t>
+          <t>2026-1069</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
-          <t>10.3133/ofr20251048</t>
+          <t>10.3133/ofr20261069</t>
         </is>
       </c>
       <c r="T2" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V2" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W2" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X2" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y2" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z2" t="inlineStr">
         <is>
-          <t>Report: viii, 56 p.; Dataset</t>
+          <t>Report: viii, 55 p.; Dataset</t>
         </is>
       </c>
       <c r="AF2" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="AU2" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV2" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW2" t="inlineStr">
         <is>
-          <t>Haque, Md Obaidul 0000-0002-0914-1446; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Steinwand, Daniel 0009-0008-6588-9775; Bresnahan, Paul 0000-0002-3491-0956; Shaw, Jerad L. 0000-0002-8319-2778; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Clauson, Jeff 0000-0003-3406-4988 jclauson@usgs.gov; Thome, Kurt; Kaita, Ed; Angal, Amit; Levy, Raviv; Miller, Jeff; Ding, Leibo; Teixeira Pinto, Cibele</t>
+          <t>Haque, Md Obaidul 0000-0002-0914-1446; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Steinwand, Daniel 0009-0008-6588-9775; Bresnahan, Paul 0000-0002-3491-0956; Shaw, Jerad L. 0000-0002-8319-2778; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Clauson, Jeff 0000-0003-3406-4988 jclauson@usgs.gov; Thome, Kurt; Angal, Amit; Levy, Raviv; Miller, Jeff; Ding, Leibo; Teixeira Pinto, Cibele</t>
         </is>
       </c>
       <c r="AZ2" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20251036</t>
+          <t>https://pubs.usgs.gov/publication/ofr20261059</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>70268727</t>
+          <t>70273736</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>ofr20251036</t>
+          <t>ofr20261059</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 4, 2024</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 2, 2025</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>2025-1036</t>
+          <t>2026-1059</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
-          <t>10.3133/ofr20251036</t>
+          <t>10.3133/ofr20261059</t>
+        </is>
+      </c>
+      <c r="Q3" t="inlineStr">
+        <is>
+          <t>Version 1.0: January 2026; Version 1.1: February 2026</t>
         </is>
       </c>
       <c r="T3" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V3" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W3" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X3" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y3" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z3" t="inlineStr">
         <is>
           <t>Report: viii, 56 p.; Dataset</t>
         </is>
       </c>
       <c r="AF3" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="AU3" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV3" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW3" t="inlineStr">
         <is>
-          <t>Haque, Md Obaidul 0000-0002-0914-1446; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Steinwand, Daniel 0009-0008-6588-9775; Bresnahan, Paul 0000-0002-3491-0956; Shaw, Jerad L. 0000-0002-8319-2778; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Clauson, Jeff 0000-0003-3406-4988 jclauson@usgs.gov; Thome, Kurt; Kaita, Ed; Levy, Raviv; Miller, Jeff; Ding, Leibo; Teixeira Pinto, Cibele</t>
+          <t>Haque, Md Obaidul 0000-0002-0914-1446; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Steinwand, Daniel 0009-0008-6588-9775; Bresnahan, Paul 0000-0002-3491-0956; Shaw, Jerad L. 0000-0002-8319-2778; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Clauson, Jeff 0000-0003-3406-4988 jclauson@usgs.gov; Thome, Kurt; Angal, Amit; Levy, Raviv; Miller, Jeff; Ding, Leibo; Teixeira Pinto, Cibele</t>
         </is>
       </c>
       <c r="AZ3" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20251006</t>
+          <t>https://pubs.usgs.gov/publication/ofr20251048</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>70263901</t>
+          <t>70271160</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>ofr20251006</t>
+          <t>ofr20251048</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 3, 2024</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 1, 2025</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>ECCOE Landsat quarterly calibration and validation report—Quarter 3, 2024</t>
+          <t>ECCOE Landsat quarterly calibration and validation report—Quarter 1, 2025</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
-          <t>2025-1006</t>
+          <t>2025-1048</t>
         </is>
       </c>
       <c r="M4" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N4" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P4" t="inlineStr">
         <is>
-          <t>10.3133/ofr20251006</t>
+          <t>10.3133/ofr20251048</t>
         </is>
       </c>
       <c r="T4" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V4" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W4" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X4" t="inlineStr">
         <is>
           <t>Reston, VA</t>
@@ -717,1728 +717,1972 @@
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z4" t="inlineStr">
         <is>
           <t>Report: viii, 56 p.; Dataset</t>
         </is>
       </c>
       <c r="AF4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="AU4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW4" t="inlineStr">
         <is>
-          <t>Haque, Md Obaidul 0000-0002-0914-1446; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Shaw, Jerad L. 0000-0002-8319-2778; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Clauson, Jeff 0000-0003-3406-4988 jclauson@usgs.gov; Thome, Kurt; Kaita, Ed; Levy, Raviv; Miller, Jeff; Ding, Leibo</t>
+          <t>Haque, Md Obaidul 0000-0002-0914-1446; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Steinwand, Daniel 0009-0008-6588-9775; Bresnahan, Paul 0000-0002-3491-0956; Shaw, Jerad L. 0000-0002-8319-2778; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Clauson, Jeff 0000-0003-3406-4988 jclauson@usgs.gov; Thome, Kurt; Kaita, Ed; Angal, Amit; Levy, Raviv; Miller, Jeff; Ding, Leibo; Teixeira Pinto, Cibele</t>
         </is>
       </c>
       <c r="AZ4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20241077</t>
+          <t>https://pubs.usgs.gov/publication/ofr20251036</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>70261706</t>
+          <t>70268727</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>ofr20241077</t>
+          <t>ofr20251036</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 2, 2024</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 4, 2024</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 2, 2024</t>
+          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 4, 2024</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
-          <t>2024-1077</t>
+          <t>2025-1036</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N5" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P5" t="inlineStr">
         <is>
-          <t>10.3133/ofr20241077</t>
+          <t>10.3133/ofr20251036</t>
         </is>
       </c>
       <c r="T5" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V5" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W5" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X5" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y5" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z5" t="inlineStr">
         <is>
           <t>Report: viii, 56 p.; Dataset</t>
         </is>
       </c>
       <c r="AF5" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="AU5" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV5" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW5" t="inlineStr">
         <is>
-          <t>Haque, Md Obaidul 0000-0002-0914-1446; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Shaw, Jerad L. 0000-0002-8319-2778; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Clauson, Jeff 0000-0003-3406-4988 jclauson@usgs.gov; Thome, Kurt; Kaita, Ed; Levy, Raviv; Miller, Jeff; Ding, Leibo</t>
+          <t>Haque, Md Obaidul 0000-0002-0914-1446; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Steinwand, Daniel 0009-0008-6588-9775; Bresnahan, Paul 0000-0002-3491-0956; Shaw, Jerad L. 0000-0002-8319-2778; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Clauson, Jeff 0000-0003-3406-4988 jclauson@usgs.gov; Thome, Kurt; Kaita, Ed; Levy, Raviv; Miller, Jeff; Ding, Leibo; Teixeira Pinto, Cibele</t>
         </is>
       </c>
       <c r="AZ5" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/fs20243039</t>
+          <t>https://pubs.usgs.gov/publication/ofr20251006</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>70259554</t>
+          <t>70263901</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>fs20243039</t>
+          <t>ofr20251006</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>Landsat Geometric and Radiometric Calibration and Characterization</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 3, 2024</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>Landsat geometric and radiometric calibration and characterization</t>
+          <t>ECCOE Landsat quarterly calibration and validation report—Quarter 3, 2024</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>Fact Sheet</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I6" t="inlineStr">
         <is>
-          <t>2024-3039</t>
+          <t>2025-1006</t>
         </is>
       </c>
       <c r="M6" t="inlineStr">
         <is>
-          <t>2327-6932</t>
+          <t>2331-1258</t>
         </is>
       </c>
       <c r="N6" t="inlineStr">
         <is>
-          <t>2327-6916</t>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P6" t="inlineStr">
         <is>
-          <t>10.3133/fs20243039</t>
+          <t>10.3133/ofr20251006</t>
         </is>
       </c>
       <c r="T6" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V6" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W6" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X6" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y6" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z6" t="inlineStr">
         <is>
-          <t>4 p.</t>
+          <t>Report: viii, 56 p.; Dataset</t>
         </is>
       </c>
       <c r="AF6" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>68</t>
         </is>
       </c>
       <c r="AU6" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
+      <c r="AV6" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
       <c r="AW6" t="inlineStr">
         <is>
-          <t>Shaw, Jerad 0000-0002-8319-2778 jshaw@usgs.gov; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Choate, Mike 0000-0002-8101-4994 choate@usgs.gov; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov</t>
+          <t>Haque, Md Obaidul 0000-0002-0914-1446; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Shaw, Jerad L. 0000-0002-8319-2778; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Clauson, Jeff 0000-0003-3406-4988 jclauson@usgs.gov; Thome, Kurt; Kaita, Ed; Levy, Raviv; Miller, Jeff; Ding, Leibo</t>
         </is>
       </c>
       <c r="AZ6" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20241058</t>
+          <t>https://pubs.usgs.gov/publication/ofr20241077</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>70258644</t>
+          <t>70261706</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>ofr20241058</t>
+          <t>ofr20241077</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 1, 2024</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 2, 2024</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 1, 2024</t>
+          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 2, 2024</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I7" t="inlineStr">
         <is>
-          <t>2024-1058</t>
+          <t>2024-1077</t>
         </is>
       </c>
       <c r="M7" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N7" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P7" t="inlineStr">
         <is>
-          <t>10.3133/ofr20241058</t>
-[...4 lines deleted...]
-          <t>Version 1.0: September 24, 2024; Version 1.1: December 11, 2024</t>
+          <t>10.3133/ofr20241077</t>
         </is>
       </c>
       <c r="T7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V7" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W7" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X7" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y7" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z7" t="inlineStr">
         <is>
-          <t>Report: viii, 57 p.; Dataset</t>
+          <t>Report: viii, 56 p.; Dataset</t>
         </is>
       </c>
       <c r="AF7" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>68</t>
         </is>
       </c>
       <c r="AU7" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV7" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AW7" t="inlineStr">
         <is>
-          <t>Haque, Md Obaidul 0000-0002-0914-1446; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Shaw, Jerad L. 0000-0002-8319-2778; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Clauson, Jeff 0000-0003-3406-4988 jclauson@usgs.gov; Thome, Kurt; Barsi, Julia; Kaita, Ed; Levy, Raviv; Miller, Jeff; Ding, Leibo</t>
+          <t>Haque, Md Obaidul 0000-0002-0914-1446; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Shaw, Jerad L. 0000-0002-8319-2778; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Clauson, Jeff 0000-0003-3406-4988 jclauson@usgs.gov; Thome, Kurt; Kaita, Ed; Levy, Raviv; Miller, Jeff; Ding, Leibo</t>
         </is>
       </c>
       <c r="AZ7" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20241026</t>
+          <t>https://pubs.usgs.gov/publication/fs20243039</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>70253135</t>
+          <t>70259554</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>ofr20241026</t>
+          <t>fs20243039</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 4, 2023</t>
+          <t>Landsat Geometric and Radiometric Calibration and Characterization</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 4, 2023</t>
+          <t>Landsat geometric and radiometric calibration and characterization</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Fact Sheet</t>
         </is>
       </c>
       <c r="I8" t="inlineStr">
         <is>
-          <t>2024-1026</t>
+          <t>2024-3039</t>
         </is>
       </c>
       <c r="M8" t="inlineStr">
         <is>
-          <t>2331-1258</t>
+          <t>2327-6932</t>
         </is>
       </c>
       <c r="N8" t="inlineStr">
         <is>
-          <t>0196-1497</t>
+          <t>2327-6916</t>
         </is>
       </c>
       <c r="P8" t="inlineStr">
         <is>
-          <t>10.3133/ofr20241026</t>
-[...4 lines deleted...]
-          <t>Version 1.0: April 22, 2024; Version 1.1: December 11, 2024</t>
+          <t>10.3133/fs20243039</t>
         </is>
       </c>
       <c r="T8" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V8" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W8" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X8" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y8" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z8" t="inlineStr">
         <is>
-          <t>Report: ix, 62 p.; Dataset</t>
+          <t>4 p.</t>
         </is>
       </c>
       <c r="AF8" t="inlineStr">
         <is>
-          <t>76</t>
+          <t>4</t>
         </is>
       </c>
       <c r="AU8" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
-      <c r="AV8" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW8" t="inlineStr">
         <is>
-          <t>Haque, Md Obaidul 0000-0002-0914-1446; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Thome, Kurt; Barsi, Julia; Kaita, Ed; Levy, Raviv; Miller, Jeff; Ding, Leibo</t>
+          <t>Shaw, Jerad 0000-0002-8319-2778 jshaw@usgs.gov; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Choate, Mike 0000-0002-8101-4994 choate@usgs.gov; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov</t>
         </is>
       </c>
       <c r="AZ8" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>4</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20241017</t>
+          <t>https://pubs.usgs.gov/publication/ofr20241058</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>70252192</t>
+          <t>70258644</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>ofr20241017</t>
+          <t>ofr20241058</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 3, 2023</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 1, 2024</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 3, 2023</t>
+          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 1, 2024</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I9" t="inlineStr">
         <is>
-          <t>2024-1017</t>
+          <t>2024-1058</t>
         </is>
       </c>
       <c r="M9" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N9" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P9" t="inlineStr">
         <is>
-          <t>10.3133/ofr20241017</t>
+          <t>10.3133/ofr20241058</t>
         </is>
       </c>
       <c r="Q9" t="inlineStr">
         <is>
-          <t>Version 1.0: March 19, 2024; Version 1.1: December 11, 2024</t>
+          <t>Version 1.0: September 24, 2024; Version 1.1: December 11, 2024</t>
         </is>
       </c>
       <c r="T9" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V9" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W9" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X9" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y9" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z9" t="inlineStr">
         <is>
-          <t>Report: ix, 65 p.; Dataset</t>
+          <t>Report: viii, 57 p.; Dataset</t>
         </is>
       </c>
       <c r="AF9" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>70</t>
         </is>
       </c>
       <c r="AU9" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV9" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW9" t="inlineStr">
         <is>
-          <t>Haque, Md Obaidul 0000-0002-0914-1446; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Miller, Jeff; Ding, Leibo</t>
+          <t>Haque, Md Obaidul 0000-0002-0914-1446; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Shaw, Jerad L. 0000-0002-8319-2778; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Clauson, Jeff 0000-0003-3406-4988 jclauson@usgs.gov; Thome, Kurt; Barsi, Julia; Kaita, Ed; Levy, Raviv; Miller, Jeff; Ding, Leibo</t>
         </is>
       </c>
       <c r="AZ9" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20231075</t>
+          <t>https://pubs.usgs.gov/publication/ofr20241026</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>70248932</t>
+          <t>70253135</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>ofr20231075</t>
+          <t>ofr20241026</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 2, 2023</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 4, 2023</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 2, 2023</t>
+          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 4, 2023</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
-          <t>2023-1075</t>
+          <t>2024-1026</t>
         </is>
       </c>
       <c r="M10" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N10" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P10" t="inlineStr">
         <is>
-          <t>10.3133/ofr20231075</t>
+          <t>10.3133/ofr20241026</t>
+        </is>
+      </c>
+      <c r="Q10" t="inlineStr">
+        <is>
+          <t>Version 1.0: April 22, 2024; Version 1.1: December 11, 2024</t>
         </is>
       </c>
       <c r="T10" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V10" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W10" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X10" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y10" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z10" t="inlineStr">
         <is>
-          <t>Report: vii, 39 p.; Dataset</t>
+          <t>Report: ix, 62 p.; Dataset</t>
         </is>
       </c>
       <c r="AF10" t="inlineStr">
         <is>
-          <t>52</t>
+          <t>76</t>
         </is>
       </c>
       <c r="AU10" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV10" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW10" t="inlineStr">
         <is>
-          <t>Haque, Md Obaidul 0000-0002-0914-1446; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Miller, Jeff; Ding, Leibo</t>
+          <t>Haque, Md Obaidul 0000-0002-0914-1446; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Thome, Kurt; Barsi, Julia; Kaita, Ed; Levy, Raviv; Miller, Jeff; Ding, Leibo</t>
         </is>
       </c>
       <c r="AZ10" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20231050</t>
+          <t>https://pubs.usgs.gov/publication/ofr20241017</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>70246879</t>
+          <t>70252192</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>ofr20231050</t>
+          <t>ofr20241017</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 1, 2023</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 3, 2023</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 1, 2023</t>
+          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 3, 2023</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I11" t="inlineStr">
         <is>
-          <t>2023-1050</t>
+          <t>2024-1017</t>
         </is>
       </c>
       <c r="M11" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N11" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P11" t="inlineStr">
         <is>
-          <t>10.3133/ofr20231050</t>
+          <t>10.3133/ofr20241017</t>
+        </is>
+      </c>
+      <c r="Q11" t="inlineStr">
+        <is>
+          <t>Version 1.0: March 19, 2024; Version 1.1: December 11, 2024</t>
         </is>
       </c>
       <c r="T11" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V11" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W11" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X11" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y11" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z11" t="inlineStr">
         <is>
-          <t>Report: vii, 39 p.; Dataset</t>
+          <t>Report: ix, 65 p.; Dataset</t>
         </is>
       </c>
       <c r="AF11" t="inlineStr">
         <is>
-          <t>52</t>
+          <t>80</t>
         </is>
       </c>
       <c r="AU11" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
+      <c r="AV11" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
       <c r="AW11" t="inlineStr">
         <is>
-          <t>Haque, Md Obaidul 0000-0002-0914-1446; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Miller, Jeff</t>
+          <t>Haque, Md Obaidul 0000-0002-0914-1446; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Miller, Jeff; Ding, Leibo</t>
         </is>
       </c>
       <c r="AZ11" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20231044</t>
+          <t>https://pubs.usgs.gov/publication/ofr20231075</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>70243860</t>
+          <t>70248932</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>ofr20231044</t>
+          <t>ofr20231075</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 4, 2022</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 2, 2023</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 4, 2022</t>
+          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 2, 2023</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I12" t="inlineStr">
         <is>
-          <t>2023-1044</t>
+          <t>2023-1075</t>
         </is>
       </c>
       <c r="M12" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N12" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P12" t="inlineStr">
         <is>
-          <t>10.3133/ofr20231044</t>
+          <t>10.3133/ofr20231075</t>
         </is>
       </c>
       <c r="T12" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V12" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W12" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X12" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y12" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z12" t="inlineStr">
         <is>
           <t>Report: vii, 39 p.; Dataset</t>
         </is>
       </c>
       <c r="AF12" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="AU12" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
+      <c r="AV12" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
       <c r="AW12" t="inlineStr">
         <is>
-          <t>Haque, Obaidul 0000-0002-0914-1446 ohaque@usgs.gov; Rengarajan, Rajagopalan 0000-0003-1860-7110 rrengarajan@contractor.usgs.gov; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Mike 0000-0002-8101-4994 choate@usgs.gov; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Miller, Jeff</t>
+          <t>Haque, Md Obaidul 0000-0002-0914-1446; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Ruslander, Kathryn 0000-0003-3036-1731; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Miller, Jeff; Ding, Leibo</t>
         </is>
       </c>
       <c r="AZ12" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20231013</t>
+          <t>https://pubs.usgs.gov/publication/ofr20231050</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>70241001</t>
+          <t>70246879</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>ofr20231013</t>
+          <t>ofr20231050</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 3, 2022</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 1, 2023</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 3, 2022</t>
+          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 1, 2023</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
-          <t>2023-1013</t>
+          <t>2023-1050</t>
         </is>
       </c>
       <c r="M13" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N13" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P13" t="inlineStr">
         <is>
-          <t>10.3133/ofr20231013</t>
+          <t>10.3133/ofr20231050</t>
         </is>
       </c>
       <c r="T13" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V13" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W13" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X13" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y13" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z13" t="inlineStr">
         <is>
-          <t>Report: vii, 38 p.; Dataset</t>
+          <t>Report: vii, 39 p.; Dataset</t>
         </is>
       </c>
       <c r="AF13" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>52</t>
         </is>
       </c>
       <c r="AU13" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW13" t="inlineStr">
         <is>
-          <t>Haque, Obaidul 0000-0002-0914-1446 ohaque@usgs.gov; Rengarajan, Rajagopalan 0000-0003-1860-7110 rrengarajan@contractor.usgs.gov; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Mike 0000-0002-8101-4994 choate@usgs.gov; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Miller, Jeff</t>
+          <t>Haque, Md Obaidul 0000-0002-0914-1446; Rengarajan, Rajagopalan 0000-0003-1860-7110; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Miller, Jeff</t>
         </is>
       </c>
       <c r="AZ13" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20221092</t>
+          <t>https://pubs.usgs.gov/publication/ofr20231044</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>70237677</t>
+          <t>70243860</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>ofr20221092</t>
+          <t>ofr20231044</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 2, 2022</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 4, 2022</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation report—Quarter 2, 2022</t>
+          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 4, 2022</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
-          <t>2022-1092</t>
+          <t>2023-1044</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N14" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P14" t="inlineStr">
         <is>
-          <t>10.3133/ofr20221092</t>
+          <t>10.3133/ofr20231044</t>
         </is>
       </c>
       <c r="T14" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V14" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W14" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X14" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y14" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z14" t="inlineStr">
         <is>
           <t>Report: vii, 39 p.; Dataset</t>
         </is>
       </c>
       <c r="AF14" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="AU14" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW14" t="inlineStr">
         <is>
-          <t>Haque, Obaidul 0000-0002-0914-1446 ohaque@usgs.gov; Rengarajan, Rajagopalan 0000-0003-1860-7110 rrengarajan@contractor.usgs.gov; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Mike 0000-0002-8101-4994 choate@usgs.gov; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Ong, Lawrence</t>
+          <t>Haque, Obaidul 0000-0002-0914-1446 ohaque@usgs.gov; Rengarajan, Rajagopalan 0000-0003-1860-7110 rrengarajan@contractor.usgs.gov; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Mike 0000-0002-8101-4994 choate@usgs.gov; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Miller, Jeff</t>
         </is>
       </c>
       <c r="AZ14" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20221072</t>
+          <t>https://pubs.usgs.gov/publication/ofr20231013</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>70236128</t>
+          <t>70241001</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>ofr20221072</t>
+          <t>ofr20231013</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 1, 2022</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 3, 2022</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation report—Quarter 1, 2022</t>
+          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 3, 2022</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I15" t="inlineStr">
         <is>
-          <t>2022-1072</t>
+          <t>2023-1013</t>
         </is>
       </c>
       <c r="M15" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N15" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P15" t="inlineStr">
         <is>
-          <t>10.3133/ofr20221072</t>
+          <t>10.3133/ofr20231013</t>
         </is>
       </c>
       <c r="T15" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="U15" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V15" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W15" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X15" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y15" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z15" t="inlineStr">
         <is>
-          <t>Report: vii, 39 p.; Dataset</t>
+          <t>Report: vii, 38 p.; Dataset</t>
         </is>
       </c>
       <c r="AF15" t="inlineStr">
         <is>
-          <t>52</t>
+          <t>50</t>
         </is>
       </c>
       <c r="AU15" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW15" t="inlineStr">
         <is>
-          <t>Haque, Obaidul 0000-0002-0914-1446 ohaque@usgs.gov; Rengarajan, Rajagopalan 0000-0003-1860-7110 rrengarajan@contractor.usgs.gov; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Mike 0000-0002-8101-4994 choate@usgs.gov; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Brian Markham; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Ong, Lawrence</t>
+          <t>Haque, Obaidul 0000-0002-0914-1446 ohaque@usgs.gov; Rengarajan, Rajagopalan 0000-0003-1860-7110 rrengarajan@contractor.usgs.gov; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Mike 0000-0002-8101-4994 choate@usgs.gov; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Miller, Jeff</t>
         </is>
       </c>
       <c r="AZ15" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>4</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20221033</t>
+          <t>https://pubs.usgs.gov/publication/ofr20221092</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>70232150</t>
+          <t>70237677</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>ofr20221033</t>
+          <t>ofr20221092</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 4, 2021</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 2, 2022</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation report— Quarter 4, 2021</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation report—Quarter 2, 2022</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I16" t="inlineStr">
         <is>
-          <t>2022-1033</t>
+          <t>2022-1092</t>
         </is>
       </c>
       <c r="M16" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N16" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P16" t="inlineStr">
         <is>
-          <t>10.3133/ofr20221033</t>
+          <t>10.3133/ofr20221092</t>
         </is>
       </c>
       <c r="T16" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="U16" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V16" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W16" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X16" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y16" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z16" t="inlineStr">
         <is>
-          <t>Report: vii, 38 p.; Dataset</t>
+          <t>Report: vii, 39 p.; Dataset</t>
         </is>
       </c>
       <c r="AF16" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>52</t>
         </is>
       </c>
       <c r="AU16" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW16" t="inlineStr">
         <is>
-          <t>Haque, Obaidul 0000-0002-0914-1446 ohaque@usgs.gov; Rengarajan, Rajagopalan 0000-0003-1860-7110 rrengarajan@contractor.usgs.gov; Lubke, Mark 0000-0002-7257-2337; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Hasan, Nahid 0000-0002-0463-601X; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Mike 0000-0002-8101-4994 choate@usgs.gov; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Markham, Brian 0000-0002-9612-8169; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Ong, Lawrence</t>
+          <t>Haque, Obaidul 0000-0002-0914-1446 ohaque@usgs.gov; Rengarajan, Rajagopalan 0000-0003-1860-7110 rrengarajan@contractor.usgs.gov; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Shrestha, Ashish 0000-0002-9407-5462; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Mike 0000-0002-8101-4994 choate@usgs.gov; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Ong, Lawrence</t>
         </is>
       </c>
       <c r="AZ16" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20221025</t>
+          <t>https://pubs.usgs.gov/publication/ofr20221072</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>70230039</t>
+          <t>70236128</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>ofr20221025</t>
+          <t>ofr20221072</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 3, 2021</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 1, 2022</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 3, 2021</t>
+          <t>ECCOE Landsat Quarterly Calibration and Validation report—Quarter 1, 2022</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I17" t="inlineStr">
         <is>
-          <t>2022-1025</t>
+          <t>2022-1072</t>
         </is>
       </c>
       <c r="M17" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N17" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P17" t="inlineStr">
         <is>
-          <t>10.3133/ofr20221025</t>
+          <t>10.3133/ofr20221072</t>
         </is>
       </c>
       <c r="T17" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="U17" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V17" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W17" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X17" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y17" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
       <c r="Z17" t="inlineStr">
         <is>
-          <t>Report: vii, 38 p.; Dataset</t>
+          <t>Report: vii, 39 p.; Dataset</t>
         </is>
       </c>
       <c r="AF17" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>52</t>
         </is>
       </c>
       <c r="AU17" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW17" t="inlineStr">
         <is>
-          <t>Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Rengarajan, Rajagopalan 0000-0003-1860-7110 rrengarajan@contractor.usgs.gov; Haque, Obaidul 0000-0002-0914-1446 ohaque@usgs.gov; Lubke, Mark 0000-0002-7257-2337; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Hasan, Nahid; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Choate, Mike 0000-0002-8101-4994 choate@usgs.gov; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Markham, Brian; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Ong, Lawrence</t>
+          <t>Haque, Obaidul 0000-0002-0914-1446 ohaque@usgs.gov; Rengarajan, Rajagopalan 0000-0003-1860-7110 rrengarajan@contractor.usgs.gov; Lubke, Mark 0000-0002-7257-2337; Hasan, Nahid 0000-0002-0463-601X; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Mike 0000-0002-8101-4994 choate@usgs.gov; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Brian Markham; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Ong, Lawrence</t>
         </is>
       </c>
       <c r="AZ17" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
+          <t>https://pubs.usgs.gov/publication/ofr20221033</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>70232150</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>ofr20221033</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>Report</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 4, 2021</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
+        <is>
+          <t>ECCOE Landsat Quarterly Calibration and Validation report— Quarter 4, 2021</t>
+        </is>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
+        <is>
+          <t>2022-1033</t>
+        </is>
+      </c>
+      <c r="M18" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N18" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
+        </is>
+      </c>
+      <c r="P18" t="inlineStr">
+        <is>
+          <t>10.3133/ofr20221033</t>
+        </is>
+      </c>
+      <c r="T18" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="U18" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V18" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W18" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X18" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
+        </is>
+      </c>
+      <c r="Y18" t="inlineStr">
+        <is>
+          <t>Earth Resources Observation and Science (EROS) Center</t>
+        </is>
+      </c>
+      <c r="Z18" t="inlineStr">
+        <is>
+          <t>Report: vii, 38 p.; Dataset</t>
+        </is>
+      </c>
+      <c r="AF18" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="AU18" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AW18" t="inlineStr">
+        <is>
+          <t>Haque, Obaidul 0000-0002-0914-1446 ohaque@usgs.gov; Rengarajan, Rajagopalan 0000-0003-1860-7110 rrengarajan@contractor.usgs.gov; Lubke, Mark 0000-0002-7257-2337; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Hasan, Nahid 0000-0002-0463-601X; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Choate, Mike 0000-0002-8101-4994 choate@usgs.gov; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Markham, Brian 0000-0002-9612-8169; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Ong, Lawrence</t>
+        </is>
+      </c>
+      <c r="AZ18" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>https://pubs.usgs.gov/publication/ofr20221025</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>70230039</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>ofr20221025</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>Report</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>ECCOE Landsat Quarterly Calibration and Validation Report—Quarter 3, 2021</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>ECCOE Landsat quarterly Calibration and Validation report—Quarter 3, 2021</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
+        <is>
+          <t>2022-1025</t>
+        </is>
+      </c>
+      <c r="M19" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N19" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
+        </is>
+      </c>
+      <c r="P19" t="inlineStr">
+        <is>
+          <t>10.3133/ofr20221025</t>
+        </is>
+      </c>
+      <c r="T19" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="U19" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V19" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W19" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X19" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
+        </is>
+      </c>
+      <c r="Y19" t="inlineStr">
+        <is>
+          <t>Earth Resources Observation and Science (EROS) Center</t>
+        </is>
+      </c>
+      <c r="Z19" t="inlineStr">
+        <is>
+          <t>Report: vii, 38 p.; Dataset</t>
+        </is>
+      </c>
+      <c r="AF19" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="AU19" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AW19" t="inlineStr">
+        <is>
+          <t>Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Rengarajan, Rajagopalan 0000-0003-1860-7110 rrengarajan@contractor.usgs.gov; Haque, Obaidul 0000-0002-0914-1446 ohaque@usgs.gov; Lubke, Mark 0000-0002-7257-2337; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Hasan, Nahid; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Choate, Mike 0000-0002-8101-4994 choate@usgs.gov; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Markham, Brian; Thome, Kurt; Kaita, Ed; Barsi, Julia; Levy, Raviv; Ong, Lawrence</t>
+        </is>
+      </c>
+      <c r="AZ19" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
           <t>https://pubs.usgs.gov/publication/ofr20211105</t>
         </is>
       </c>
-      <c r="B18" t="inlineStr">
+      <c r="B20" t="inlineStr">
         <is>
           <t>70227028</t>
         </is>
       </c>
-      <c r="C18" t="inlineStr">
+      <c r="C20" t="inlineStr">
         <is>
           <t>ofr20211105</t>
         </is>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D20" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
-      <c r="E18" t="inlineStr">
+      <c r="E20" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
-      <c r="F18" t="inlineStr">
+      <c r="F20" t="inlineStr">
         <is>
           <t>ECCOE Landsat Quarterly Calibration and Validation Report — Quarter 2, 2021</t>
         </is>
       </c>
-      <c r="G18" t="inlineStr">
+      <c r="G20" t="inlineStr">
         <is>
           <t>ECCOE Landsat quarterly Calibration and Validation report — Quarter 2, 2021</t>
         </is>
       </c>
-      <c r="H18" t="inlineStr">
+      <c r="H20" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
-      <c r="I18" t="inlineStr">
+      <c r="I20" t="inlineStr">
         <is>
           <t>2021-1105</t>
         </is>
       </c>
-      <c r="M18" t="inlineStr">
+      <c r="M20" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
-      <c r="N18" t="inlineStr">
+      <c r="N20" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
-      <c r="P18" t="inlineStr">
+      <c r="P20" t="inlineStr">
         <is>
           <t>10.3133/ofr20211105</t>
         </is>
       </c>
-      <c r="T18" t="inlineStr">
+      <c r="T20" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="U18" t="inlineStr">
+      <c r="U20" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
-      <c r="V18" t="inlineStr">
+      <c r="V20" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W18" t="inlineStr">
+      <c r="W20" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
-      <c r="X18" t="inlineStr">
+      <c r="X20" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
-      <c r="Y18" t="inlineStr">
+      <c r="Y20" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
-      <c r="Z18" t="inlineStr">
+      <c r="Z20" t="inlineStr">
         <is>
           <t>vii, 40 p.</t>
         </is>
       </c>
-      <c r="AF18" t="inlineStr">
+      <c r="AF20" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
-      <c r="AU18" t="inlineStr">
+      <c r="AU20" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
-      <c r="AW18" t="inlineStr">
+      <c r="AW20" t="inlineStr">
         <is>
           <t>Micijevic, Esad 0000-0002-3828-9239 emicijevic@usgs.gov; Rengarajan, Rajagopalan 0000-0003-1860-7110; Haque, Obaidul 0000-0002-0914-1446 ohaque@usgs.gov; Lubke, Mark 0000-0002-7257-2337; Tuz Zafrin Tuli, Fatima 0000-0002-5225-8797; Shaw, Jerad L. 0000-0002-8319-2778; Hasan, Nahid; Denevan, Alex 0000-0002-1215-3261; Franks, Shannon 0000-0003-1335-5401; Choate, Michael J. 0000-0002-8101-4994; Anderson, Cody 0000-0001-5612-1889 chanderson@usgs.gov; Brian Markham; Thome, Kurtis; Kaita, Ed; Barsi, Julia; Levy, Raviv; Ong, Lawrence</t>
         </is>
       </c>
-      <c r="AZ18" t="inlineStr">
+      <c r="AZ20" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>