--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -789,51 +789,51 @@
           <t>New York</t>
         </is>
       </c>
       <c r="AQ5" t="inlineStr">
         <is>
           <t>Mohawk and New York River basins</t>
         </is>
       </c>
       <c r="AU5" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV5" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW5" t="inlineStr">
         <is>
           <t>Gaige, Devin L. 0000-0002-5105-7408; Scott, Tia-Marie 0000-0002-5677-0544; Reddy, James E. 0000-0002-6998-7267; Keefe, Meaghan R.</t>
         </is>
       </c>
       <c r="AZ5" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/sir20225089</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>70239930</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>sir20225089</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
@@ -921,51 +921,51 @@
           <t>United States</t>
         </is>
       </c>
       <c r="AN6" t="inlineStr">
         <is>
           <t>Wyoming</t>
         </is>
       </c>
       <c r="AP6" t="inlineStr">
         <is>
           <t>Riverton</t>
         </is>
       </c>
       <c r="AU6" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW6" t="inlineStr">
         <is>
           <t>Naftz, David L. 0000-0003-1130-6892 dlnaftz@usgs.gov; Fuller, Christopher C. 0000-0002-2354-8074 ccfuller@usgs.gov; Runkel, Robert L. 0000-0003-3220-481X runkel@usgs.gov; Solder, John 0000-0002-0660-3326; Gardner, W. Payton 0000-0003-0664-001X; Terry, Neil 0000-0002-3965-340X nterry@usgs.gov; Briggs, Martin A. 0000-0003-3206-4132 mbriggs@usgs.gov; Short, Terry M. 0000-0001-9941-4593 tmshort@usgs.gov; Cain, Daniel J. 0000-0002-3443-0493 djcain@usgs.gov; Dam, William L; Byrne, Patrick A.; Campbell, James R. 0000-0002-2760-3149</t>
         </is>
       </c>
       <c r="AZ6" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>9</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70238046</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>70238046</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>70238046</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
@@ -2427,51 +2427,51 @@
           <t>National Water Quality Program; Pennsylvania Water Science Center</t>
         </is>
       </c>
       <c r="Z19" t="inlineStr">
         <is>
           <t>14 p.</t>
         </is>
       </c>
       <c r="AD19" t="inlineStr">
         <is>
           <t>7236</t>
         </is>
       </c>
       <c r="AE19" t="inlineStr">
         <is>
           <t>7249</t>
         </is>
       </c>
       <c r="AM19" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AW19" t="inlineStr">
         <is>
-          <t>Szabo, Zoltan 0000-0002-0760-9607; Stackelberg, Paul 0000-0002-1818-355X; Cravotta, Charles A. III 0000-0003-3116-4684</t>
+          <t>Szabo, Zoltan 0000-0002-0760-9607; Stackelberg, Paul E. 0000-0002-1818-355X; Cravotta, Charles A. III 0000-0003-3116-4684</t>
         </is>
       </c>
       <c r="AZ19" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70259112</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>70259112</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>70259112</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
@@ -11257,298 +11257,298 @@
       </c>
       <c r="AU83" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW83" t="inlineStr">
         <is>
           <t>Nystrom, Elizabeth A. 0000-0002-0886-3439 nystrom@usgs.gov</t>
         </is>
       </c>
       <c r="AZ83" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA83" t="inlineStr">
         <is>
           <t>505a2db1e4b0c8380cd5bfb9</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70042820</t>
+          <t>https://pubs.usgs.gov/publication/70197908</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>70042820</t>
+          <t>70197908</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>70042820</t>
+          <t>70197908</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
-          <t>Physical setting and natural sources of exposure to carcinogenic trace elements and radionuclides in Lahontan Valley, Nevada</t>
+          <t>Chemical mixtures in untreated water from public-supply wells in the U.S. — Occurrence, composition, and potential toxicity</t>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
-          <t>Chemico-Biological Interactions</t>
+          <t>Science of the Total Environment</t>
         </is>
       </c>
       <c r="P84" t="inlineStr">
         <is>
-          <t>10.1016/j.cbi.2011.04.004</t>
+          <t>10.1016/j.scitotenv.2012.05.044</t>
         </is>
       </c>
       <c r="R84" t="inlineStr">
         <is>
-          <t>196</t>
-[...4 lines deleted...]
-          <t>3</t>
+          <t>431</t>
         </is>
       </c>
       <c r="T84" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
       <c r="U84" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V84" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W84" t="inlineStr">
         <is>
           <t>Elsevier</t>
         </is>
       </c>
-      <c r="X84" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="Z84" t="inlineStr">
         <is>
-          <t>8 p.</t>
-[...14 lines deleted...]
-          <t>Chemico-Biological Interactions</t>
+          <t>9 p.</t>
         </is>
       </c>
       <c r="AD84" t="inlineStr">
         <is>
-          <t>79</t>
+          <t>262</t>
         </is>
       </c>
       <c r="AE84" t="inlineStr">
         <is>
-          <t>86</t>
-[...4 lines deleted...]
-          <t>8</t>
+          <t>270</t>
         </is>
       </c>
       <c r="AM84" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
-      <c r="AN84" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AW84" t="inlineStr">
         <is>
-          <t>Seiler, Ralph L.</t>
+          <t>Toccalino, Patricia L. 0000-0003-1066-1702 ptocca@usgs.gov; Norman, Julia E. 0000-0002-2820-6225 jnorman@usgs.gov; Scott, Jonathon C. jcscott@usgs.gov</t>
         </is>
       </c>
       <c r="AZ84" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA84" t="inlineStr">
         <is>
-          <t>51404e8ae4b089809dbf44b9</t>
+          <t>5b46f6ece4b060350a15d3be</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70197908</t>
+          <t>https://pubs.usgs.gov/publication/70042820</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>70197908</t>
+          <t>70042820</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>70197908</t>
+          <t>70042820</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
-          <t>Chemical mixtures in untreated water from public-supply wells in the U.S. — Occurrence, composition, and potential toxicity</t>
+          <t>Physical setting and natural sources of exposure to carcinogenic trace elements and radionuclides in Lahontan Valley, Nevada</t>
         </is>
       </c>
       <c r="H85" t="inlineStr">
         <is>
-          <t>Science of the Total Environment</t>
+          <t>Chemico-Biological Interactions</t>
         </is>
       </c>
       <c r="P85" t="inlineStr">
         <is>
-          <t>10.1016/j.scitotenv.2012.05.044</t>
+          <t>10.1016/j.cbi.2011.04.004</t>
         </is>
       </c>
       <c r="R85" t="inlineStr">
         <is>
-          <t>431</t>
+          <t>196</t>
+        </is>
+      </c>
+      <c r="S85" t="inlineStr">
+        <is>
+          <t>3</t>
         </is>
       </c>
       <c r="T85" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
       <c r="U85" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V85" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W85" t="inlineStr">
         <is>
           <t>Elsevier</t>
         </is>
       </c>
+      <c r="X85" t="inlineStr">
+        <is>
+          <t>Amsterdam, Netherlands</t>
+        </is>
+      </c>
+      <c r="Y85" t="inlineStr">
+        <is>
+          <t>Nevada Water Science Center</t>
+        </is>
+      </c>
       <c r="Z85" t="inlineStr">
         <is>
-          <t>9 p.</t>
+          <t>8 p.</t>
+        </is>
+      </c>
+      <c r="AA85" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB85" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC85" t="inlineStr">
+        <is>
+          <t>Chemico-Biological Interactions</t>
         </is>
       </c>
       <c r="AD85" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>79</t>
         </is>
       </c>
       <c r="AE85" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="AF85" t="inlineStr">
+        <is>
+          <t>8</t>
         </is>
       </c>
       <c r="AM85" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
+      <c r="AN85" t="inlineStr">
+        <is>
+          <t>Nevada</t>
+        </is>
+      </c>
+      <c r="AQ85" t="inlineStr">
+        <is>
+          <t>Lahontan Valley</t>
+        </is>
+      </c>
+      <c r="AV85" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
       <c r="AW85" t="inlineStr">
         <is>
-          <t>Toccalino, Patricia L. 0000-0003-1066-1702 ptocca@usgs.gov; Norman, Julia E. 0000-0002-2820-6225 jnorman@usgs.gov; Scott, Jonathon C. jcscott@usgs.gov</t>
+          <t>Seiler, Ralph L.</t>
         </is>
       </c>
       <c r="AZ85" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA85" t="inlineStr">
         <is>
-          <t>5b46f6ece4b060350a15d3be</t>
+          <t>51404e8ae4b089809dbf44b9</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr20101094</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>70005677</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>ofr20101094</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
@@ -12567,629 +12567,629 @@
       </c>
       <c r="AV93" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW93" t="inlineStr">
         <is>
           <t>Risen, Amy J.; Reddy, James E. 0000-0002-6998-7267 jreddy@usgs.gov</t>
         </is>
       </c>
       <c r="AZ93" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA93" t="inlineStr">
         <is>
           <t>4f4e4a95e4b07f02db659982</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70157933</t>
+          <t>https://pubs.usgs.gov/publication/70034199</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>70157933</t>
+          <t>70034199</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>70157933</t>
+          <t>70034199</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>Book chapter</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>Book Chapter</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
-          <t>Natural radium and radon tracers to quantify water exchange and movement in reservoirs</t>
+          <t>Radionuclides, trace elements, and radium residence in phosphogypsum of Jordan</t>
+        </is>
+      </c>
+      <c r="H94" t="inlineStr">
+        <is>
+          <t>Environmental Geochemistry and Health</t>
+        </is>
+      </c>
+      <c r="P94" t="inlineStr">
+        <is>
+          <t>10.1007/s10653-010-9328-4</t>
+        </is>
+      </c>
+      <c r="R94" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="S94" t="inlineStr">
+        <is>
+          <t>2</t>
         </is>
       </c>
       <c r="T94" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U94" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V94" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W94" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AA94" t="inlineStr">
         <is>
-          <t>Book</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="AB94" t="inlineStr">
         <is>
-          <t>Monograph</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="AC94" t="inlineStr">
         <is>
-          <t>Handbook of environmental isotope geochemistry</t>
+          <t>Environmental Geochemistry and Health</t>
         </is>
       </c>
       <c r="AD94" t="inlineStr">
         <is>
-          <t>345</t>
+          <t>149</t>
         </is>
       </c>
       <c r="AE94" t="inlineStr">
         <is>
-          <t>365</t>
-[...9 lines deleted...]
-          <t>N</t>
+          <t>165</t>
+        </is>
+      </c>
+      <c r="AF94" t="inlineStr">
+        <is>
+          <t>17</t>
         </is>
       </c>
       <c r="AW94" t="inlineStr">
         <is>
-          <t>Smith, Christopher G. 0000-0002-8075-4763 cgsmith@usgs.gov</t>
-[...4 lines deleted...]
-          <t>Baskaran, Mark</t>
+          <t>Zielinski, R. A. 0000-0002-4047-5129; Al-Hwaiti, M. S.; Budahn, J. R. 0000-0001-9794-8882; Ranville, J. F.</t>
         </is>
       </c>
       <c r="AZ94" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA94" t="inlineStr">
         <is>
-          <t>560bb6d9e4b058f706e53da3</t>
+          <t>505a9423e4b0c8380cd81221</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70032514</t>
+          <t>https://pubs.usgs.gov/publication/70157933</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>70032514</t>
+          <t>70157933</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>70032514</t>
+          <t>70157933</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Book chapter</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Book Chapter</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
-          <t>Pseudospectral modeling and dispersion analysis of Rayleigh waves in viscoelastic media</t>
-[...19 lines deleted...]
-          <t>10</t>
+          <t>Natural radium and radon tracers to quantify water exchange and movement in reservoirs</t>
         </is>
       </c>
       <c r="T95" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U95" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V95" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
+      <c r="W95" t="inlineStr">
+        <is>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="X95" t="inlineStr">
+        <is>
+          <t>Heidelberg [Germany]; New York</t>
+        </is>
+      </c>
+      <c r="Y95" t="inlineStr">
+        <is>
+          <t>St. Petersburg Coastal and Marine Science Center</t>
+        </is>
+      </c>
+      <c r="Z95" t="inlineStr">
+        <is>
+          <t>21 p.</t>
+        </is>
+      </c>
       <c r="AA95" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Book</t>
         </is>
       </c>
       <c r="AB95" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Monograph</t>
         </is>
       </c>
       <c r="AC95" t="inlineStr">
         <is>
-          <t>Soil Dynamics and Earthquake Engineering</t>
+          <t>Handbook of environmental isotope geochemistry</t>
         </is>
       </c>
       <c r="AD95" t="inlineStr">
         <is>
-          <t>1332</t>
+          <t>345</t>
         </is>
       </c>
       <c r="AE95" t="inlineStr">
         <is>
-          <t>1337</t>
-[...4 lines deleted...]
-          <t>6</t>
+          <t>365</t>
+        </is>
+      </c>
+      <c r="AU95" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV95" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW95" t="inlineStr">
         <is>
-          <t>Zhang, K.; Luo, Y.; Xia, J.; Chen, C.</t>
+          <t>Smith, Christopher G. 0000-0002-8075-4763 cgsmith@usgs.gov</t>
+        </is>
+      </c>
+      <c r="AX95" t="inlineStr">
+        <is>
+          <t>Baskaran, Mark</t>
         </is>
       </c>
       <c r="AZ95" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA95" t="inlineStr">
         <is>
-          <t>505a8fc5e4b0c8380cd7f961</t>
+          <t>560bb6d9e4b058f706e53da3</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70035806</t>
+          <t>https://pubs.usgs.gov/publication/70036073</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>70035806</t>
+          <t>70036073</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>70035806</t>
+          <t>70036073</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
-          <t>&lt;sup&gt;210&lt;/sup&gt;Po in Nevada groundwater and its relation to gross alpha radioactivity</t>
+          <t>Evaluation of groundwater discharge into small lakes based on the temporal distribution of radon-222</t>
         </is>
       </c>
       <c r="H96" t="inlineStr">
         <is>
-          <t>Ground Water</t>
+          <t>Limnology and Oceanography</t>
         </is>
       </c>
       <c r="P96" t="inlineStr">
         <is>
-          <t>10.1111/j.1745-6584.2010.00688.x</t>
+          <t>10.4319/lo.2011.56.2.0486</t>
         </is>
       </c>
       <c r="R96" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>56</t>
         </is>
       </c>
       <c r="S96" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="T96" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U96" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V96" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W96" t="inlineStr">
         <is>
-          <t>Wiley</t>
-[...9 lines deleted...]
-          <t>Nevada Water Science Center</t>
+          <t>Association for the Sciences of Limnology and Oceanography</t>
         </is>
       </c>
       <c r="Z96" t="inlineStr">
         <is>
-          <t>12 p.</t>
-[...14 lines deleted...]
-          <t>Ground Water</t>
+          <t>9 p.</t>
         </is>
       </c>
       <c r="AD96" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>486</t>
         </is>
       </c>
       <c r="AE96" t="inlineStr">
         <is>
-          <t>171</t>
-[...9 lines deleted...]
-          <t>Nevada</t>
+          <t>494</t>
         </is>
       </c>
       <c r="AW96" t="inlineStr">
         <is>
-          <t>Seiler, R. L.</t>
+          <t>Dimova, N. T.; Burnett, W. C.</t>
         </is>
       </c>
       <c r="AZ96" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA96" t="inlineStr">
         <is>
-          <t>5059e252e4b0c8380cd45aae</t>
+          <t>505a0c85e4b0c8380cd52ba4</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70034199</t>
+          <t>https://pubs.usgs.gov/publication/70035806</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>70034199</t>
+          <t>70035806</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>70034199</t>
+          <t>70035806</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
-          <t>Radionuclides, trace elements, and radium residence in phosphogypsum of Jordan</t>
+          <t>&lt;sup&gt;210&lt;/sup&gt;Po in Nevada groundwater and its relation to gross alpha radioactivity</t>
         </is>
       </c>
       <c r="H97" t="inlineStr">
         <is>
-          <t>Environmental Geochemistry and Health</t>
+          <t>Ground Water</t>
         </is>
       </c>
       <c r="P97" t="inlineStr">
         <is>
-          <t>10.1007/s10653-010-9328-4</t>
+          <t>10.1111/j.1745-6584.2010.00688.x</t>
         </is>
       </c>
       <c r="R97" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>49</t>
         </is>
       </c>
       <c r="S97" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="T97" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U97" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V97" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
+      <c r="W97" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X97" t="inlineStr">
+        <is>
+          <t>Hoboken, NJ</t>
+        </is>
+      </c>
+      <c r="Y97" t="inlineStr">
+        <is>
+          <t>Nevada Water Science Center</t>
+        </is>
+      </c>
+      <c r="Z97" t="inlineStr">
+        <is>
+          <t>12 p.</t>
+        </is>
+      </c>
       <c r="AA97" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB97" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC97" t="inlineStr">
         <is>
-          <t>Environmental Geochemistry and Health</t>
+          <t>Ground Water</t>
         </is>
       </c>
       <c r="AD97" t="inlineStr">
         <is>
-          <t>149</t>
+          <t>160</t>
         </is>
       </c>
       <c r="AE97" t="inlineStr">
         <is>
-          <t>165</t>
-[...4 lines deleted...]
-          <t>17</t>
+          <t>171</t>
+        </is>
+      </c>
+      <c r="AM97" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN97" t="inlineStr">
+        <is>
+          <t>Nevada</t>
         </is>
       </c>
       <c r="AW97" t="inlineStr">
         <is>
-          <t>Zielinski, R. A. 0000-0002-4047-5129; Al-Hwaiti, M. S.; Budahn, J. R. 0000-0001-9794-8882; Ranville, J. F.</t>
+          <t>Seiler, R. L.</t>
         </is>
       </c>
       <c r="AZ97" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA97" t="inlineStr">
         <is>
-          <t>505a9423e4b0c8380cd81221</t>
+          <t>5059e252e4b0c8380cd45aae</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036073</t>
+          <t>https://pubs.usgs.gov/publication/70032514</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>70036073</t>
+          <t>70032514</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>70036073</t>
+          <t>70032514</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
-          <t>Evaluation of groundwater discharge into small lakes based on the temporal distribution of radon-222</t>
+          <t>Pseudospectral modeling and dispersion analysis of Rayleigh waves in viscoelastic media</t>
         </is>
       </c>
       <c r="H98" t="inlineStr">
         <is>
-          <t>Limnology and Oceanography</t>
+          <t>Soil Dynamics and Earthquake Engineering</t>
         </is>
       </c>
       <c r="P98" t="inlineStr">
         <is>
-          <t>10.4319/lo.2011.56.2.0486</t>
+          <t>10.1016/j.soildyn.2011.05.004</t>
         </is>
       </c>
       <c r="R98" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>31</t>
         </is>
       </c>
       <c r="S98" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>10</t>
         </is>
       </c>
       <c r="T98" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U98" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V98" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W98" t="inlineStr">
-[...6 lines deleted...]
-          <t>9 p.</t>
+      <c r="AA98" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB98" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC98" t="inlineStr">
+        <is>
+          <t>Soil Dynamics and Earthquake Engineering</t>
         </is>
       </c>
       <c r="AD98" t="inlineStr">
         <is>
-          <t>486</t>
+          <t>1332</t>
         </is>
       </c>
       <c r="AE98" t="inlineStr">
         <is>
-          <t>494</t>
+          <t>1337</t>
+        </is>
+      </c>
+      <c r="AF98" t="inlineStr">
+        <is>
+          <t>6</t>
         </is>
       </c>
       <c r="AW98" t="inlineStr">
         <is>
-          <t>Dimova, N. T.; Burnett, W. C.</t>
+          <t>Zhang, K.; Luo, Y.; Xia, J.; Chen, C.</t>
         </is>
       </c>
       <c r="AZ98" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA98" t="inlineStr">
         <is>
-          <t>505a0c85e4b0c8380cd52ba4</t>
+          <t>505a8fc5e4b0c8380cd7f961</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/sir20105206</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>70006089</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>sir20105206</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
@@ -18799,141 +18799,156 @@
       </c>
       <c r="AQ144" t="inlineStr">
         <is>
           <t>southern Sacramento Valley</t>
         </is>
       </c>
       <c r="AW144" t="inlineStr">
         <is>
           <t>Milby Dawson, Barbara J.; Bennett, George L. V V 0000-0002-6239-1604 georbenn@usgs.gov; Belitz, Kenneth 0000-0003-4481-2345 kbelitz@usgs.gov</t>
         </is>
       </c>
       <c r="AZ144" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA144" t="inlineStr">
         <is>
           <t>4f4e4ab0e4b07f02db66d54a</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70033277</t>
+          <t>https://pubs.usgs.gov/publication/70032092</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>70033277</t>
+          <t>70032092</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>70033277</t>
+          <t>70032092</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
-          <t>Application of high-resolution linear Radon transform for Rayleigh-wave dispersive energy imaging and mode separating</t>
+          <t>Rayleigh-wave dispersive energy imaging using a high-resolution linear radon transform</t>
+        </is>
+      </c>
+      <c r="H145" t="inlineStr">
+        <is>
+          <t>Pure and Applied Geophysics</t>
         </is>
       </c>
       <c r="P145" t="inlineStr">
         <is>
-          <t>10.1190/1.3059376</t>
+          <t>10.1007/s00024-008-0338-4</t>
         </is>
       </c>
       <c r="R145" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>165</t>
         </is>
       </c>
       <c r="S145" t="inlineStr">
         <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="T145" t="inlineStr">
+        <is>
+          <t>2008</t>
+        </is>
+      </c>
+      <c r="U145" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V145" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="AA145" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB145" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC145" t="inlineStr">
+        <is>
+          <t>Pure and Applied Geophysics</t>
+        </is>
+      </c>
+      <c r="AD145" t="inlineStr">
+        <is>
+          <t>903</t>
+        </is>
+      </c>
+      <c r="AE145" t="inlineStr">
+        <is>
+          <t>922</t>
+        </is>
+      </c>
+      <c r="AF145" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="AW145" t="inlineStr">
+        <is>
+          <t>Luo, Y.; Xia, J.; Miller, R. D.; Xu, Y.; Liu, J.; Liu, Q.</t>
+        </is>
+      </c>
+      <c r="AZ145" t="inlineStr">
+        <is>
           <t>1</t>
         </is>
       </c>
-      <c r="T145" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="BA145" t="inlineStr">
         <is>
-          <t>5059eca4e4b0c8380cd493d4</t>
+          <t>505a955ee4b0c8380cd8198e</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70031778</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>70031778</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>70031778</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
@@ -19013,268 +19028,253 @@
       </c>
       <c r="AN146" t="inlineStr">
         <is>
           <t>North Carolina</t>
         </is>
       </c>
       <c r="AW146" t="inlineStr">
         <is>
           <t>Spruill, T.B.; Bratton, J.F.</t>
         </is>
       </c>
       <c r="AZ146" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA146" t="inlineStr">
         <is>
           <t>505a0b8fe4b0c8380cd52791</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70032812</t>
+          <t>https://pubs.usgs.gov/publication/70033277</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>70032812</t>
+          <t>70033277</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>70032812</t>
+          <t>70033277</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
-          <t>Rayleigh-wave dispersive energy imaging and mode separating by high-resolution linear Radon transform</t>
-[...4 lines deleted...]
-          <t>Leading Edge (Tulsa, OK)</t>
+          <t>Application of high-resolution linear Radon transform for Rayleigh-wave dispersive energy imaging and mode separating</t>
         </is>
       </c>
       <c r="P147" t="inlineStr">
         <is>
-          <t>10.1190/1.3011026</t>
+          <t>10.1190/1.3059376</t>
         </is>
       </c>
       <c r="R147" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="S147" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>1</t>
         </is>
       </c>
       <c r="T147" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
       <c r="U147" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V147" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="AA147" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="AC147" t="inlineStr">
         <is>
-          <t>Leading Edge (Tulsa, OK)</t>
+          <t>SEG Technical Program Expanded Abstracts</t>
         </is>
       </c>
       <c r="AD147" t="inlineStr">
         <is>
-          <t>1536</t>
+          <t>1233</t>
         </is>
       </c>
       <c r="AE147" t="inlineStr">
         <is>
-          <t>1542</t>
+          <t>1237</t>
         </is>
       </c>
       <c r="AF147" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>5</t>
         </is>
       </c>
       <c r="AW147" t="inlineStr">
         <is>
-          <t>Luo, Y.; Xu, Y.; Liu, Q.; Xia, J.</t>
+          <t>Luo, Y.; Xia, J.; Miller, R. D.; Liu, J.; Xu, Y.; Liu, Q.</t>
         </is>
       </c>
       <c r="AZ147" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA147" t="inlineStr">
         <is>
-          <t>505a955de4b0c8380cd81988</t>
+          <t>5059eca4e4b0c8380cd493d4</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70032092</t>
+          <t>https://pubs.usgs.gov/publication/70032812</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>70032092</t>
+          <t>70032812</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>70032092</t>
+          <t>70032812</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
-          <t>Rayleigh-wave dispersive energy imaging using a high-resolution linear radon transform</t>
+          <t>Rayleigh-wave dispersive energy imaging and mode separating by high-resolution linear Radon transform</t>
         </is>
       </c>
       <c r="H148" t="inlineStr">
         <is>
-          <t>Pure and Applied Geophysics</t>
+          <t>Leading Edge (Tulsa, OK)</t>
         </is>
       </c>
       <c r="P148" t="inlineStr">
         <is>
-          <t>10.1007/s00024-008-0338-4</t>
+          <t>10.1190/1.3011026</t>
         </is>
       </c>
       <c r="R148" t="inlineStr">
         <is>
-          <t>165</t>
+          <t>27</t>
         </is>
       </c>
       <c r="S148" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>11</t>
         </is>
       </c>
       <c r="T148" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
       <c r="U148" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V148" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="AA148" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB148" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC148" t="inlineStr">
         <is>
-          <t>Pure and Applied Geophysics</t>
+          <t>Leading Edge (Tulsa, OK)</t>
         </is>
       </c>
       <c r="AD148" t="inlineStr">
         <is>
-          <t>903</t>
+          <t>1536</t>
         </is>
       </c>
       <c r="AE148" t="inlineStr">
         <is>
-          <t>922</t>
+          <t>1542</t>
         </is>
       </c>
       <c r="AF148" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>7</t>
         </is>
       </c>
       <c r="AW148" t="inlineStr">
         <is>
-          <t>Luo, Y.; Xia, J.; Miller, R. D.; Xu, Y.; Liu, J.; Liu, Q.</t>
+          <t>Luo, Y.; Xu, Y.; Liu, Q.; Xia, J.</t>
         </is>
       </c>
       <c r="AZ148" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA148" t="inlineStr">
         <is>
-          <t>505a955ee4b0c8380cd8198e</t>
+          <t>505a955de4b0c8380cd81988</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/sir20075139</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>80986</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>sir20075139</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
@@ -19949,278 +19949,278 @@
       </c>
       <c r="AV154" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW154" t="inlineStr">
         <is>
           <t>Kulongoski, Justin T. 0000-0002-3498-4154; Belitz, Kenneth 0000-0003-4481-2345 kbelitz@usgs.gov</t>
         </is>
       </c>
       <c r="AZ154" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA154" t="inlineStr">
         <is>
           <t>4f4e4b1ae4b07f02db6a85fb</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20071098</t>
+          <t>https://pubs.usgs.gov/publication/ofr20071066</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>79969</t>
+          <t>79968</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>ofr20071098</t>
+          <t>ofr20071066</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
-          <t>Ground-Water Quality in the Delaware River Basin, New York, 2001 and 2005-2006</t>
+          <t>Ground-Water Quality in the St. Lawrence River Basin, New York, 2005-06</t>
         </is>
       </c>
       <c r="H155" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I155" t="inlineStr">
         <is>
-          <t>2007-1098</t>
+          <t>2007-1066</t>
         </is>
       </c>
       <c r="M155" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N155" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P155" t="inlineStr">
         <is>
-          <t>10.3133/ofr20071098</t>
+          <t>10.3133/ofr20071066</t>
         </is>
       </c>
       <c r="T155" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
       <c r="U155" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V155" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W155" t="inlineStr">
         <is>
           <t>Geological Survey (U.S.)</t>
         </is>
       </c>
       <c r="Y155" t="inlineStr">
         <is>
           <t>New York Water Science Center</t>
         </is>
       </c>
       <c r="Z155" t="inlineStr">
         <is>
-          <t>v, 37 p.</t>
+          <t>v, 33 p.</t>
         </is>
       </c>
       <c r="AH155" t="inlineStr">
         <is>
-          <t>2001-07-01</t>
+          <t>2005-08-01</t>
         </is>
       </c>
       <c r="AI155" t="inlineStr">
         <is>
-          <t>2006-02-28</t>
+          <t>2006-01-31</t>
         </is>
       </c>
       <c r="AU155" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW155" t="inlineStr">
         <is>
           <t>Nystrom, Elizabeth A. 0000-0002-0886-3439 nystrom@usgs.gov</t>
         </is>
       </c>
       <c r="AZ155" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA155" t="inlineStr">
         <is>
-          <t>4f4e4ab0e4b07f02db66d4f7</t>
+          <t>4f4e4ab0e4b07f02db66d4ff</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20071066</t>
+          <t>https://pubs.usgs.gov/publication/ofr20071098</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>79968</t>
+          <t>79969</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>ofr20071066</t>
+          <t>ofr20071098</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
-          <t>Ground-Water Quality in the St. Lawrence River Basin, New York, 2005-06</t>
+          <t>Ground-Water Quality in the Delaware River Basin, New York, 2001 and 2005-2006</t>
         </is>
       </c>
       <c r="H156" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I156" t="inlineStr">
         <is>
-          <t>2007-1066</t>
+          <t>2007-1098</t>
         </is>
       </c>
       <c r="M156" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N156" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P156" t="inlineStr">
         <is>
-          <t>10.3133/ofr20071066</t>
+          <t>10.3133/ofr20071098</t>
         </is>
       </c>
       <c r="T156" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
       <c r="U156" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V156" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W156" t="inlineStr">
         <is>
           <t>Geological Survey (U.S.)</t>
         </is>
       </c>
       <c r="Y156" t="inlineStr">
         <is>
           <t>New York Water Science Center</t>
         </is>
       </c>
       <c r="Z156" t="inlineStr">
         <is>
-          <t>v, 33 p.</t>
+          <t>v, 37 p.</t>
         </is>
       </c>
       <c r="AH156" t="inlineStr">
         <is>
-          <t>2005-08-01</t>
+          <t>2001-07-01</t>
         </is>
       </c>
       <c r="AI156" t="inlineStr">
         <is>
-          <t>2006-01-31</t>
+          <t>2006-02-28</t>
         </is>
       </c>
       <c r="AU156" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW156" t="inlineStr">
         <is>
           <t>Nystrom, Elizabeth A. 0000-0002-0886-3439 nystrom@usgs.gov</t>
         </is>
       </c>
       <c r="AZ156" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA156" t="inlineStr">
         <is>
-          <t>4f4e4ab0e4b07f02db66d4ff</t>
+          <t>4f4e4ab0e4b07f02db66d4f7</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/sir20065138</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>79605</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>sir20065138</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
@@ -20300,711 +20300,711 @@
       </c>
       <c r="AV157" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW157" t="inlineStr">
         <is>
           <t>Stanton, Jennifer S. 0000-0002-2520-753X jstanton@usgs.gov; Qi, Sharon L. 0000-0001-7278-4498 slqi@usgs.gov</t>
         </is>
       </c>
       <c r="AZ157" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA157" t="inlineStr">
         <is>
           <t>4f4e4ab0e4b07f02db66d513</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70032954</t>
+          <t>https://pubs.usgs.gov/publication/70031688</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>70032954</t>
+          <t>70031688</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>70032954</t>
+          <t>70031688</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
-          <t>Submarine groundwater discharge to Tampa Bay: Nutrient fluxes and biogeochemistry of the coastal aquifer</t>
+          <t>Role of aquifer heterogeneity in fresh groundwater discharge and seawater recycling: An example from the Carmel coast, Israel</t>
         </is>
       </c>
       <c r="H158" t="inlineStr">
         <is>
-          <t>Marine Chemistry</t>
+          <t>Journal of Geophysical Research C: Oceans</t>
         </is>
       </c>
       <c r="P158" t="inlineStr">
         <is>
-          <t>10.1016/j.marchem.2006.10.012</t>
+          <t>10.1029/2007JC004112</t>
         </is>
       </c>
       <c r="R158" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>112</t>
         </is>
       </c>
       <c r="S158" t="inlineStr">
         <is>
-          <t>1-2</t>
+          <t>C12</t>
         </is>
       </c>
       <c r="T158" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
       <c r="U158" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V158" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W158" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>Wiley</t>
         </is>
       </c>
       <c r="Y158" t="inlineStr">
         <is>
-          <t>Coastal and Marine Geology Program; Woods Hole Coastal and Marine Science Center</t>
+          <t>Coastal and Marine Geology Program</t>
         </is>
       </c>
       <c r="Z158" t="inlineStr">
         <is>
-          <t>13 p.</t>
-[...9 lines deleted...]
-          <t>97</t>
+          <t>C12016; 12 p.</t>
+        </is>
+      </c>
+      <c r="AA158" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB158" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC158" t="inlineStr">
+        <is>
+          <t>Journal of Geophysical Research C: Oceans</t>
+        </is>
+      </c>
+      <c r="AF158" t="inlineStr">
+        <is>
+          <t>12</t>
         </is>
       </c>
       <c r="AM158" t="inlineStr">
         <is>
-          <t>United States</t>
-[...4 lines deleted...]
-          <t>Florida</t>
+          <t>Israel</t>
         </is>
       </c>
       <c r="AQ158" t="inlineStr">
         <is>
-          <t>Tampa Bay</t>
+          <t>Carmel Coast, Dor Bay</t>
         </is>
       </c>
       <c r="AW158" t="inlineStr">
         <is>
-          <t>Kroeger, Kevin D. 0000-0002-4272-2349 kkroeger@usgs.gov; Swarzenski, Peter W. 0000-0003-0116-0578 pswarzen@usgs.gov; Greenwood, Jason; Reich, Christopher</t>
+          <t>Weinstein, Y.; Burnett, W. C.; Swarzenski, P.W. 0000-0003-0116-0578; Shalem, Y.; Yechieli, Y.; Herut, B.</t>
         </is>
       </c>
       <c r="AZ158" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA158" t="inlineStr">
         <is>
-          <t>505b9d28e4b08c986b31d68d</t>
+          <t>505aae3ee4b0c8380cd87058</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70030747</t>
+          <t>https://pubs.usgs.gov/publication/70032954</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>70030747</t>
+          <t>70032954</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>70030747</t>
+          <t>70032954</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
-          <t>A stream sediment geochemical survey of the Ganga River headwaters in the Garhwal Himalaya</t>
+          <t>Submarine groundwater discharge to Tampa Bay: Nutrient fluxes and biogeochemistry of the coastal aquifer</t>
         </is>
       </c>
       <c r="H159" t="inlineStr">
         <is>
-          <t>Geochemical Journal</t>
+          <t>Marine Chemistry</t>
         </is>
       </c>
       <c r="P159" t="inlineStr">
         <is>
-          <t>10.2343/geochemj.41.83</t>
+          <t>10.1016/j.marchem.2006.10.012</t>
         </is>
       </c>
       <c r="R159" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>104</t>
         </is>
       </c>
       <c r="S159" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1-2</t>
         </is>
       </c>
       <c r="T159" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
       <c r="U159" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V159" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W159" t="inlineStr">
         <is>
-          <t>The Geochemical Society of Japan</t>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="Y159" t="inlineStr">
+        <is>
+          <t>Coastal and Marine Geology Program; Woods Hole Coastal and Marine Science Center</t>
         </is>
       </c>
       <c r="Z159" t="inlineStr">
         <is>
           <t>13 p.</t>
         </is>
       </c>
       <c r="AD159" t="inlineStr">
         <is>
-          <t>83</t>
+          <t>85</t>
         </is>
       </c>
       <c r="AE159" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>97</t>
         </is>
       </c>
       <c r="AM159" t="inlineStr">
         <is>
-          <t>India</t>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN159" t="inlineStr">
+        <is>
+          <t>Florida</t>
+        </is>
+      </c>
+      <c r="AQ159" t="inlineStr">
+        <is>
+          <t>Tampa Bay</t>
         </is>
       </c>
       <c r="AW159" t="inlineStr">
         <is>
-          <t>Mukherjee, P.K.; Purohit, K.K.; Saini, N.K.; Khanna, P.P.; Rathi, M.S.; Grosz, A. E.</t>
+          <t>Kroeger, Kevin D. 0000-0002-4272-2349 kkroeger@usgs.gov; Swarzenski, Peter W. 0000-0003-0116-0578 pswarzen@usgs.gov; Greenwood, Jason; Reich, Christopher</t>
         </is>
       </c>
       <c r="AZ159" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA159" t="inlineStr">
         <is>
-          <t>5059e5b6e4b0c8380cd46f29</t>
+          <t>505b9d28e4b08c986b31d68d</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70032889</t>
+          <t>https://pubs.usgs.gov/publication/70030747</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>70032889</t>
+          <t>70030747</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>70032889</t>
+          <t>70030747</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
-          <t>Seismoelectric data processing for surface surveys of shallow targets</t>
+          <t>A stream sediment geochemical survey of the Ganga River headwaters in the Garhwal Himalaya</t>
         </is>
       </c>
       <c r="H160" t="inlineStr">
         <is>
-          <t>Geophysics</t>
+          <t>Geochemical Journal</t>
         </is>
       </c>
       <c r="P160" t="inlineStr">
         <is>
-          <t>10.1190/1.2424542</t>
+          <t>10.2343/geochemj.41.83</t>
         </is>
       </c>
       <c r="R160" t="inlineStr">
         <is>
-          <t>72</t>
+          <t>41</t>
         </is>
       </c>
       <c r="S160" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="T160" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
       <c r="U160" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V160" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="AA160" t="inlineStr">
-[...11 lines deleted...]
-          <t>Geophysics</t>
+      <c r="W160" t="inlineStr">
+        <is>
+          <t>The Geochemical Society of Japan</t>
+        </is>
+      </c>
+      <c r="Z160" t="inlineStr">
+        <is>
+          <t>13 p.</t>
+        </is>
+      </c>
+      <c r="AD160" t="inlineStr">
+        <is>
+          <t>83</t>
+        </is>
+      </c>
+      <c r="AE160" t="inlineStr">
+        <is>
+          <t>95</t>
+        </is>
+      </c>
+      <c r="AM160" t="inlineStr">
+        <is>
+          <t>India</t>
         </is>
       </c>
       <c r="AW160" t="inlineStr">
         <is>
-          <t>Haines, S.S. 0000-0003-2611-8165; Guitton, A.; Biondi, B.</t>
+          <t>Mukherjee, P.K.; Purohit, K.K.; Saini, N.K.; Khanna, P.P.; Rathi, M.S.; Grosz, A. E.</t>
         </is>
       </c>
       <c r="AZ160" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA160" t="inlineStr">
         <is>
-          <t>505b8bc9e4b08c986b317a9f</t>
+          <t>5059e5b6e4b0c8380cd46f29</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70033344</t>
+          <t>https://pubs.usgs.gov/publication/70032889</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>70033344</t>
+          <t>70032889</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>70033344</t>
+          <t>70032889</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
-          <t>Temporal variability of submarine groundwater discharge: Assessments via radon and seep meters, the southern carmel coast, Israel</t>
-[...4 lines deleted...]
-          <t>9781901502046</t>
+          <t>Seismoelectric data processing for surface surveys of shallow targets</t>
+        </is>
+      </c>
+      <c r="H161" t="inlineStr">
+        <is>
+          <t>Geophysics</t>
+        </is>
+      </c>
+      <c r="P161" t="inlineStr">
+        <is>
+          <t>10.1190/1.2424542</t>
+        </is>
+      </c>
+      <c r="R161" t="inlineStr">
+        <is>
+          <t>72</t>
         </is>
       </c>
       <c r="S161" t="inlineStr">
         <is>
-          <t>312</t>
+          <t>2</t>
         </is>
       </c>
       <c r="T161" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
       <c r="U161" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V161" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
+      <c r="AA161" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB161" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
       <c r="AC161" t="inlineStr">
         <is>
-          <t>IAHS-AISH Publication</t>
-[...29 lines deleted...]
-          <t>2 July 2007 through 13 July 2007</t>
+          <t>Geophysics</t>
         </is>
       </c>
       <c r="AW161" t="inlineStr">
         <is>
-          <t>Weinstein, Y.; Shalem, Y.; Burnett, W. C.; Swarzenski, P.W. 0000-0003-0116-0578; Herut, B.</t>
+          <t>Haines, S.S. 0000-0003-2611-8165; Guitton, A.; Biondi, B.</t>
         </is>
       </c>
       <c r="AZ161" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA161" t="inlineStr">
         <is>
-          <t>505ba524e4b08c986b320836</t>
+          <t>505b8bc9e4b08c986b317a9f</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70030326</t>
+          <t>https://pubs.usgs.gov/publication/70033344</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>70030326</t>
+          <t>70033344</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>70030326</t>
+          <t>70033344</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <t>Conference Paper</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
           <t>Conference Paper</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
-          <t>Remaining uncertainties in the use of Rn-222 as a quantitative tracer of submarine groundwater discharge</t>
+          <t>Temporal variability of submarine groundwater discharge: Assessments via radon and seep meters, the southern carmel coast, Israel</t>
         </is>
       </c>
       <c r="O162" t="inlineStr">
         <is>
           <t>9781901502046</t>
         </is>
       </c>
       <c r="S162" t="inlineStr">
         <is>
           <t>312</t>
         </is>
       </c>
       <c r="T162" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
       <c r="U162" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V162" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="AC162" t="inlineStr">
         <is>
           <t>IAHS-AISH Publication</t>
         </is>
       </c>
       <c r="AD162" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>125</t>
         </is>
       </c>
       <c r="AE162" t="inlineStr">
         <is>
-          <t>118</t>
+          <t>133</t>
         </is>
       </c>
       <c r="AF162" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AJ162" t="inlineStr">
         <is>
           <t>International Symposium: A New Focus on Groundwater - Seawater Interactions - 24th General Assembly of the In</t>
         </is>
       </c>
       <c r="AK162" t="inlineStr">
         <is>
           <t>Perugia</t>
         </is>
       </c>
       <c r="AL162" t="inlineStr">
         <is>
           <t>2 July 2007 through 13 July 2007</t>
         </is>
       </c>
       <c r="AW162" t="inlineStr">
         <is>
-          <t>Burnett, W. C.; Santos, I.R.; Weinstein, Y.; Swarzenski, P.W. 0000-0003-0116-0578; Herut, B.</t>
+          <t>Weinstein, Y.; Shalem, Y.; Burnett, W. C.; Swarzenski, P.W. 0000-0003-0116-0578; Herut, B.</t>
         </is>
       </c>
       <c r="AZ162" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA162" t="inlineStr">
         <is>
-          <t>505aa6c2e4b0c8380cd85033</t>
+          <t>505ba524e4b08c986b320836</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70031688</t>
+          <t>https://pubs.usgs.gov/publication/70030326</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>70031688</t>
+          <t>70030326</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>70031688</t>
+          <t>70030326</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
-          <t>Role of aquifer heterogeneity in fresh groundwater discharge and seawater recycling: An example from the Carmel coast, Israel</t>
-[...14 lines deleted...]
-          <t>112</t>
+          <t>Remaining uncertainties in the use of Rn-222 as a quantitative tracer of submarine groundwater discharge</t>
+        </is>
+      </c>
+      <c r="O163" t="inlineStr">
+        <is>
+          <t>9781901502046</t>
         </is>
       </c>
       <c r="S163" t="inlineStr">
         <is>
-          <t>C12</t>
+          <t>312</t>
         </is>
       </c>
       <c r="T163" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
       <c r="U163" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V163" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W163" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="AC163" t="inlineStr">
         <is>
-          <t>Journal of Geophysical Research C: Oceans</t>
+          <t>IAHS-AISH Publication</t>
+        </is>
+      </c>
+      <c r="AD163" t="inlineStr">
+        <is>
+          <t>109</t>
+        </is>
+      </c>
+      <c r="AE163" t="inlineStr">
+        <is>
+          <t>118</t>
         </is>
       </c>
       <c r="AF163" t="inlineStr">
         <is>
-          <t>12</t>
-[...9 lines deleted...]
-          <t>Carmel Coast, Dor Bay</t>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="AJ163" t="inlineStr">
+        <is>
+          <t>International Symposium: A New Focus on Groundwater - Seawater Interactions - 24th General Assembly of the In</t>
+        </is>
+      </c>
+      <c r="AK163" t="inlineStr">
+        <is>
+          <t>Perugia</t>
+        </is>
+      </c>
+      <c r="AL163" t="inlineStr">
+        <is>
+          <t>2 July 2007 through 13 July 2007</t>
         </is>
       </c>
       <c r="AW163" t="inlineStr">
         <is>
-          <t>Weinstein, Y.; Burnett, W. C.; Swarzenski, P.W. 0000-0003-0116-0578; Shalem, Y.; Yechieli, Y.; Herut, B.</t>
+          <t>Burnett, W. C.; Santos, I.R.; Weinstein, Y.; Swarzenski, P.W. 0000-0003-0116-0578; Herut, B.</t>
         </is>
       </c>
       <c r="AZ163" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA163" t="inlineStr">
         <is>
-          <t>505aae3ee4b0c8380cd87058</t>
+          <t>505aa6c2e4b0c8380cd85033</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70206076</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>70206076</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>70206076</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
           <t>Conference Paper</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
@@ -22732,263 +22732,263 @@
       </c>
       <c r="AQ178" t="inlineStr">
         <is>
           <t>Waquoit Bay study area</t>
         </is>
       </c>
       <c r="AW178" t="inlineStr">
         <is>
           <t>Crusius, John 0000-0003-2554-0831 jcrusius@usgs.gov; Bratton, John F. 0000-0003-0376-4981 jbratton@usgs.gov; Charette, Matt</t>
         </is>
       </c>
       <c r="AZ178" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA178" t="inlineStr">
         <is>
           <t>4f4e4a8fe4b07f02db6556fd</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70029697</t>
+          <t>https://pubs.usgs.gov/publication/70029092</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>70029697</t>
+          <t>70029092</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>70029697</t>
+          <t>70029092</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G179" t="inlineStr">
         <is>
-          <t>Indoor radon risk potential of Hawaii</t>
+          <t>Submarine groundwater discharge to a small estuary estimated from radon and salinity measurements and a box model</t>
         </is>
       </c>
       <c r="H179" t="inlineStr">
         <is>
-          <t>Journal of Radioanalytical and Nuclear Chemistry</t>
+          <t>Biogeosciences Discussions</t>
         </is>
       </c>
       <c r="P179" t="inlineStr">
         <is>
-          <t>10.1007/s10967-005-0722-9</t>
+          <t>10.5194/bg-2-141-2005</t>
         </is>
       </c>
       <c r="R179" t="inlineStr">
         <is>
-          <t>264</t>
+          <t>2</t>
         </is>
       </c>
       <c r="S179" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="T179" t="inlineStr">
         <is>
           <t>2005</t>
         </is>
       </c>
       <c r="U179" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V179" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="AA179" t="inlineStr">
-[...11 lines deleted...]
-          <t>Journal of Radioanalytical and Nuclear Chemistry</t>
+      <c r="W179" t="inlineStr">
+        <is>
+          <t>EGU</t>
+        </is>
+      </c>
+      <c r="Y179" t="inlineStr">
+        <is>
+          <t>Woods Hole Coastal and Marine Science Center</t>
+        </is>
+      </c>
+      <c r="Z179" t="inlineStr">
+        <is>
+          <t>17 p.</t>
         </is>
       </c>
       <c r="AD179" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>141</t>
         </is>
       </c>
       <c r="AE179" t="inlineStr">
         <is>
-          <t>369</t>
-[...4 lines deleted...]
-          <t>5</t>
+          <t>157</t>
         </is>
       </c>
       <c r="AW179" t="inlineStr">
         <is>
-          <t>Reimer, G.M.; Szarzi, S.L.</t>
+          <t>Crusius, John 0000-0003-2554-0831 jcrusius@usgs.gov; Koopmans, D.; Bratton, John F. 0000-0003-0376-4981 jbratton@usgs.gov; Charette, M.A.; Kroeger, K.D.; Henderson, P.; Ryckman, L.; Halloran, K.; Colman, John A. 0000-0001-9327-0779 jacolman@usgs.gov</t>
         </is>
       </c>
       <c r="AZ179" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA179" t="inlineStr">
         <is>
-          <t>505a3aa5e4b0c8380cd61e55</t>
+          <t>505b9d28e4b08c986b31d693</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70029092</t>
+          <t>https://pubs.usgs.gov/publication/70029697</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>70029092</t>
+          <t>70029697</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>70029092</t>
+          <t>70029697</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G180" t="inlineStr">
         <is>
-          <t>Submarine groundwater discharge to a small estuary estimated from radon and salinity measurements and a box model</t>
+          <t>Indoor radon risk potential of Hawaii</t>
         </is>
       </c>
       <c r="H180" t="inlineStr">
         <is>
-          <t>Biogeosciences Discussions</t>
+          <t>Journal of Radioanalytical and Nuclear Chemistry</t>
         </is>
       </c>
       <c r="P180" t="inlineStr">
         <is>
-          <t>10.5194/bg-2-141-2005</t>
+          <t>10.1007/s10967-005-0722-9</t>
         </is>
       </c>
       <c r="R180" t="inlineStr">
         <is>
+          <t>264</t>
+        </is>
+      </c>
+      <c r="S180" t="inlineStr">
+        <is>
           <t>2</t>
         </is>
       </c>
-      <c r="S180" t="inlineStr">
+      <c r="T180" t="inlineStr">
+        <is>
+          <t>2005</t>
+        </is>
+      </c>
+      <c r="U180" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V180" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="AA180" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB180" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC180" t="inlineStr">
+        <is>
+          <t>Journal of Radioanalytical and Nuclear Chemistry</t>
+        </is>
+      </c>
+      <c r="AD180" t="inlineStr">
+        <is>
+          <t>365</t>
+        </is>
+      </c>
+      <c r="AE180" t="inlineStr">
+        <is>
+          <t>369</t>
+        </is>
+      </c>
+      <c r="AF180" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="AW180" t="inlineStr">
+        <is>
+          <t>Reimer, G.M.; Szarzi, S.L.</t>
+        </is>
+      </c>
+      <c r="AZ180" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="T180" t="inlineStr">
-[...48 lines deleted...]
-      </c>
       <c r="BA180" t="inlineStr">
         <is>
-          <t>505b9d28e4b08c986b31d693</t>
+          <t>505a3aa5e4b0c8380cd61e55</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/sir20045201</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>70374</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>sir20045201</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
@@ -23446,263 +23446,263 @@
       </c>
       <c r="Z185" t="inlineStr">
         <is>
           <t>online report</t>
         </is>
       </c>
       <c r="AW185" t="inlineStr">
         <is>
           <t>Duval, Joseph S.; Fukumoto, Lauren E.; Fukumoto, Joseph M.; Snyder, Stephen L. ssnyder@usgs.gov</t>
         </is>
       </c>
       <c r="AZ185" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA185" t="inlineStr">
         <is>
           <t>4f4e4adce4b07f02db6864dc</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70027017</t>
+          <t>https://pubs.usgs.gov/publication/70027195</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>70027017</t>
+          <t>70027195</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>70027017</t>
+          <t>70027195</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E186" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G186" t="inlineStr">
         <is>
-          <t>Radon (222Rn) in ground water of fractured rocks: A diffusion/ion exchange model</t>
+          <t>Temporal changes in water quality at a childhood leukemia cluster</t>
         </is>
       </c>
       <c r="H186" t="inlineStr">
         <is>
           <t>Ground Water</t>
         </is>
       </c>
       <c r="P186" t="inlineStr">
         <is>
-          <t>10.1111/j.1745-6584.2004.tb02624.x</t>
+          <t>10.1111/j.1745-6584.2004.tb02692.x</t>
         </is>
       </c>
       <c r="R186" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="S186" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>3</t>
         </is>
       </c>
       <c r="T186" t="inlineStr">
         <is>
           <t>2004</t>
         </is>
       </c>
       <c r="U186" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V186" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W186" t="inlineStr">
-[...11 lines deleted...]
-          <t>16 p.</t>
+      <c r="AA186" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB186" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC186" t="inlineStr">
+        <is>
+          <t>Ground Water</t>
         </is>
       </c>
       <c r="AD186" t="inlineStr">
         <is>
-          <t>552</t>
+          <t>446</t>
         </is>
       </c>
       <c r="AE186" t="inlineStr">
         <is>
-          <t>567</t>
+          <t>455</t>
+        </is>
+      </c>
+      <c r="AF186" t="inlineStr">
+        <is>
+          <t>10</t>
         </is>
       </c>
       <c r="AW186" t="inlineStr">
         <is>
-          <t>Wood, W.W.; Kraemer, T. F.; Shapiro, A.</t>
+          <t>Seiler, R. L.</t>
         </is>
       </c>
       <c r="AZ186" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA186" t="inlineStr">
         <is>
-          <t>505a9433e4b0c8380cd8126e</t>
+          <t>505ba505e4b08c986b320752</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70027195</t>
+          <t>https://pubs.usgs.gov/publication/70027017</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>70027195</t>
+          <t>70027017</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>70027195</t>
+          <t>70027017</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G187" t="inlineStr">
         <is>
-          <t>Temporal changes in water quality at a childhood leukemia cluster</t>
+          <t>Radon (222Rn) in ground water of fractured rocks: A diffusion/ion exchange model</t>
         </is>
       </c>
       <c r="H187" t="inlineStr">
         <is>
           <t>Ground Water</t>
         </is>
       </c>
       <c r="P187" t="inlineStr">
         <is>
-          <t>10.1111/j.1745-6584.2004.tb02692.x</t>
+          <t>10.1111/j.1745-6584.2004.tb02624.x</t>
         </is>
       </c>
       <c r="R187" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="S187" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>4</t>
         </is>
       </c>
       <c r="T187" t="inlineStr">
         <is>
           <t>2004</t>
         </is>
       </c>
       <c r="U187" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V187" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="AA187" t="inlineStr">
-[...11 lines deleted...]
-          <t>Ground Water</t>
+      <c r="W187" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="Y187" t="inlineStr">
+        <is>
+          <t>Toxic Substances Hydrology Program</t>
+        </is>
+      </c>
+      <c r="Z187" t="inlineStr">
+        <is>
+          <t>16 p.</t>
         </is>
       </c>
       <c r="AD187" t="inlineStr">
         <is>
-          <t>446</t>
+          <t>552</t>
         </is>
       </c>
       <c r="AE187" t="inlineStr">
         <is>
-          <t>455</t>
-[...4 lines deleted...]
-          <t>10</t>
+          <t>567</t>
         </is>
       </c>
       <c r="AW187" t="inlineStr">
         <is>
-          <t>Seiler, R. L.</t>
+          <t>Wood, W.W.; Kraemer, T. F.; Shapiro, A.</t>
         </is>
       </c>
       <c r="AZ187" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA187" t="inlineStr">
         <is>
-          <t>505ba505e4b08c986b320752</t>
+          <t>505a9433e4b0c8380cd8126e</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/wri034325</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>53999</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>wri034325</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
@@ -23802,258 +23802,258 @@
       </c>
       <c r="AU188" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW188" t="inlineStr">
         <is>
           <t>Thiros, Susan A. 0000-0002-8544-553X sthiros@usgs.gov; Manning, Andrew H. 0000-0002-6404-1237 amanning@usgs.gov</t>
         </is>
       </c>
       <c r="AZ188" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA188" t="inlineStr">
         <is>
           <t>4f4e4a8fe4b07f02db655350</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr03442</t>
+          <t>https://pubs.usgs.gov/publication/wri20034118</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>54252</t>
+          <t>57943</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>ofr03442</t>
+          <t>wri20034118</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G189" t="inlineStr">
         <is>
-          <t>Chester County ground-water atlas, Chester County, Pennsylvania</t>
+          <t>Quality of Water from Shallow Wells in Urban Residential and Light Commercial Areas in Lafayette Parish, Louisiana, 2001 through 2002</t>
         </is>
       </c>
       <c r="H189" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I189" t="inlineStr">
         <is>
-          <t>2003-442</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>2003-4118</t>
         </is>
       </c>
       <c r="P189" t="inlineStr">
         <is>
-          <t>10.3133/ofr03442</t>
+          <t>10.3133/wri20034118</t>
         </is>
       </c>
       <c r="T189" t="inlineStr">
         <is>
           <t>2004</t>
         </is>
       </c>
       <c r="U189" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V189" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W189" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Geological Survey (U.S.)</t>
         </is>
       </c>
       <c r="Y189" t="inlineStr">
         <is>
-          <t>Pennsylvania Water Science Center</t>
+          <t>National Water Quality Assessment Program</t>
         </is>
       </c>
       <c r="Z189" t="inlineStr">
         <is>
-          <t>viii, 85 p.</t>
-[...4 lines deleted...]
-          <t>N</t>
+          <t>viii, 58 p.</t>
+        </is>
+      </c>
+      <c r="AH189" t="inlineStr">
+        <is>
+          <t>2001-01-01</t>
+        </is>
+      </c>
+      <c r="AI189" t="inlineStr">
+        <is>
+          <t>2002-12-31</t>
         </is>
       </c>
       <c r="AW189" t="inlineStr">
         <is>
-          <t>Ludlow, Russell A. 0000-0001-6483-6817 raludlow@usgs.gov; Loper, Connie A.</t>
+          <t>Fendick, Robert B. Jr. rfendick@usgs.gov; Tollett, Roland W. 0000-0002-4726-5845 rtollett@usgs.gov</t>
         </is>
       </c>
       <c r="AZ189" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA189" t="inlineStr">
         <is>
-          <t>4f4e4ac6e4b07f02db67a331</t>
+          <t>4f4e4a8fe4b07f02db654f5b</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri20034118</t>
+          <t>https://pubs.usgs.gov/publication/ofr03442</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>57943</t>
+          <t>54252</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>wri20034118</t>
+          <t>ofr03442</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G190" t="inlineStr">
         <is>
-          <t>Quality of Water from Shallow Wells in Urban Residential and Light Commercial Areas in Lafayette Parish, Louisiana, 2001 through 2002</t>
+          <t>Chester County ground-water atlas, Chester County, Pennsylvania</t>
         </is>
       </c>
       <c r="H190" t="inlineStr">
         <is>
-          <t>Water-Resources Investigations Report</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I190" t="inlineStr">
         <is>
-          <t>2003-4118</t>
+          <t>2003-442</t>
+        </is>
+      </c>
+      <c r="M190" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N190" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P190" t="inlineStr">
         <is>
-          <t>10.3133/wri20034118</t>
+          <t>10.3133/ofr03442</t>
         </is>
       </c>
       <c r="T190" t="inlineStr">
         <is>
           <t>2004</t>
         </is>
       </c>
       <c r="U190" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V190" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W190" t="inlineStr">
         <is>
-          <t>Geological Survey (U.S.)</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X190" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y190" t="inlineStr">
         <is>
-          <t>National Water Quality Assessment Program</t>
+          <t>Pennsylvania Water Science Center</t>
         </is>
       </c>
       <c r="Z190" t="inlineStr">
         <is>
-          <t>viii, 58 p.</t>
-[...9 lines deleted...]
-          <t>2002-12-31</t>
+          <t>viii, 85 p.</t>
+        </is>
+      </c>
+      <c r="AV190" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW190" t="inlineStr">
         <is>
-          <t>Fendick, Robert B. Jr. rfendick@usgs.gov; Tollett, Roland W. 0000-0002-4726-5845 rtollett@usgs.gov</t>
+          <t>Ludlow, Russell A. 0000-0001-6483-6817 raludlow@usgs.gov; Loper, Connie A.</t>
         </is>
       </c>
       <c r="AZ190" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA190" t="inlineStr">
         <is>
-          <t>4f4e4a8fe4b07f02db654f5b</t>
+          <t>4f4e4ac6e4b07f02db67a331</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/wri034122</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>53975</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>wri034122</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
@@ -24317,447 +24317,447 @@
       </c>
       <c r="AU193" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW193" t="inlineStr">
         <is>
           <t>Nelms, David L. 0000-0001-5747-642X dlnelms@usgs.gov; Harlow, George E. Jr. geharlow@usgs.gov</t>
         </is>
       </c>
       <c r="AZ193" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA193" t="inlineStr">
         <is>
           <t>4f4e4ac5e4b07f02db679fd5</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70024926</t>
+          <t>https://pubs.usgs.gov/publication/70025256</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>70024926</t>
+          <t>70025256</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>70024926</t>
+          <t>70025256</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G194" t="inlineStr">
         <is>
-          <t>Modeling radium and radon transport through soil and vegetation</t>
+          <t>The distribution of uranium over Europe: Geological and environmental significance</t>
         </is>
       </c>
       <c r="H194" t="inlineStr">
         <is>
-          <t>Journal of Contaminant Hydrology</t>
+          <t>Transactions of the Institution of Mining and Metallurgy, Section B: Applied Earth Science</t>
         </is>
       </c>
       <c r="P194" t="inlineStr">
         <is>
-          <t>10.1016/S0169-7722(03)00032-9</t>
+          <t>10.1179/037174503225003152</t>
         </is>
       </c>
       <c r="R194" t="inlineStr">
         <is>
-          <t>66</t>
+          <t>112</t>
         </is>
       </c>
       <c r="S194" t="inlineStr">
         <is>
-          <t>3-4</t>
+          <t>3</t>
         </is>
       </c>
       <c r="T194" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
       <c r="U194" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V194" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="AA194" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB194" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC194" t="inlineStr">
         <is>
-          <t>Journal of Contaminant Hydrology</t>
+          <t>Transactions of the Institution of Mining and Metallurgy, Section B: Applied Earth Science</t>
         </is>
       </c>
       <c r="AD194" t="inlineStr">
         <is>
-          <t>179</t>
+          <t>221</t>
         </is>
       </c>
       <c r="AE194" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>238</t>
         </is>
       </c>
       <c r="AF194" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>18</t>
         </is>
       </c>
       <c r="AW194" t="inlineStr">
         <is>
-          <t>Kozak, J.A.; Reeves, H. W.; Lewis, B.A.</t>
+          <t>Plant, J.A.; Reeder, S.; Salminen, R.; Smith, D. B. davidsmith@usgs.gov; Tarvainen, T.; de Vivo, B.; Petterson, M.G.</t>
         </is>
       </c>
       <c r="AZ194" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA194" t="inlineStr">
         <is>
-          <t>505a5c1fe4b0c8380cd6fa59</t>
+          <t>505baadee4b08c986b322a80</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70025256</t>
+          <t>https://pubs.usgs.gov/publication/70024926</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>70025256</t>
+          <t>70024926</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>70025256</t>
+          <t>70024926</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
-          <t>The distribution of uranium over Europe: Geological and environmental significance</t>
+          <t>Modeling radium and radon transport through soil and vegetation</t>
         </is>
       </c>
       <c r="H195" t="inlineStr">
         <is>
-          <t>Transactions of the Institution of Mining and Metallurgy, Section B: Applied Earth Science</t>
+          <t>Journal of Contaminant Hydrology</t>
         </is>
       </c>
       <c r="P195" t="inlineStr">
         <is>
-          <t>10.1179/037174503225003152</t>
+          <t>10.1016/S0169-7722(03)00032-9</t>
         </is>
       </c>
       <c r="R195" t="inlineStr">
         <is>
-          <t>112</t>
+          <t>66</t>
         </is>
       </c>
       <c r="S195" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>3-4</t>
         </is>
       </c>
       <c r="T195" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
       <c r="U195" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V195" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="AA195" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB195" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC195" t="inlineStr">
         <is>
-          <t>Transactions of the Institution of Mining and Metallurgy, Section B: Applied Earth Science</t>
+          <t>Journal of Contaminant Hydrology</t>
         </is>
       </c>
       <c r="AD195" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>179</t>
         </is>
       </c>
       <c r="AE195" t="inlineStr">
         <is>
-          <t>238</t>
+          <t>200</t>
         </is>
       </c>
       <c r="AF195" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>22</t>
         </is>
       </c>
       <c r="AW195" t="inlineStr">
         <is>
-          <t>Plant, J.A.; Reeder, S.; Salminen, R.; Smith, D. B. davidsmith@usgs.gov; Tarvainen, T.; de Vivo, B.; Petterson, M.G.</t>
+          <t>Kozak, J.A.; Reeves, H. W.; Lewis, B.A.</t>
         </is>
       </c>
       <c r="AZ195" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA195" t="inlineStr">
         <is>
-          <t>505baadee4b08c986b322a80</t>
+          <t>505a5c1fe4b0c8380cd6fa59</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri20034305</t>
+          <t>https://pubs.usgs.gov/publication/wri034049</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>58036</t>
+          <t>50755</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>wri20034305</t>
+          <t>wri034049</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
-          <t>Ground-Water Quality and its Relation to Land Use on Oahu, Hawaii, 2000-01</t>
+          <t>Ground-Water Resources in the Black Hills Area, South Dakota</t>
         </is>
       </c>
       <c r="H196" t="inlineStr">
         <is>
           <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I196" t="inlineStr">
         <is>
-          <t>2003-4305</t>
+          <t>2003-4049</t>
         </is>
       </c>
       <c r="P196" t="inlineStr">
         <is>
-          <t>10.3133/wri20034305</t>
+          <t>10.3133/wri034049</t>
         </is>
       </c>
       <c r="T196" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
       <c r="U196" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V196" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
-      <c r="W196" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="Z196" t="inlineStr">
         <is>
-          <t>Report: viii, 57 p.; 5 Tables; 5 Appendices</t>
-[...4 lines deleted...]
-          <t>Y</t>
+          <t>36 p.</t>
         </is>
       </c>
       <c r="AW196" t="inlineStr">
         <is>
-          <t>Hunt, Charles D. Jr. cdhunt@usgs.gov</t>
+          <t>Carter, Janet M. 0000-0002-6376-3473 jmcarter@usgs.gov; Driscoll, Daniel G. dgdrisco@usgs.gov; Sawyer, J. Foster</t>
         </is>
       </c>
       <c r="AZ196" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA196" t="inlineStr">
         <is>
-          <t>4f4e4ab0e4b07f02db66d50b</t>
+          <t>4f4e4b01e4b07f02db698683</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri034049</t>
+          <t>https://pubs.usgs.gov/publication/wri20034305</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>50755</t>
+          <t>58036</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>wri034049</t>
+          <t>wri20034305</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
-          <t>Ground-Water Resources in the Black Hills Area, South Dakota</t>
+          <t>Ground-Water Quality and its Relation to Land Use on Oahu, Hawaii, 2000-01</t>
         </is>
       </c>
       <c r="H197" t="inlineStr">
         <is>
           <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I197" t="inlineStr">
         <is>
-          <t>2003-4049</t>
+          <t>2003-4305</t>
         </is>
       </c>
       <c r="P197" t="inlineStr">
         <is>
-          <t>10.3133/wri034049</t>
+          <t>10.3133/wri20034305</t>
         </is>
       </c>
       <c r="T197" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
       <c r="U197" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V197" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
+      <c r="W197" t="inlineStr">
+        <is>
+          <t>Geological Survey (U.S.)</t>
+        </is>
+      </c>
+      <c r="Y197" t="inlineStr">
+        <is>
+          <t>Pacific Islands Water Science Center</t>
+        </is>
+      </c>
       <c r="Z197" t="inlineStr">
         <is>
-          <t>36 p.</t>
+          <t>Report: viii, 57 p.; 5 Tables; 5 Appendices</t>
+        </is>
+      </c>
+      <c r="AV197" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW197" t="inlineStr">
         <is>
-          <t>Carter, Janet M. 0000-0002-6376-3473 jmcarter@usgs.gov; Driscoll, Daniel G. dgdrisco@usgs.gov; Sawyer, J. Foster</t>
+          <t>Hunt, Charles D. Jr. cdhunt@usgs.gov</t>
         </is>
       </c>
       <c r="AZ197" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA197" t="inlineStr">
         <is>
-          <t>4f4e4b01e4b07f02db698683</t>
+          <t>4f4e4ab0e4b07f02db66d50b</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/wri004166</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>45104</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>wri004166</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
@@ -24934,278 +24934,278 @@
       </c>
       <c r="AQ199" t="inlineStr">
         <is>
           <t>central High Plains aquifer</t>
         </is>
       </c>
       <c r="AW199" t="inlineStr">
         <is>
           <t>Becker, Mark F.; Bruce, Breton W. bbruce@usgs.gov; Pope, Larry M.; Andrews, William J. 0000-0003-4780-8835 wandrews@usgs.gov</t>
         </is>
       </c>
       <c r="AZ199" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA199" t="inlineStr">
         <is>
           <t>4f4e4ab0e4b07f02db66d4fc</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri024057</t>
+          <t>https://pubs.usgs.gov/publication/wri014126</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>33009</t>
+          <t>33027</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>wri024057</t>
+          <t>wri014126</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G200" t="inlineStr">
         <is>
-          <t>Geohydrology and ground-water quality, Big Elk Creek Basin, Chester County, Pennsylvania, and Cecil County, Maryland</t>
+          <t>Ground-water quality in the West Salt River Valley, Arizona, 1996–98 — Relations to hydrogeology, water use, and land use</t>
         </is>
       </c>
       <c r="H200" t="inlineStr">
         <is>
           <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I200" t="inlineStr">
         <is>
-          <t>2002-4057</t>
+          <t>2001-4126</t>
         </is>
       </c>
       <c r="P200" t="inlineStr">
         <is>
-          <t>10.3133/wri024057</t>
+          <t>10.3133/wri014126</t>
         </is>
       </c>
       <c r="T200" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
       <c r="U200" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V200" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W200" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X200" t="inlineStr">
         <is>
-          <t>Reston, VA</t>
-[...4 lines deleted...]
-          <t>Pennsylvania Water Science Center</t>
+          <t>Tucson, AZ</t>
         </is>
       </c>
       <c r="Z200" t="inlineStr">
         <is>
-          <t>vi, 81 p.</t>
+          <t>vii, 58 p.</t>
+        </is>
+      </c>
+      <c r="AF200" t="inlineStr">
+        <is>
+          <t>66</t>
         </is>
       </c>
       <c r="AM200" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN200" t="inlineStr">
         <is>
-          <t>Maryland, Pennsylvania</t>
-[...4 lines deleted...]
-          <t>Y</t>
+          <t>Arizona</t>
+        </is>
+      </c>
+      <c r="AQ200" t="inlineStr">
+        <is>
+          <t>West Salt River Valley</t>
+        </is>
+      </c>
+      <c r="AS200" t="inlineStr">
+        <is>
+          <t>Albers Equal-Area Conic projection</t>
+        </is>
+      </c>
+      <c r="AT200" t="inlineStr">
+        <is>
+          <t>100000</t>
         </is>
       </c>
       <c r="AW200" t="inlineStr">
         <is>
-          <t>Sloto, Ronald A. rasloto@usgs.gov</t>
+          <t>Edmonds, Robert J.; Gellenbeck, Dorinda J.</t>
         </is>
       </c>
       <c r="AZ200" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA200" t="inlineStr">
         <is>
-          <t>4f4e4b1be4b07f02db6a8d17</t>
+          <t>4f4e4afee4b07f02db69758e</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri014126</t>
+          <t>https://pubs.usgs.gov/publication/wri024057</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>33027</t>
+          <t>33009</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>wri014126</t>
+          <t>wri024057</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
-          <t>Ground-water quality in the West Salt River Valley, Arizona, 1996–98 — Relations to hydrogeology, water use, and land use</t>
+          <t>Geohydrology and ground-water quality, Big Elk Creek Basin, Chester County, Pennsylvania, and Cecil County, Maryland</t>
         </is>
       </c>
       <c r="H201" t="inlineStr">
         <is>
           <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I201" t="inlineStr">
         <is>
-          <t>2001-4126</t>
+          <t>2002-4057</t>
         </is>
       </c>
       <c r="P201" t="inlineStr">
         <is>
-          <t>10.3133/wri014126</t>
+          <t>10.3133/wri024057</t>
         </is>
       </c>
       <c r="T201" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
       <c r="U201" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V201" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W201" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X201" t="inlineStr">
         <is>
-          <t>Tucson, AZ</t>
+          <t>Reston, VA</t>
+        </is>
+      </c>
+      <c r="Y201" t="inlineStr">
+        <is>
+          <t>Pennsylvania Water Science Center</t>
         </is>
       </c>
       <c r="Z201" t="inlineStr">
         <is>
-          <t>vii, 58 p.</t>
-[...4 lines deleted...]
-          <t>66</t>
+          <t>vi, 81 p.</t>
         </is>
       </c>
       <c r="AM201" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN201" t="inlineStr">
         <is>
-          <t>Arizona</t>
-[...14 lines deleted...]
-          <t>100000</t>
+          <t>Maryland, Pennsylvania</t>
+        </is>
+      </c>
+      <c r="AU201" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW201" t="inlineStr">
         <is>
-          <t>Edmonds, Robert J.; Gellenbeck, Dorinda J.</t>
+          <t>Sloto, Ronald A. rasloto@usgs.gov</t>
         </is>
       </c>
       <c r="AZ201" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA201" t="inlineStr">
         <is>
-          <t>4f4e4afee4b07f02db69758e</t>
+          <t>4f4e4b1be4b07f02db6a8d17</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70024792</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>70024792</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>70024792</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
@@ -25295,248 +25295,248 @@
       </c>
       <c r="AQ202" t="inlineStr">
         <is>
           <t>Upper Colorado River Basin</t>
         </is>
       </c>
       <c r="AW202" t="inlineStr">
         <is>
           <t>Apodaca, Lori E. lapodaca@usgs.gov; Bails, J. B.; Smith, C. Michelle</t>
         </is>
       </c>
       <c r="AZ202" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA202" t="inlineStr">
         <is>
           <t>505bc89ae4b08c986b32c9fc</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri024243</t>
+          <t>https://pubs.usgs.gov/publication/wri024001</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>44613</t>
+          <t>45000</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>wri024243</t>
+          <t>wri024001</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
-          <t>Ground-water quality in the Santa Ana Watershed, California: Overview and data summary</t>
+          <t>Water-quality data analysis of the upper Gunnison River watershed, Colorado, 1989-99</t>
         </is>
       </c>
       <c r="H203" t="inlineStr">
         <is>
           <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I203" t="inlineStr">
         <is>
-          <t>2002-4243</t>
+          <t>2002-4001</t>
         </is>
       </c>
       <c r="P203" t="inlineStr">
         <is>
-          <t>10.3133/wri024243</t>
+          <t>10.3133/wri024001</t>
         </is>
       </c>
       <c r="T203" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
       <c r="U203" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V203" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W203" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z203" t="inlineStr">
         <is>
-          <t>xi, 137 p.</t>
+          <t>vii, 61 p.</t>
         </is>
       </c>
       <c r="AM203" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN203" t="inlineStr">
         <is>
-          <t>California</t>
+          <t>Colorado</t>
         </is>
       </c>
       <c r="AQ203" t="inlineStr">
         <is>
-          <t>Santa Ana watershed</t>
+          <t>upper Gunnison River watershed</t>
         </is>
       </c>
       <c r="AW203" t="inlineStr">
         <is>
-          <t>Hamlin, Scott N.; Belitz, Kenneth 0000-0003-4481-2345 kbelitz@usgs.gov; Kraja, Sarah; Dawson, Barbara 0000-0002-0209-8158</t>
+          <t>Gurdak, Jason J.; Greve, Adrienne I.; Spahr, Norman E. nspahr@usgs.gov</t>
         </is>
       </c>
       <c r="AZ203" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA203" t="inlineStr">
         <is>
-          <t>4f4e4b23e4b07f02db6ae2a5</t>
+          <t>4f4e4a09e4b07f02db5fad9b</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri024001</t>
+          <t>https://pubs.usgs.gov/publication/wri024243</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>45000</t>
+          <t>44613</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>wri024001</t>
+          <t>wri024243</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
-          <t>Water-quality data analysis of the upper Gunnison River watershed, Colorado, 1989-99</t>
+          <t>Ground-water quality in the Santa Ana Watershed, California: Overview and data summary</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
           <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I204" t="inlineStr">
         <is>
-          <t>2002-4001</t>
+          <t>2002-4243</t>
         </is>
       </c>
       <c r="P204" t="inlineStr">
         <is>
-          <t>10.3133/wri024001</t>
+          <t>10.3133/wri024243</t>
         </is>
       </c>
       <c r="T204" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
       <c r="U204" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V204" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W204" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z204" t="inlineStr">
         <is>
-          <t>vii, 61 p.</t>
+          <t>xi, 137 p.</t>
         </is>
       </c>
       <c r="AM204" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN204" t="inlineStr">
         <is>
-          <t>Colorado</t>
+          <t>California</t>
         </is>
       </c>
       <c r="AQ204" t="inlineStr">
         <is>
-          <t>upper Gunnison River watershed</t>
+          <t>Santa Ana watershed</t>
         </is>
       </c>
       <c r="AW204" t="inlineStr">
         <is>
-          <t>Gurdak, Jason J.; Greve, Adrienne I.; Spahr, Norman E. nspahr@usgs.gov</t>
+          <t>Hamlin, Scott N.; Belitz, Kenneth 0000-0003-4481-2345 kbelitz@usgs.gov; Kraja, Sarah; Dawson, Barbara 0000-0002-0209-8158</t>
         </is>
       </c>
       <c r="AZ204" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA204" t="inlineStr">
         <is>
-          <t>4f4e4a09e4b07f02db5fad9b</t>
+          <t>4f4e4b23e4b07f02db6ae2a5</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/wri004155</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>45103</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>wri004155</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
@@ -25954,599 +25954,599 @@
       </c>
       <c r="Z209" t="inlineStr">
         <is>
           <t>29 p.</t>
         </is>
       </c>
       <c r="AW209" t="inlineStr">
         <is>
           <t>Morrow, William S. 0000-0002-2250-3165 wsmorrow@usgs.gov</t>
         </is>
       </c>
       <c r="AZ209" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA209" t="inlineStr">
         <is>
           <t>4f4e48ede4b07f02db556e89</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70023454</t>
+          <t>https://pubs.usgs.gov/publication/70023399</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>70023454</t>
+          <t>70023399</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>70023454</t>
+          <t>70023399</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
-          <t>Contrasting water quality from paired domestic/public supply wells, central High Plains</t>
+          <t>Measurement of 224Ra and 226Ra activities in natural waters using a radon-in-air monitor</t>
         </is>
       </c>
       <c r="H210" t="inlineStr">
         <is>
-          <t>Journal of the American Water Resources Association</t>
+          <t>Environmental Science &amp; Technology</t>
+        </is>
+      </c>
+      <c r="M210" t="inlineStr">
+        <is>
+          <t>1520-5851</t>
+        </is>
+      </c>
+      <c r="N210" t="inlineStr">
+        <is>
+          <t>0013-936X</t>
         </is>
       </c>
       <c r="P210" t="inlineStr">
         <is>
-          <t>10.1111/j.1752-1688.2001.tb03647.x</t>
+          <t>10.1021/es010804u</t>
         </is>
       </c>
       <c r="R210" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>35</t>
         </is>
       </c>
       <c r="S210" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>23</t>
         </is>
       </c>
       <c r="T210" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
       <c r="U210" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V210" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W210" t="inlineStr">
-[...6 lines deleted...]
-          <t>15 p.</t>
+      <c r="AA210" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB210" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC210" t="inlineStr">
+        <is>
+          <t>Environmental Science and Technology</t>
         </is>
       </c>
       <c r="AD210" t="inlineStr">
         <is>
-          <t>1389</t>
+          <t>4680</t>
         </is>
       </c>
       <c r="AE210" t="inlineStr">
         <is>
-          <t>1403</t>
-[...9 lines deleted...]
-          <t>Kansas, Oklahoma, Texas</t>
+          <t>4683</t>
+        </is>
+      </c>
+      <c r="AF210" t="inlineStr">
+        <is>
+          <t>4</t>
         </is>
       </c>
       <c r="AW210" t="inlineStr">
         <is>
-          <t>Bruce, B. W.; Oelsner, G.P.</t>
+          <t>Kim, G.; Burnett, W. C.; Dulaiova, H.; Swarzenski, P.W. 0000-0003-0116-0578; Moore, W.S.</t>
         </is>
       </c>
       <c r="AZ210" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA210" t="inlineStr">
         <is>
-          <t>5059fa7ce4b0c8380cd4db14</t>
+          <t>505a52efe4b0c8380cd6c787</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70023399</t>
+          <t>https://pubs.usgs.gov/publication/wri20014149</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>70023399</t>
+          <t>44913</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>70023399</t>
+          <t>wri20014149</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="F211" t="inlineStr">
+        <is>
+          <t>Water Quality and Occurrence of Methyl Tert-Butyl Ether (MTBE) and Other Fuel-Related Compounds in Lakes and Ground Water at Lakeside Communities in Sussex and Morris Counties, New Jersey, 1998-1999</t>
         </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
-          <t>Measurement of 224Ra and 226Ra activities in natural waters using a radon-in-air monitor</t>
+          <t>Water quality and occurrence of methyl-tert butyl ether (MTBE) and other fuel related compounds in lakes and ground water at lakeside communities in Sussex and Morris Counties, New Jersey, 1998-1999</t>
         </is>
       </c>
       <c r="H211" t="inlineStr">
         <is>
-          <t>Environmental Science &amp; Technology</t>
-[...9 lines deleted...]
-          <t>0013-936X</t>
+          <t>Water-Resources Investigations Report</t>
+        </is>
+      </c>
+      <c r="I211" t="inlineStr">
+        <is>
+          <t>2001-4149</t>
         </is>
       </c>
       <c r="P211" t="inlineStr">
         <is>
-          <t>10.1021/es010804u</t>
-[...9 lines deleted...]
-          <t>23</t>
+          <t>10.3133/wri20014149</t>
         </is>
       </c>
       <c r="T211" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
       <c r="U211" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V211" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="AA211" t="inlineStr">
-[...26 lines deleted...]
-          <t>4</t>
+      <c r="W211" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="Y211" t="inlineStr">
+        <is>
+          <t>New Jersey Water Science Center; Toxic Substances Hydrology Program</t>
+        </is>
+      </c>
+      <c r="Z211" t="inlineStr">
+        <is>
+          <t>vii, 87 p.</t>
+        </is>
+      </c>
+      <c r="AH211" t="inlineStr">
+        <is>
+          <t>1998-01-01</t>
+        </is>
+      </c>
+      <c r="AI211" t="inlineStr">
+        <is>
+          <t>1999-12-31</t>
+        </is>
+      </c>
+      <c r="AM211" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN211" t="inlineStr">
+        <is>
+          <t>New Jersey</t>
+        </is>
+      </c>
+      <c r="AO211" t="inlineStr">
+        <is>
+          <t>Sussex County, Morris County</t>
         </is>
       </c>
       <c r="AW211" t="inlineStr">
         <is>
-          <t>Kim, G.; Burnett, W. C.; Dulaiova, H.; Swarzenski, P.W. 0000-0003-0116-0578; Moore, W.S.</t>
+          <t>Baehr, Arthur L.; Reilly, Timothy J. 0000-0002-2939-3050 tjreilly@usgs.gov</t>
         </is>
       </c>
       <c r="AZ211" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA211" t="inlineStr">
         <is>
-          <t>505a52efe4b0c8380cd6c787</t>
+          <t>4f4e4a0de4b07f02db5fd3e9</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri20014149</t>
+          <t>https://pubs.usgs.gov/publication/70023454</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>44913</t>
+          <t>70023454</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>wri20014149</t>
+          <t>70023454</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
-[...4 lines deleted...]
-          <t>Water Quality and Occurrence of Methyl Tert-Butyl Ether (MTBE) and Other Fuel-Related Compounds in Lakes and Ground Water at Lakeside Communities in Sussex and Morris Counties, New Jersey, 1998-1999</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
-          <t>Water quality and occurrence of methyl-tert butyl ether (MTBE) and other fuel related compounds in lakes and ground water at lakeside communities in Sussex and Morris Counties, New Jersey, 1998-1999</t>
+          <t>Contrasting water quality from paired domestic/public supply wells, central High Plains</t>
         </is>
       </c>
       <c r="H212" t="inlineStr">
         <is>
-          <t>Water-Resources Investigations Report</t>
-[...4 lines deleted...]
-          <t>2001-4149</t>
+          <t>Journal of the American Water Resources Association</t>
         </is>
       </c>
       <c r="P212" t="inlineStr">
         <is>
-          <t>10.3133/wri20014149</t>
+          <t>10.1111/j.1752-1688.2001.tb03647.x</t>
+        </is>
+      </c>
+      <c r="R212" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="S212" t="inlineStr">
+        <is>
+          <t>5</t>
         </is>
       </c>
       <c r="T212" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
       <c r="U212" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V212" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W212" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>New Jersey Water Science Center; Toxic Substances Hydrology Program</t>
+          <t>American Water Resources Association</t>
         </is>
       </c>
       <c r="Z212" t="inlineStr">
         <is>
-          <t>vii, 87 p.</t>
-[...9 lines deleted...]
-          <t>1999-12-31</t>
+          <t>15 p.</t>
+        </is>
+      </c>
+      <c r="AD212" t="inlineStr">
+        <is>
+          <t>1389</t>
+        </is>
+      </c>
+      <c r="AE212" t="inlineStr">
+        <is>
+          <t>1403</t>
         </is>
       </c>
       <c r="AM212" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN212" t="inlineStr">
         <is>
-          <t>New Jersey</t>
-[...4 lines deleted...]
-          <t>Sussex County, Morris County</t>
+          <t>Kansas, Oklahoma, Texas</t>
         </is>
       </c>
       <c r="AW212" t="inlineStr">
         <is>
-          <t>Baehr, Arthur L.; Reilly, Timothy J. 0000-0002-2939-3050 tjreilly@usgs.gov</t>
+          <t>Bruce, B. W.; Oelsner, G.P.</t>
         </is>
       </c>
       <c r="AZ212" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA212" t="inlineStr">
         <is>
-          <t>4f4e4a0de4b07f02db5fd3e9</t>
+          <t>5059fa7ce4b0c8380cd4db14</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr01462</t>
+          <t>https://pubs.usgs.gov/publication/wri014208</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>50453</t>
+          <t>44984</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>ofr01462</t>
+          <t>wri014208</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
-          <t>Soil-gas helium and radon data from parts of west-central Ventura County, California</t>
+          <t>Ground-water quality, Cook Inlet Basin, Alaska, 1999</t>
         </is>
       </c>
       <c r="H213" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I213" t="inlineStr">
         <is>
-          <t>2001-462</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>2001-4208</t>
         </is>
       </c>
       <c r="P213" t="inlineStr">
         <is>
-          <t>10.3133/ofr01462</t>
+          <t>10.3133/wri014208</t>
+        </is>
+      </c>
+      <c r="Q213" t="inlineStr">
+        <is>
+          <t>Version 1.0</t>
         </is>
       </c>
       <c r="T213" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
       <c r="U213" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V213" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W213" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z213" t="inlineStr">
         <is>
-          <t>33 p.</t>
+          <t>vii, 58 p.</t>
+        </is>
+      </c>
+      <c r="AM213" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN213" t="inlineStr">
+        <is>
+          <t>Alaska</t>
+        </is>
+      </c>
+      <c r="AQ213" t="inlineStr">
+        <is>
+          <t>Cook Inlet Basin</t>
         </is>
       </c>
       <c r="AW213" t="inlineStr">
         <is>
-          <t>Bowles, C.G.; Reimer, G.M.</t>
+          <t>Glass, Roy L.</t>
         </is>
       </c>
       <c r="AZ213" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA213" t="inlineStr">
         <is>
-          <t>4f4e49efe4b07f02db5edb22</t>
+          <t>4f4e4a9ee4b07f02db660b2c</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri014208</t>
+          <t>https://pubs.usgs.gov/publication/ofr01462</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>44984</t>
+          <t>50453</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>wri014208</t>
+          <t>ofr01462</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
-          <t>Ground-water quality, Cook Inlet Basin, Alaska, 1999</t>
+          <t>Soil-gas helium and radon data from parts of west-central Ventura County, California</t>
         </is>
       </c>
       <c r="H214" t="inlineStr">
         <is>
-          <t>Water-Resources Investigations Report</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I214" t="inlineStr">
         <is>
-          <t>2001-4208</t>
+          <t>2001-462</t>
+        </is>
+      </c>
+      <c r="M214" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N214" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P214" t="inlineStr">
         <is>
-          <t>10.3133/wri014208</t>
-[...4 lines deleted...]
-          <t>Version 1.0</t>
+          <t>10.3133/ofr01462</t>
         </is>
       </c>
       <c r="T214" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
       <c r="U214" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V214" t="inlineStr">
         <is>
-          <t>English</t>
-[...4 lines deleted...]
-          <t>U.S. Geological Survey</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z214" t="inlineStr">
         <is>
-          <t>vii, 58 p.</t>
-[...14 lines deleted...]
-          <t>Cook Inlet Basin</t>
+          <t>33 p.</t>
         </is>
       </c>
       <c r="AW214" t="inlineStr">
         <is>
-          <t>Glass, Roy L.</t>
+          <t>Bowles, C.G.; Reimer, G.M.</t>
         </is>
       </c>
       <c r="AZ214" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA214" t="inlineStr">
         <is>
-          <t>4f4e4a9ee4b07f02db660b2c</t>
+          <t>4f4e49efe4b07f02db5edb22</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/wri014125</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>45015</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>wri014125</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
@@ -26698,254 +26698,254 @@
       </c>
       <c r="AQ216" t="inlineStr">
         <is>
           <t>Gore Creek watershed</t>
         </is>
       </c>
       <c r="AW216" t="inlineStr">
         <is>
           <t>Wynn, Kirby H.; Bauch, Nancy J. 0000-0002-0302-2892 njbauch@usgs.gov; Driver, Nancy E.</t>
         </is>
       </c>
       <c r="AZ216" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA216" t="inlineStr">
         <is>
           <t>4f4e4abbe4b07f02db6728bf</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr00403</t>
+          <t>https://pubs.usgs.gov/publication/wri994063</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>22053</t>
+          <t>27604</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>ofr00403</t>
+          <t>wri994063</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
-          <t>Preliminary report on geophysics of the Verde River headwaters region, Arizona</t>
+          <t>Water quality of selected springs and public-supply wells, Pine Ridge Indian Reservation, South Dakota, 1992-97</t>
         </is>
       </c>
       <c r="H217" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I217" t="inlineStr">
         <is>
-          <t>2000-403</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>99-4063</t>
         </is>
       </c>
       <c r="P217" t="inlineStr">
         <is>
-          <t>10.3133/ofr00403</t>
+          <t>10.3133/wri994063</t>
         </is>
       </c>
       <c r="T217" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
       <c r="U217" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V217" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W217" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...9 lines deleted...]
-          <t>Geology, Minerals, Energy, and Geophysics Science Center</t>
+          <t>U.S. Dept. of the Interior, U.S. Geological Survey ;
+Branch of Information Services [distributor],</t>
         </is>
       </c>
       <c r="Z217" t="inlineStr">
         <is>
-          <t>28 p.</t>
-[...14 lines deleted...]
-          <t>Y</t>
+          <t>iv, 61 p. :ill. (some col.), maps (some col.) ;28 cm.</t>
         </is>
       </c>
       <c r="AW217" t="inlineStr">
         <is>
-          <t>Langenheim, Victoria E. 0000-0003-2170-5213 zulanger@usgs.gov; Duval, J. S.; Wirt, Laurie; DeWitt, Ed</t>
+          <t>Heakin, Allen J.</t>
         </is>
       </c>
       <c r="AZ217" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA217" t="inlineStr">
         <is>
-          <t>4f4e4aafe4b07f02db66cb58</t>
+          <t>4f4e4a07e4b07f02db5f9983</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri994063</t>
+          <t>https://pubs.usgs.gov/publication/ofr00403</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>27604</t>
+          <t>22053</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>wri994063</t>
+          <t>ofr00403</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G218" t="inlineStr">
         <is>
-          <t>Water quality of selected springs and public-supply wells, Pine Ridge Indian Reservation, South Dakota, 1992-97</t>
+          <t>Preliminary report on geophysics of the Verde River headwaters region, Arizona</t>
         </is>
       </c>
       <c r="H218" t="inlineStr">
         <is>
-          <t>Water-Resources Investigations Report</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I218" t="inlineStr">
         <is>
-          <t>99-4063</t>
+          <t>2000-403</t>
+        </is>
+      </c>
+      <c r="M218" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N218" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P218" t="inlineStr">
         <is>
-          <t>10.3133/wri994063</t>
+          <t>10.3133/ofr00403</t>
         </is>
       </c>
       <c r="T218" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
       <c r="U218" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V218" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W218" t="inlineStr">
         <is>
-          <t>U.S. Dept. of the Interior, U.S. Geological Survey ;
-Branch of Information Services [distributor],</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X218" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
+        </is>
+      </c>
+      <c r="Y218" t="inlineStr">
+        <is>
+          <t>Geology, Minerals, Energy, and Geophysics Science Center</t>
         </is>
       </c>
       <c r="Z218" t="inlineStr">
         <is>
-          <t>iv, 61 p. :ill. (some col.), maps (some col.) ;28 cm.</t>
+          <t>28 p.</t>
+        </is>
+      </c>
+      <c r="AM218" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN218" t="inlineStr">
+        <is>
+          <t>Arizona</t>
+        </is>
+      </c>
+      <c r="AV218" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW218" t="inlineStr">
         <is>
-          <t>Heakin, Allen J.</t>
+          <t>Langenheim, Victoria E. 0000-0003-2170-5213 zulanger@usgs.gov; Duval, J. S.; Wirt, Laurie; DeWitt, Ed</t>
         </is>
       </c>
       <c r="AZ218" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA218" t="inlineStr">
         <is>
-          <t>4f4e4a07e4b07f02db5f9983</t>
+          <t>4f4e4aafe4b07f02db66cb58</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/fs15100</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>6750</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>fs15100</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
@@ -27264,249 +27264,249 @@
       </c>
       <c r="AQ221" t="inlineStr">
         <is>
           <t>Allegheny and Monongahela River basins</t>
         </is>
       </c>
       <c r="AW221" t="inlineStr">
         <is>
           <t>Anderson, Robert M.; Beer, Kevin M.; Buckwalter, Theodore F.; Clark, Mary E.; McAuley, Steven D.; Sams, James I. III; Williams, Donald R.</t>
         </is>
       </c>
       <c r="AZ221" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA221" t="inlineStr">
         <is>
           <t>4f4e4a07e4b07f02db5f9aee</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri994222</t>
+          <t>https://pubs.usgs.gov/publication/cir1209</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>25954</t>
+          <t>4452</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>wri994222</t>
+          <t>cir1209</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G222" t="inlineStr">
         <is>
-          <t>Water quality in alluvial aquifers of the southern Rocky Mountains Physiographic Province, upper Colorado River basin, Colorado, 1997</t>
+          <t>Water quality in the lower Illinois River Basin, Illinois, 1995-98</t>
         </is>
       </c>
       <c r="H222" t="inlineStr">
         <is>
-          <t>Water-Resources Investigations Report</t>
+          <t>Circular</t>
         </is>
       </c>
       <c r="I222" t="inlineStr">
         <is>
-          <t>99-4222</t>
+          <t>1209</t>
+        </is>
+      </c>
+      <c r="M222" t="inlineStr">
+        <is>
+          <t>2330-5703</t>
+        </is>
+      </c>
+      <c r="N222" t="inlineStr">
+        <is>
+          <t>1067-084X</t>
+        </is>
+      </c>
+      <c r="O222" t="inlineStr">
+        <is>
+          <t>060795423X (alk. paper)</t>
         </is>
       </c>
       <c r="P222" t="inlineStr">
         <is>
-          <t>10.3133/wri994222</t>
+          <t>10.3133/cir1209</t>
         </is>
       </c>
       <c r="T222" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
       <c r="U222" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V222" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W222" t="inlineStr">
         <is>
-          <t>U.S. Dept. of the Interior, U.S. Geological Survey ;
-Information Services [distributor],</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z222" t="inlineStr">
         <is>
-          <t>vi, 68 p. :col. ill., col. maps ;28 cm.</t>
+          <t>iv, 36 p.</t>
+        </is>
+      </c>
+      <c r="AM222" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN222" t="inlineStr">
+        <is>
+          <t>Illinois</t>
+        </is>
+      </c>
+      <c r="AQ222" t="inlineStr">
+        <is>
+          <t>lower Illinois River basin</t>
         </is>
       </c>
       <c r="AW222" t="inlineStr">
         <is>
-          <t>Apodaca, Lori Estelle; Bails, Jeffrey B. jbbails@usgs.gov</t>
+          <t>Groschen, George E.; Harris, Mitchell A. maharris@usgs.gov; King, Robin B.; Terrio, Paul J. 0000-0002-1515-9570 pjterrio@usgs.gov; Warner, Kelly L. klwarner@usgs.gov</t>
         </is>
       </c>
       <c r="AZ222" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA222" t="inlineStr">
         <is>
-          <t>4f4e4a07e4b07f02db5f9b8e</t>
+          <t>4f4e4a07e4b07f02db5f9b94</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/cir1209</t>
+          <t>https://pubs.usgs.gov/publication/wri994222</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>4452</t>
+          <t>25954</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>cir1209</t>
+          <t>wri994222</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G223" t="inlineStr">
         <is>
-          <t>Water quality in the lower Illinois River Basin, Illinois, 1995-98</t>
+          <t>Water quality in alluvial aquifers of the southern Rocky Mountains Physiographic Province, upper Colorado River basin, Colorado, 1997</t>
         </is>
       </c>
       <c r="H223" t="inlineStr">
         <is>
-          <t>Circular</t>
+          <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I223" t="inlineStr">
         <is>
-          <t>1209</t>
-[...14 lines deleted...]
-          <t>060795423X (alk. paper)</t>
+          <t>99-4222</t>
         </is>
       </c>
       <c r="P223" t="inlineStr">
         <is>
-          <t>10.3133/cir1209</t>
+          <t>10.3133/wri994222</t>
         </is>
       </c>
       <c r="T223" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
       <c r="U223" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V223" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W223" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S. Dept. of the Interior, U.S. Geological Survey ;
+Information Services [distributor],</t>
         </is>
       </c>
       <c r="Z223" t="inlineStr">
         <is>
-          <t>iv, 36 p.</t>
-[...14 lines deleted...]
-          <t>lower Illinois River basin</t>
+          <t>vi, 68 p. :col. ill., col. maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW223" t="inlineStr">
         <is>
-          <t>Groschen, George E.; Harris, Mitchell A. maharris@usgs.gov; King, Robin B.; Terrio, Paul J. 0000-0002-1515-9570 pjterrio@usgs.gov; Warner, Kelly L. klwarner@usgs.gov</t>
+          <t>Apodaca, Lori Estelle; Bails, Jeffrey B. jbbails@usgs.gov</t>
         </is>
       </c>
       <c r="AZ223" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA223" t="inlineStr">
         <is>
-          <t>4f4e4a07e4b07f02db5f9b94</t>
+          <t>4f4e4a07e4b07f02db5f9b8e</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/cir1207</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>4444</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>cir1207</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
@@ -28167,283 +28167,283 @@
       </c>
       <c r="Z229" t="inlineStr">
         <is>
           <t>v, 25 p. :ill., maps (some col.) ;28 cm.</t>
         </is>
       </c>
       <c r="AW229" t="inlineStr">
         <is>
           <t>Sheets, Charlynn J.; Kozar, Mark D. 0000-0001-7755-7657 mdkozar@usgs.gov</t>
         </is>
       </c>
       <c r="AZ229" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA229" t="inlineStr">
         <is>
           <t>4f4e4aa7e4b07f02db667225</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri984224</t>
+          <t>https://pubs.usgs.gov/publication/wri994135</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t>29543</t>
+          <t>25822</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>wri984224</t>
+          <t>wri994135</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G230" t="inlineStr">
         <is>
-          <t>Ground-water quality in the eastern part of the Silurian-Devonian and upper Carbonate aquifers in the eastern Iowa basins, Iowa and Minnesota, 1996</t>
+          <t>Water-quality assessment of part of the upper Mississippi River basin, Minnesota and Wisconsin — Design and implementation of water-quality studies, 1995-98</t>
         </is>
       </c>
       <c r="H230" t="inlineStr">
         <is>
           <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I230" t="inlineStr">
         <is>
-          <t>98-4224</t>
+          <t>99-4135</t>
         </is>
       </c>
       <c r="P230" t="inlineStr">
         <is>
-          <t>10.3133/wri984224</t>
+          <t>10.3133/wri994135</t>
         </is>
       </c>
       <c r="T230" t="inlineStr">
         <is>
           <t>1999</t>
         </is>
       </c>
       <c r="U230" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V230" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W230" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X230" t="inlineStr">
         <is>
-          <t>Iowa City, IA</t>
+          <t>Mounds View, MN</t>
         </is>
       </c>
       <c r="Y230" t="inlineStr">
         <is>
-          <t>Iowa Water Science Center</t>
+          <t>Minnesota Water Science Center</t>
         </is>
       </c>
       <c r="Z230" t="inlineStr">
         <is>
-          <t>vi, 31 p.</t>
+          <t>vii, 85 p.</t>
         </is>
       </c>
       <c r="AM230" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN230" t="inlineStr">
         <is>
-          <t>Iowa, Minnesota</t>
+          <t>Minnesota, Wisconsin</t>
+        </is>
+      </c>
+      <c r="AQ230" t="inlineStr">
+        <is>
+          <t>Upper Mississippi River basin</t>
         </is>
       </c>
       <c r="AU230" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV230" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW230" t="inlineStr">
         <is>
-          <t>Savoca, Mark E. mesavoca@usgs.gov; Sadorf, Eric M. emsadorf@usgs.gov; Akers, Kymm K.B.</t>
+          <t>Stark, James R. stark@usgs.gov; Fallon, J. D.; Fong, A. L.; Goldstein, R. M.; Hanson, P. E.; Kroening, S. E.; Lee, K. E.</t>
         </is>
       </c>
       <c r="AZ230" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA230" t="inlineStr">
         <is>
-          <t>4f4e4aa7e4b07f02db6671c5</t>
+          <t>4f4e49e5e4b07f02db5e7117</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri994135</t>
+          <t>https://pubs.usgs.gov/publication/wri984224</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>25822</t>
+          <t>29543</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>wri994135</t>
+          <t>wri984224</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G231" t="inlineStr">
         <is>
-          <t>Water-quality assessment of part of the upper Mississippi River basin, Minnesota and Wisconsin — Design and implementation of water-quality studies, 1995-98</t>
+          <t>Ground-water quality in the eastern part of the Silurian-Devonian and upper Carbonate aquifers in the eastern Iowa basins, Iowa and Minnesota, 1996</t>
         </is>
       </c>
       <c r="H231" t="inlineStr">
         <is>
           <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I231" t="inlineStr">
         <is>
-          <t>99-4135</t>
+          <t>98-4224</t>
         </is>
       </c>
       <c r="P231" t="inlineStr">
         <is>
-          <t>10.3133/wri994135</t>
+          <t>10.3133/wri984224</t>
         </is>
       </c>
       <c r="T231" t="inlineStr">
         <is>
           <t>1999</t>
         </is>
       </c>
       <c r="U231" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V231" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W231" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X231" t="inlineStr">
         <is>
-          <t>Mounds View, MN</t>
+          <t>Iowa City, IA</t>
         </is>
       </c>
       <c r="Y231" t="inlineStr">
         <is>
-          <t>Minnesota Water Science Center</t>
+          <t>Iowa Water Science Center</t>
         </is>
       </c>
       <c r="Z231" t="inlineStr">
         <is>
-          <t>vii, 85 p.</t>
+          <t>vi, 31 p.</t>
         </is>
       </c>
       <c r="AM231" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN231" t="inlineStr">
         <is>
-          <t>Minnesota, Wisconsin</t>
-[...4 lines deleted...]
-          <t>Upper Mississippi River basin</t>
+          <t>Iowa, Minnesota</t>
         </is>
       </c>
       <c r="AU231" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV231" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW231" t="inlineStr">
         <is>
-          <t>Stark, James R. stark@usgs.gov; Fallon, J. D.; Fong, A. L.; Goldstein, R. M.; Hanson, P. E.; Kroening, S. E.; Lee, K. E.</t>
+          <t>Savoca, Mark E. mesavoca@usgs.gov; Sadorf, Eric M. emsadorf@usgs.gov; Akers, Kymm K.B.</t>
         </is>
       </c>
       <c r="AZ231" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA231" t="inlineStr">
         <is>
-          <t>4f4e49e5e4b07f02db5e7117</t>
+          <t>4f4e4aa7e4b07f02db6671c5</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/wri984255</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>25952</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>wri984255</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">
@@ -28742,263 +28742,268 @@
       </c>
       <c r="AN234" t="inlineStr">
         <is>
           <t>Pennsylvania, West Virginia</t>
         </is>
       </c>
       <c r="AW234" t="inlineStr">
         <is>
           <t>Eychaner, James H.</t>
         </is>
       </c>
       <c r="AZ234" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA234" t="inlineStr">
         <is>
           <t>596886a4e4b0d1f9f05f59ed</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/cir1190</t>
+          <t>https://pubs.usgs.gov/publication/wsp2355A</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>4411</t>
+          <t>824</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>cir1190</t>
+          <t>wsp2355A</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G235" t="inlineStr">
         <is>
-          <t>Sustainable growth in America's heartland: 3-D geologic maps as the foundation</t>
+          <t>Water-quality assessment of the Delmarva Peninsula, Delaware, Maryland, and Virginia: Results of investigations, 1987-91</t>
         </is>
       </c>
       <c r="H235" t="inlineStr">
         <is>
-          <t>Circular</t>
+          <t>Water Supply Paper</t>
         </is>
       </c>
       <c r="I235" t="inlineStr">
         <is>
-          <t>1190</t>
-[...9 lines deleted...]
-          <t>1067-084X</t>
+          <t>2355</t>
+        </is>
+      </c>
+      <c r="K235" t="inlineStr">
+        <is>
+          <t>A</t>
+        </is>
+      </c>
+      <c r="O235" t="inlineStr">
+        <is>
+          <t>0607922621</t>
         </is>
       </c>
       <c r="P235" t="inlineStr">
         <is>
-          <t>10.3133/cir1190</t>
+          <t>10.3133/wsp2355A</t>
         </is>
       </c>
       <c r="T235" t="inlineStr">
         <is>
           <t>1999</t>
         </is>
       </c>
       <c r="U235" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V235" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W235" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
-      <c r="Y235" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="Z235" t="inlineStr">
         <is>
-          <t>vi, 17 p.</t>
+          <t>vii, 41 p.</t>
         </is>
       </c>
       <c r="AM235" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN235" t="inlineStr">
         <is>
-          <t>Illinois, Indiana, Michigan, Ohio</t>
+          <t>Delaware, Maryland, Virginia</t>
+        </is>
+      </c>
+      <c r="AQ235" t="inlineStr">
+        <is>
+          <t>Delmarva Peninsula</t>
+        </is>
+      </c>
+      <c r="AW235" t="inlineStr">
+        <is>
+          <t>Shedlock, Robert J. rjshedlo@usgs.gov; Denver, J. M.; Hayes, M. A.; Hamilton, P. A.; Koterba, M.T.; Bachman, L. J.; Phillips, P. J.; Banks, W. S.</t>
         </is>
       </c>
       <c r="AZ235" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA235" t="inlineStr">
         <is>
-          <t>4f4e4a0ae4b07f02db5fb8a0</t>
+          <t>4f4e48d2e4b07f02db54826b</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wsp2355A</t>
+          <t>https://pubs.usgs.gov/publication/cir1190</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>824</t>
+          <t>4411</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>wsp2355A</t>
+          <t>cir1190</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E236" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G236" t="inlineStr">
         <is>
-          <t>Water-quality assessment of the Delmarva Peninsula, Delaware, Maryland, and Virginia: Results of investigations, 1987-91</t>
+          <t>Sustainable growth in America's heartland: 3-D geologic maps as the foundation</t>
         </is>
       </c>
       <c r="H236" t="inlineStr">
         <is>
-          <t>Water Supply Paper</t>
+          <t>Circular</t>
         </is>
       </c>
       <c r="I236" t="inlineStr">
         <is>
-          <t>2355</t>
-[...9 lines deleted...]
-          <t>0607922621</t>
+          <t>1190</t>
+        </is>
+      </c>
+      <c r="M236" t="inlineStr">
+        <is>
+          <t>2330-5703</t>
+        </is>
+      </c>
+      <c r="N236" t="inlineStr">
+        <is>
+          <t>1067-084X</t>
         </is>
       </c>
       <c r="P236" t="inlineStr">
         <is>
-          <t>10.3133/wsp2355A</t>
+          <t>10.3133/cir1190</t>
         </is>
       </c>
       <c r="T236" t="inlineStr">
         <is>
           <t>1999</t>
         </is>
       </c>
       <c r="U236" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V236" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W236" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
+      <c r="Y236" t="inlineStr">
+        <is>
+          <t>Florence Bascom Geoscience Center</t>
+        </is>
+      </c>
       <c r="Z236" t="inlineStr">
         <is>
-          <t>vii, 41 p.</t>
+          <t>vi, 17 p.</t>
         </is>
       </c>
       <c r="AM236" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN236" t="inlineStr">
         <is>
-          <t>Delaware, Maryland, Virginia</t>
-[...4 lines deleted...]
-          <t>Delmarva Peninsula</t>
+          <t>Illinois, Indiana, Michigan, Ohio</t>
         </is>
       </c>
       <c r="AW236" t="inlineStr">
         <is>
-          <t>Shedlock, Robert J. rjshedlo@usgs.gov; Denver, J. M.; Hayes, M. A.; Hamilton, P. A.; Koterba, M.T.; Bachman, L. J.; Phillips, P. J.; Banks, W. S.</t>
+          <t>Central Great Lakes Geologic Mapping Coalition; Illinois State Geological Survey; Indiana Geological Survey; Michigan Geological Survey Division; Ohio Division of Geological Survey; Water Resources Division, U.S. Geological Survey</t>
         </is>
       </c>
       <c r="AZ236" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA236" t="inlineStr">
         <is>
-          <t>4f4e48d2e4b07f02db54826b</t>
+          <t>4f4e4a0ae4b07f02db5fb8a0</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70021760</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>70021760</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>70021760</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E237" t="inlineStr">
@@ -30179,482 +30184,482 @@
       </c>
       <c r="Z247" t="inlineStr">
         <is>
           <t>2 p.</t>
         </is>
       </c>
       <c r="AW247" t="inlineStr">
         <is>
           <t>McAuley, Steven D.; Brown, Juliane B.; Sams, James I. III</t>
         </is>
       </c>
       <c r="AZ247" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA247" t="inlineStr">
         <is>
           <t>4f4e4b32e4b07f02db6b4932</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/fs14797</t>
+          <t>https://pubs.usgs.gov/publication/fs16397</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>5482</t>
+          <t>6926</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>fs14797</t>
+          <t>fs16397</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E248" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G248" t="inlineStr">
         <is>
-          <t>Radon in ground water in Guilford County, North Carolina</t>
+          <t>Radioactive Elements in Coal and Fly Ash: Abundance, Forms, and Environmental Significance</t>
         </is>
       </c>
       <c r="H248" t="inlineStr">
         <is>
           <t>Fact Sheet</t>
         </is>
       </c>
       <c r="I248" t="inlineStr">
         <is>
-          <t>147-97</t>
+          <t>163-97</t>
         </is>
       </c>
       <c r="M248" t="inlineStr">
         <is>
           <t>2327-6932</t>
         </is>
       </c>
       <c r="N248" t="inlineStr">
         <is>
           <t>2327-6916</t>
         </is>
       </c>
       <c r="P248" t="inlineStr">
         <is>
-          <t>10.3133/fs14797</t>
+          <t>10.3133/fs16397</t>
         </is>
       </c>
       <c r="T248" t="inlineStr">
         <is>
           <t>1997</t>
         </is>
       </c>
       <c r="U248" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V248" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W248" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X248" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
-      <c r="Y248" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="Z248" t="inlineStr">
         <is>
           <t>4 p.</t>
         </is>
       </c>
-      <c r="AM248" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AW248" t="inlineStr">
         <is>
-          <t>Spruill, Timothy B.; Williams, Janie B.; Galeone, David R.; Harned, Douglas A. daharned@usgs.gov</t>
+          <t>Zielinski, Robert A. 0000-0002-4047-5129 rzielinski@usgs.gov; Finkelman, Robert B.</t>
         </is>
       </c>
       <c r="AZ248" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA248" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db649b48</t>
+          <t>4f4e4a81e4b07f02db649d8c</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/fs16397</t>
+          <t>https://pubs.usgs.gov/publication/fs14797</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>6926</t>
+          <t>5482</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>fs16397</t>
+          <t>fs14797</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E249" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G249" t="inlineStr">
         <is>
-          <t>Radioactive Elements in Coal and Fly Ash: Abundance, Forms, and Environmental Significance</t>
+          <t>Radon in ground water in Guilford County, North Carolina</t>
         </is>
       </c>
       <c r="H249" t="inlineStr">
         <is>
           <t>Fact Sheet</t>
         </is>
       </c>
       <c r="I249" t="inlineStr">
         <is>
-          <t>163-97</t>
+          <t>147-97</t>
         </is>
       </c>
       <c r="M249" t="inlineStr">
         <is>
           <t>2327-6932</t>
         </is>
       </c>
       <c r="N249" t="inlineStr">
         <is>
           <t>2327-6916</t>
         </is>
       </c>
       <c r="P249" t="inlineStr">
         <is>
-          <t>10.3133/fs16397</t>
+          <t>10.3133/fs14797</t>
         </is>
       </c>
       <c r="T249" t="inlineStr">
         <is>
           <t>1997</t>
         </is>
       </c>
       <c r="U249" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V249" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W249" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X249" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
+      <c r="Y249" t="inlineStr">
+        <is>
+          <t>South Atlantic Water Science Center</t>
+        </is>
+      </c>
       <c r="Z249" t="inlineStr">
         <is>
           <t>4 p.</t>
         </is>
       </c>
+      <c r="AM249" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN249" t="inlineStr">
+        <is>
+          <t>North Carolina</t>
+        </is>
+      </c>
+      <c r="AO249" t="inlineStr">
+        <is>
+          <t>Guilford County</t>
+        </is>
+      </c>
       <c r="AW249" t="inlineStr">
         <is>
-          <t>Zielinski, Robert A. 0000-0002-4047-5129 rzielinski@usgs.gov; Finkelman, Robert B.</t>
+          <t>Spruill, Timothy B.; Williams, Janie B.; Galeone, David R.; Harned, Douglas A. daharned@usgs.gov</t>
         </is>
       </c>
       <c r="AZ249" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA249" t="inlineStr">
         <is>
-          <t>4f4e4a81e4b07f02db649d8c</t>
+          <t>4f4e4a80e4b07f02db649b48</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri974082B</t>
+          <t>https://pubs.usgs.gov/publication/wsp2356A</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t>44846</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>wri974082B</t>
+          <t>wsp2356A</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E250" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G250" t="inlineStr">
         <is>
-          <t>Quality of shallow ground water in alluvial aquifers of the Willamette Basin, Oregon, 1993-95</t>
+          <t>Ground-water quality assessment of the Carson River basin, Nevada and California — Results of investigations, 1987–91</t>
         </is>
       </c>
       <c r="H250" t="inlineStr">
         <is>
-          <t>Water-Resources Investigations Report</t>
+          <t>Water Supply Paper</t>
         </is>
       </c>
       <c r="I250" t="inlineStr">
         <is>
-          <t>97-4082</t>
+          <t>2356</t>
         </is>
       </c>
       <c r="K250" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>A</t>
         </is>
       </c>
       <c r="P250" t="inlineStr">
         <is>
-          <t>10.3133/wri974082B</t>
+          <t>10.3133/wsp2356A</t>
         </is>
       </c>
       <c r="T250" t="inlineStr">
         <is>
           <t>1997</t>
         </is>
       </c>
       <c r="U250" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V250" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W250" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="Y250" t="inlineStr">
+        <is>
+          <t>Georgia Water Science Center</t>
         </is>
       </c>
       <c r="Z250" t="inlineStr">
         <is>
-          <t>x, 48 p. : ill., maps (some col.) ; 28 cm.</t>
+          <t>Report: viii, 93 p.; 1 Plate: 28.40 × 37.11 inches</t>
+        </is>
+      </c>
+      <c r="AA250" t="inlineStr">
+        <is>
+          <t>Report</t>
+        </is>
+      </c>
+      <c r="AB250" t="inlineStr">
+        <is>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="AC250" t="inlineStr">
+        <is>
+          <t>National water quality assessment - Carson River Basin</t>
+        </is>
+      </c>
+      <c r="AM250" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN250" t="inlineStr">
+        <is>
+          <t>California, Nevada</t>
+        </is>
+      </c>
+      <c r="AQ250" t="inlineStr">
+        <is>
+          <t>Carson River basin</t>
         </is>
       </c>
       <c r="AW250" t="inlineStr">
         <is>
-          <t>Hinkle, Stephen R. srhinkle@usgs.gov</t>
+          <t>Welch, Alan H.; Lawrence, Stephen J. slawrenc@usgs.gov; Lico, Michael S.; Thomas, James M.; Schaefer, Donald H.</t>
         </is>
       </c>
       <c r="AZ250" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA250" t="inlineStr">
         <is>
-          <t>4f4e4a8ee4b07f02db6549fd</t>
+          <t>4f4e4aa8e4b07f02db6673ab</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wsp2356A</t>
+          <t>https://pubs.usgs.gov/publication/wri974082B</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>44846</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>wsp2356A</t>
+          <t>wri974082B</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E251" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G251" t="inlineStr">
         <is>
-          <t>Ground-water quality assessment of the Carson River basin, Nevada and California — Results of investigations, 1987–91</t>
+          <t>Quality of shallow ground water in alluvial aquifers of the Willamette Basin, Oregon, 1993-95</t>
         </is>
       </c>
       <c r="H251" t="inlineStr">
         <is>
-          <t>Water Supply Paper</t>
+          <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I251" t="inlineStr">
         <is>
-          <t>2356</t>
+          <t>97-4082</t>
         </is>
       </c>
       <c r="K251" t="inlineStr">
         <is>
-          <t>A</t>
+          <t>B</t>
         </is>
       </c>
       <c r="P251" t="inlineStr">
         <is>
-          <t>10.3133/wsp2356A</t>
+          <t>10.3133/wri974082B</t>
         </is>
       </c>
       <c r="T251" t="inlineStr">
         <is>
           <t>1997</t>
         </is>
       </c>
       <c r="U251" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V251" t="inlineStr">
         <is>
-          <t>English</t>
-[...9 lines deleted...]
-          <t>Georgia Water Science Center</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z251" t="inlineStr">
         <is>
-          <t>Report: viii, 93 p.; 1 Plate: 28.40 × 37.11 inches</t>
-[...29 lines deleted...]
-          <t>Carson River basin</t>
+          <t>x, 48 p. : ill., maps (some col.) ; 28 cm.</t>
         </is>
       </c>
       <c r="AW251" t="inlineStr">
         <is>
-          <t>Welch, Alan H.; Lawrence, Stephen J. slawrenc@usgs.gov; Lico, Michael S.; Thomas, James M.; Schaefer, Donald H.</t>
+          <t>Hinkle, Stephen R. srhinkle@usgs.gov</t>
         </is>
       </c>
       <c r="AZ251" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA251" t="inlineStr">
         <is>
-          <t>4f4e4aa8e4b07f02db6673ab</t>
+          <t>4f4e4a8ee4b07f02db6549fd</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/wri964249</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>26206</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>wri964249</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E252" t="inlineStr">
@@ -30846,188 +30851,188 @@
       </c>
       <c r="AT253" t="inlineStr">
         <is>
           <t>24000</t>
         </is>
       </c>
       <c r="AW253" t="inlineStr">
         <is>
           <t>Senior, Lisa A. 0000-0003-2629-1996 lasenior@usgs.gov; Sloto, Ronald A. rasloto@usgs.gov; Reif, Andrew G. 0000-0002-5054-5207 agreif@usgs.gov</t>
         </is>
       </c>
       <c r="AZ253" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA253" t="inlineStr">
         <is>
           <t>4f4e4a4ae4b07f02db625145</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70020149</t>
+          <t>https://pubs.usgs.gov/publication/70019375</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>70020149</t>
+          <t>70019375</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
-          <t>70020149</t>
+          <t>70019375</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E254" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G254" t="inlineStr">
         <is>
-          <t>Mapping the radon potential of the united states: Examples from the Appalachians</t>
+          <t>Interactions between ground water and surface water in the Suwannee River basin, Florida</t>
+        </is>
+      </c>
+      <c r="H254" t="inlineStr">
+        <is>
+          <t>Journal of the American Water Resources Association</t>
         </is>
       </c>
       <c r="P254" t="inlineStr">
         <is>
-          <t>10.1016/S0160-4120(96)00190-0</t>
+          <t>10.1111/j.1752-1688.1997.tb03549.x</t>
         </is>
       </c>
       <c r="R254" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>33</t>
         </is>
       </c>
       <c r="S254" t="inlineStr">
         <is>
-          <t>SUPPL. 1</t>
+          <t>6</t>
         </is>
       </c>
       <c r="T254" t="inlineStr">
         <is>
           <t>1997</t>
         </is>
       </c>
       <c r="U254" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V254" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W254" t="inlineStr">
         <is>
-          <t>Elsevier Science Ltd</t>
-[...24 lines deleted...]
-          <t>5 June 1995 through 9 June 1995</t>
+          <t>American Water Resources Association</t>
+        </is>
+      </c>
+      <c r="Z254" t="inlineStr">
+        <is>
+          <t>18 p.</t>
+        </is>
+      </c>
+      <c r="AD254" t="inlineStr">
+        <is>
+          <t>1237</t>
+        </is>
+      </c>
+      <c r="AE254" t="inlineStr">
+        <is>
+          <t>1254</t>
+        </is>
+      </c>
+      <c r="AF254" t="inlineStr">
+        <is>
+          <t>18</t>
         </is>
       </c>
       <c r="AW254" t="inlineStr">
         <is>
-          <t>Gundersen, L.C.S.; Schumann, R.R.</t>
+          <t>Katz, B. G.; DeHan, R.S.; Hirten, J.J.; Catches, J.S.</t>
         </is>
       </c>
       <c r="AZ254" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA254" t="inlineStr">
         <is>
-          <t>505a5086e4b0c8380cd6b742</t>
+          <t>505a3cc1e4b0c8380cd62fee</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70020044</t>
+          <t>https://pubs.usgs.gov/publication/70020149</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>70020044</t>
+          <t>70020149</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>70020044</t>
+          <t>70020149</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
           <t>Conference Paper</t>
         </is>
       </c>
       <c r="E255" t="inlineStr">
         <is>
           <t>Conference Paper</t>
         </is>
       </c>
       <c r="G255" t="inlineStr">
         <is>
-          <t>Geologic and climatic controls on the radon emanation coefficient</t>
+          <t>Mapping the radon potential of the united states: Examples from the Appalachians</t>
         </is>
       </c>
       <c r="P255" t="inlineStr">
         <is>
-          <t>10.1016/S0160-4120(96)00144-4</t>
+          <t>10.1016/S0160-4120(96)00190-0</t>
         </is>
       </c>
       <c r="R255" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="S255" t="inlineStr">
         <is>
           <t>SUPPL. 1</t>
         </is>
       </c>
       <c r="T255" t="inlineStr">
         <is>
           <t>1997</t>
         </is>
       </c>
       <c r="U255" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V255" t="inlineStr">
         <is>
           <t>English</t>
@@ -31043,168 +31048,178 @@
           <t>Oxford, United Kingdom</t>
         </is>
       </c>
       <c r="AC255" t="inlineStr">
         <is>
           <t>Environment International</t>
         </is>
       </c>
       <c r="AJ255" t="inlineStr">
         <is>
           <t>Proceedings of the 1995 6th International Symposium on the Natural Radiation Environment, NRE</t>
         </is>
       </c>
       <c r="AK255" t="inlineStr">
         <is>
           <t>Montreal, Can</t>
         </is>
       </c>
       <c r="AL255" t="inlineStr">
         <is>
           <t>5 June 1995 through 9 June 1995</t>
         </is>
       </c>
       <c r="AW255" t="inlineStr">
         <is>
-          <t>Schumann, R.R.; Gundersen, L.C.S.</t>
+          <t>Gundersen, L.C.S.; Schumann, R.R.</t>
+        </is>
+      </c>
+      <c r="AX255" t="inlineStr">
+        <is>
+          <t>Hopke P.K.</t>
         </is>
       </c>
       <c r="AZ255" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA255" t="inlineStr">
         <is>
-          <t>505a18d7e4b0c8380cd5581b</t>
+          <t>505a5086e4b0c8380cd6b742</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70019375</t>
+          <t>https://pubs.usgs.gov/publication/70020044</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>70019375</t>
+          <t>70020044</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
-          <t>70019375</t>
+          <t>70020044</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="E256" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="G256" t="inlineStr">
         <is>
-          <t>Interactions between ground water and surface water in the Suwannee River basin, Florida</t>
-[...4 lines deleted...]
-          <t>Journal of the American Water Resources Association</t>
+          <t>Geologic and climatic controls on the radon emanation coefficient</t>
         </is>
       </c>
       <c r="P256" t="inlineStr">
         <is>
-          <t>10.1111/j.1752-1688.1997.tb03549.x</t>
+          <t>10.1016/S0160-4120(96)00144-4</t>
         </is>
       </c>
       <c r="R256" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>22</t>
         </is>
       </c>
       <c r="S256" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>SUPPL. 1</t>
         </is>
       </c>
       <c r="T256" t="inlineStr">
         <is>
           <t>1997</t>
         </is>
       </c>
       <c r="U256" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V256" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W256" t="inlineStr">
         <is>
-          <t>American Water Resources Association</t>
-[...19 lines deleted...]
-          <t>18</t>
+          <t>Elsevier Science Ltd</t>
+        </is>
+      </c>
+      <c r="X256" t="inlineStr">
+        <is>
+          <t>Oxford, United Kingdom</t>
+        </is>
+      </c>
+      <c r="AC256" t="inlineStr">
+        <is>
+          <t>Environment International</t>
+        </is>
+      </c>
+      <c r="AJ256" t="inlineStr">
+        <is>
+          <t>Proceedings of the 1995 6th International Symposium on the Natural Radiation Environment, NRE</t>
+        </is>
+      </c>
+      <c r="AK256" t="inlineStr">
+        <is>
+          <t>Montreal, Can</t>
+        </is>
+      </c>
+      <c r="AL256" t="inlineStr">
+        <is>
+          <t>5 June 1995 through 9 June 1995</t>
         </is>
       </c>
       <c r="AW256" t="inlineStr">
         <is>
-          <t>Katz, B. G.; DeHan, R.S.; Hirten, J.J.; Catches, J.S.</t>
+          <t>Schumann, R.R.; Gundersen, L.C.S.</t>
+        </is>
+      </c>
+      <c r="AX256" t="inlineStr">
+        <is>
+          <t>Hopke P.K.</t>
         </is>
       </c>
       <c r="AZ256" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA256" t="inlineStr">
         <is>
-          <t>505a3cc1e4b0c8380cd62fee</t>
+          <t>505a18d7e4b0c8380cd5581b</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/fs18196</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>5390</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>fs18196</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E257" t="inlineStr">
@@ -31668,463 +31683,463 @@
       </c>
       <c r="Z261" t="inlineStr">
         <is>
           <t>1 sheet : ill., map ; 28 cm. ill., map ;</t>
         </is>
       </c>
       <c r="AW261" t="inlineStr">
         <is>
           <t>Parliman, D. J.</t>
         </is>
       </c>
       <c r="AZ261" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA261" t="inlineStr">
         <is>
           <t>4f4e4a80e4b07f02db649b6b</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri964156</t>
+          <t>https://pubs.usgs.gov/publication/wri954269</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>28389</t>
+          <t>26685</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>wri964156</t>
+          <t>wri954269</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G262" t="inlineStr">
         <is>
-          <t>Radon in ground water of the lower Susquehanna and Potomac River basins</t>
+          <t>Water quality of surficial aquifers in the Georgia-Florida Coastal Plain</t>
         </is>
       </c>
       <c r="H262" t="inlineStr">
         <is>
           <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I262" t="inlineStr">
         <is>
-          <t>96-4156</t>
+          <t>95-4269</t>
         </is>
       </c>
       <c r="P262" t="inlineStr">
         <is>
-          <t>10.3133/wri964156</t>
+          <t>10.3133/wri954269</t>
         </is>
       </c>
       <c r="T262" t="inlineStr">
         <is>
           <t>1996</t>
         </is>
       </c>
       <c r="U262" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V262" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W262" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Y262" t="inlineStr">
         <is>
-          <t>Pennsylvania Water Science Center</t>
+          <t>South Atlantic Water Science Center</t>
         </is>
       </c>
       <c r="Z262" t="inlineStr">
         <is>
-          <t>6 p.</t>
+          <t>vi, 28 p.</t>
         </is>
       </c>
       <c r="AM262" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
+      <c r="AN262" t="inlineStr">
+        <is>
+          <t>Florida, Georgia</t>
+        </is>
+      </c>
       <c r="AQ262" t="inlineStr">
         <is>
-          <t>lower Susquehanna and Potomac River basins</t>
+          <t>Georgia-Florida Coastal Plain</t>
         </is>
       </c>
       <c r="AW262" t="inlineStr">
         <is>
-          <t>Lindsey, Bruce D. 0000-0002-7180-4319 blindsey@usgs.gov; Ator, Scott W. 0000-0002-9186-4837 swator@usgs.gov</t>
+          <t>Crandall, C. A.; Berndt, M. P.</t>
         </is>
       </c>
       <c r="AZ262" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA262" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db64987c</t>
+          <t>4f4e478ee4b07f02db489e2b</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri964083</t>
+          <t>https://pubs.usgs.gov/publication/wri964156</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>26684</t>
+          <t>28389</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>wri964083</t>
+          <t>wri964156</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E263" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G263" t="inlineStr">
         <is>
-          <t>Shallow ground-water quality in selected agricultural areas of south-central Georgia, 1994</t>
+          <t>Radon in ground water of the lower Susquehanna and Potomac River basins</t>
         </is>
       </c>
       <c r="H263" t="inlineStr">
         <is>
           <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I263" t="inlineStr">
         <is>
-          <t>96-4083</t>
+          <t>96-4156</t>
         </is>
       </c>
       <c r="P263" t="inlineStr">
         <is>
-          <t>10.3133/wri964083</t>
+          <t>10.3133/wri964156</t>
         </is>
       </c>
       <c r="T263" t="inlineStr">
         <is>
           <t>1996</t>
         </is>
       </c>
       <c r="U263" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V263" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W263" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey ;
-Open-File Reports Section [distributor],</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Y263" t="inlineStr">
         <is>
-          <t>South Atlantic Water Science Center</t>
+          <t>Pennsylvania Water Science Center</t>
         </is>
       </c>
       <c r="Z263" t="inlineStr">
         <is>
-          <t>iv, 23 p. :ill., maps (1 col.) ;28 cm.</t>
+          <t>6 p.</t>
         </is>
       </c>
       <c r="AM263" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
-      <c r="AN263" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AQ263" t="inlineStr">
         <is>
-          <t>Georgia-Florida Coastal Plain</t>
+          <t>lower Susquehanna and Potomac River basins</t>
         </is>
       </c>
       <c r="AW263" t="inlineStr">
         <is>
-          <t>Crandall, C. A.</t>
+          <t>Lindsey, Bruce D. 0000-0002-7180-4319 blindsey@usgs.gov; Ator, Scott W. 0000-0002-9186-4837 swator@usgs.gov</t>
         </is>
       </c>
       <c r="AZ263" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA263" t="inlineStr">
         <is>
-          <t>4f4e49fae4b07f02db5f41af</t>
+          <t>4f4e4a80e4b07f02db64987c</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri954269</t>
+          <t>https://pubs.usgs.gov/publication/wri964288</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>26685</t>
+          <t>29661</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>wri954269</t>
+          <t>wri964288</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E264" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G264" t="inlineStr">
         <is>
-          <t>Water quality of surficial aquifers in the Georgia-Florida Coastal Plain</t>
+          <t>Ground-water quality and its relation to hydrogeology, land use, and surface-water quality in the Red Clay Creek basin, Piedmont Physiographic Province, Pennsylvania and Delaware</t>
         </is>
       </c>
       <c r="H264" t="inlineStr">
         <is>
           <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I264" t="inlineStr">
         <is>
-          <t>95-4269</t>
+          <t>96-4288</t>
         </is>
       </c>
       <c r="P264" t="inlineStr">
         <is>
-          <t>10.3133/wri954269</t>
+          <t>10.3133/wri964288</t>
         </is>
       </c>
       <c r="T264" t="inlineStr">
         <is>
           <t>1996</t>
         </is>
       </c>
       <c r="U264" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V264" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W264" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
+      <c r="X264" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
+        </is>
+      </c>
       <c r="Y264" t="inlineStr">
         <is>
-          <t>South Atlantic Water Science Center</t>
+          <t>Pennsylvania Water Science Center</t>
         </is>
       </c>
       <c r="Z264" t="inlineStr">
         <is>
-          <t>vi, 28 p.</t>
-[...14 lines deleted...]
-          <t>Georgia-Florida Coastal Plain</t>
+          <t>Report: viii, 122 p.; Plate: 27.0 x 33.8 inches</t>
+        </is>
+      </c>
+      <c r="AU264" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW264" t="inlineStr">
         <is>
-          <t>Crandall, C. A.; Berndt, M. P.</t>
+          <t>Senior, Lisa A. 0000-0003-2629-1996 lasenior@usgs.gov</t>
         </is>
       </c>
       <c r="AZ264" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA264" t="inlineStr">
         <is>
-          <t>4f4e478ee4b07f02db489e2b</t>
+          <t>4f4e4aa8e4b07f02db6673ca</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri964288</t>
+          <t>https://pubs.usgs.gov/publication/wri964083</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>29661</t>
+          <t>26684</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>wri964288</t>
+          <t>wri964083</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E265" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G265" t="inlineStr">
         <is>
-          <t>Ground-water quality and its relation to hydrogeology, land use, and surface-water quality in the Red Clay Creek basin, Piedmont Physiographic Province, Pennsylvania and Delaware</t>
+          <t>Shallow ground-water quality in selected agricultural areas of south-central Georgia, 1994</t>
         </is>
       </c>
       <c r="H265" t="inlineStr">
         <is>
           <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I265" t="inlineStr">
         <is>
-          <t>96-4288</t>
+          <t>96-4083</t>
         </is>
       </c>
       <c r="P265" t="inlineStr">
         <is>
-          <t>10.3133/wri964288</t>
+          <t>10.3133/wri964083</t>
         </is>
       </c>
       <c r="T265" t="inlineStr">
         <is>
           <t>1996</t>
         </is>
       </c>
       <c r="U265" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V265" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W265" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>U.S. Geological Survey ;
+Open-File Reports Section [distributor],</t>
         </is>
       </c>
       <c r="Y265" t="inlineStr">
         <is>
-          <t>Pennsylvania Water Science Center</t>
+          <t>South Atlantic Water Science Center</t>
         </is>
       </c>
       <c r="Z265" t="inlineStr">
         <is>
-          <t>Report: viii, 122 p.; Plate: 27.0 x 33.8 inches</t>
-[...4 lines deleted...]
-          <t>Y</t>
+          <t>iv, 23 p. :ill., maps (1 col.) ;28 cm.</t>
+        </is>
+      </c>
+      <c r="AM265" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN265" t="inlineStr">
+        <is>
+          <t>Georgia</t>
+        </is>
+      </c>
+      <c r="AQ265" t="inlineStr">
+        <is>
+          <t>Georgia-Florida Coastal Plain</t>
         </is>
       </c>
       <c r="AW265" t="inlineStr">
         <is>
-          <t>Senior, Lisa A. 0000-0003-2629-1996 lasenior@usgs.gov</t>
+          <t>Crandall, C. A.</t>
         </is>
       </c>
       <c r="AZ265" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA265" t="inlineStr">
         <is>
-          <t>4f4e4aa8e4b07f02db6673ca</t>
+          <t>4f4e49fae4b07f02db5f41af</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr96246</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
           <t>24135</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
           <t>ofr96246</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E266" t="inlineStr">
@@ -32994,243 +33009,243 @@
       </c>
       <c r="AQ273" t="inlineStr">
         <is>
           <t>Guam</t>
         </is>
       </c>
       <c r="AX273" t="inlineStr">
         <is>
           <t>Schumann, R.R.</t>
         </is>
       </c>
       <c r="AZ273" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="BA273" t="inlineStr">
         <is>
           <t>4f4e4ae0e4b07f02db688477</t>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri924088</t>
+          <t>https://pubs.usgs.gov/publication/wri924144</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>29664</t>
+          <t>25679</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>wri924088</t>
+          <t>wri924144</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E274" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G274" t="inlineStr">
         <is>
-          <t>Radium and radon in ground water in the Chickies Quartzite, southeastern Pennsylvania</t>
+          <t>Natural radioactivity in, and inorganic chemistry of, ground water in the Kirkwood-Cohansey aquifer system, southern New Jersey, 1983-89</t>
         </is>
       </c>
       <c r="H274" t="inlineStr">
         <is>
           <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I274" t="inlineStr">
         <is>
-          <t>92-4088</t>
+          <t>92-4144</t>
         </is>
       </c>
       <c r="P274" t="inlineStr">
         <is>
-          <t>10.3133/wri924088</t>
+          <t>10.3133/wri924144</t>
         </is>
       </c>
       <c r="T274" t="inlineStr">
         <is>
           <t>1995</t>
         </is>
       </c>
       <c r="U274" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V274" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W274" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Y274" t="inlineStr">
         <is>
-          <t>Pennsylvania Water Science Center</t>
+          <t>National Water Quality Assessment Program</t>
         </is>
       </c>
       <c r="Z274" t="inlineStr">
         <is>
-          <t>viii, 145 p. :ill., maps ;28 cm.</t>
+          <t>viii, 130 p.</t>
+        </is>
+      </c>
+      <c r="AM274" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN274" t="inlineStr">
+        <is>
+          <t>New Jersey</t>
+        </is>
+      </c>
+      <c r="AQ274" t="inlineStr">
+        <is>
+          <t>Kirkwood-Cohansey aquifer system</t>
         </is>
       </c>
       <c r="AW274" t="inlineStr">
         <is>
-          <t>Senior, L.A.; Vogel, K.L.</t>
+          <t>Kozinski, Jane; Szabo, Zoltan 0000-0002-0760-9607 zszabo@usgs.gov; Zapecza, O. S.; Barringer, T. H.</t>
         </is>
       </c>
       <c r="AZ274" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA274" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db649b67</t>
+          <t>4f4e4b00e4b07f02db698119</t>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri924144</t>
+          <t>https://pubs.usgs.gov/publication/wri924088</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>25679</t>
+          <t>29664</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
-          <t>wri924144</t>
+          <t>wri924088</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E275" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G275" t="inlineStr">
         <is>
-          <t>Natural radioactivity in, and inorganic chemistry of, ground water in the Kirkwood-Cohansey aquifer system, southern New Jersey, 1983-89</t>
+          <t>Radium and radon in ground water in the Chickies Quartzite, southeastern Pennsylvania</t>
         </is>
       </c>
       <c r="H275" t="inlineStr">
         <is>
           <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I275" t="inlineStr">
         <is>
-          <t>92-4144</t>
+          <t>92-4088</t>
         </is>
       </c>
       <c r="P275" t="inlineStr">
         <is>
-          <t>10.3133/wri924144</t>
+          <t>10.3133/wri924088</t>
         </is>
       </c>
       <c r="T275" t="inlineStr">
         <is>
           <t>1995</t>
         </is>
       </c>
       <c r="U275" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V275" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W275" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Y275" t="inlineStr">
         <is>
-          <t>National Water Quality Assessment Program</t>
+          <t>Pennsylvania Water Science Center</t>
         </is>
       </c>
       <c r="Z275" t="inlineStr">
         <is>
-          <t>viii, 130 p.</t>
-[...14 lines deleted...]
-          <t>Kirkwood-Cohansey aquifer system</t>
+          <t>viii, 145 p. :ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW275" t="inlineStr">
         <is>
-          <t>Kozinski, Jane; Szabo, Zoltan 0000-0002-0760-9607 zszabo@usgs.gov; Zapecza, O. S.; Barringer, T. H.</t>
+          <t>Senior, L.A.; Vogel, K.L.</t>
         </is>
       </c>
       <c r="AZ275" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA275" t="inlineStr">
         <is>
-          <t>4f4e4b00e4b07f02db698119</t>
+          <t>4f4e4a80e4b07f02db649b67</t>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/wri934073</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
           <t>29721</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
           <t>wri934073</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E276" t="inlineStr">
@@ -34538,469 +34553,469 @@
       </c>
       <c r="Z288" t="inlineStr">
         <is>
           <t>iii, 40 p. :ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW288" t="inlineStr">
         <is>
           <t>Cecil, L.D.; Parliman, D. J.; Edwards, D.D.; Young, H.W.</t>
         </is>
       </c>
       <c r="AZ288" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA288" t="inlineStr">
         <is>
           <t>4f4e4b16e4b07f02db6a5482</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr9493</t>
+          <t>https://pubs.usgs.gov/publication/ofr9476</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>20319</t>
+          <t>18075</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
-          <t>ofr9493</t>
+          <t>ofr9476</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E289" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G289" t="inlineStr">
         <is>
-          <t>Activities and summary statistics of radon-222 in stream- and ground-water samples, Owl Creek basin, north-central Wyoming, September 1991 through March 1992</t>
+          <t>Radionuclides, inorganic constituents, organic compounds, and bacteria in water from selected wells and springs from the southern boundary of the Idaho National Engineering Laboratory to the Hagerman area, Idaho, 1992</t>
         </is>
       </c>
       <c r="H289" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I289" t="inlineStr">
         <is>
-          <t>94-93</t>
+          <t>94-76</t>
         </is>
       </c>
       <c r="M289" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N289" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P289" t="inlineStr">
         <is>
-          <t>10.3133/ofr9493</t>
+          <t>10.3133/ofr9476</t>
         </is>
       </c>
       <c r="T289" t="inlineStr">
         <is>
           <t>1994</t>
         </is>
       </c>
       <c r="U289" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V289" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W289" t="inlineStr">
         <is>
           <t>U.S. Geological Survey ;
 USGS Earth Science Information Center, Open-File Reports Section [distributor],</t>
         </is>
       </c>
       <c r="Z289" t="inlineStr">
         <is>
-          <t>iv, 15 p. :ill., maps ;28 cm.</t>
+          <t>v, 41 p. :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW289" t="inlineStr">
         <is>
-          <t>Ogle, K.M.; Lee, R. W.</t>
+          <t>Bartholomay, R. C.; Edwards, D.D.; Campbell, L.J.</t>
         </is>
       </c>
       <c r="AZ289" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA289" t="inlineStr">
         <is>
-          <t>4f4e4b05e4b07f02db699da6</t>
+          <t>4f4e4a80e4b07f02db649aec</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr9476</t>
+          <t>https://pubs.usgs.gov/publication/70017670</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>18075</t>
+          <t>70017670</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
-          <t>ofr9476</t>
+          <t>70017670</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E290" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G290" t="inlineStr">
         <is>
-          <t>Radionuclides, inorganic constituents, organic compounds, and bacteria in water from selected wells and springs from the southern boundary of the Idaho National Engineering Laboratory to the Hagerman area, Idaho, 1992</t>
+          <t>Fractionation of families of major, minor, and trace metals across the melt-vapor interface in volcanic exhalations</t>
         </is>
       </c>
       <c r="H290" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Geochimica et Cosmochimica Acta</t>
         </is>
       </c>
       <c r="P290" t="inlineStr">
         <is>
-          <t>10.3133/ofr9476</t>
+          <t>10.1016/0016-7037(94)90053-1</t>
+        </is>
+      </c>
+      <c r="R290" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="S290" t="inlineStr">
+        <is>
+          <t>15</t>
         </is>
       </c>
       <c r="T290" t="inlineStr">
         <is>
           <t>1994</t>
         </is>
       </c>
       <c r="U290" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V290" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
-[...5 lines deleted...]
-USGS Earth Science Information Center, Open-File Reports Section [distributor],</t>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="Y290" t="inlineStr">
+        <is>
+          <t>Volcano Hazards Program</t>
         </is>
       </c>
       <c r="Z290" t="inlineStr">
         <is>
-          <t>v, 41 p. :maps ;28 cm.</t>
+          <t>9 p.</t>
+        </is>
+      </c>
+      <c r="AA290" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB290" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC290" t="inlineStr">
+        <is>
+          <t>Geochimica et Cosmochimica Acta</t>
+        </is>
+      </c>
+      <c r="AD290" t="inlineStr">
+        <is>
+          <t>3255</t>
+        </is>
+      </c>
+      <c r="AE290" t="inlineStr">
+        <is>
+          <t>3263</t>
         </is>
       </c>
       <c r="AW290" t="inlineStr">
         <is>
-          <t>Bartholomay, R. C.; Edwards, D.D.; Campbell, L.J.</t>
+          <t>Hinkley, T. K. 0000-0001-8507-6271; Le Cloarec, M.-F.; Lambert, G.</t>
         </is>
       </c>
       <c r="AZ290" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA290" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db649aec</t>
+          <t>505a13a9e4b0c8380cd5471e</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70017670</t>
+          <t>https://pubs.usgs.gov/publication/ofr9493</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>70017670</t>
+          <t>20319</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
-          <t>70017670</t>
+          <t>ofr9493</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E291" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G291" t="inlineStr">
         <is>
-          <t>Fractionation of families of major, minor, and trace metals across the melt-vapor interface in volcanic exhalations</t>
+          <t>Activities and summary statistics of radon-222 in stream- and ground-water samples, Owl Creek basin, north-central Wyoming, September 1991 through March 1992</t>
         </is>
       </c>
       <c r="H291" t="inlineStr">
         <is>
-          <t>Geochimica et Cosmochimica Acta</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I291" t="inlineStr">
+        <is>
+          <t>94-93</t>
+        </is>
+      </c>
+      <c r="M291" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N291" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P291" t="inlineStr">
         <is>
-          <t>10.1016/0016-7037(94)90053-1</t>
-[...9 lines deleted...]
-          <t>15</t>
+          <t>10.3133/ofr9493</t>
         </is>
       </c>
       <c r="T291" t="inlineStr">
         <is>
           <t>1994</t>
         </is>
       </c>
       <c r="U291" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V291" t="inlineStr">
         <is>
-          <t>English</t>
-[...4 lines deleted...]
-          <t>Volcano Hazards Program</t>
+          <t>ENGLISH</t>
+        </is>
+      </c>
+      <c r="W291" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey ;
+USGS Earth Science Information Center, Open-File Reports Section [distributor],</t>
         </is>
       </c>
       <c r="Z291" t="inlineStr">
         <is>
-          <t>9 p.</t>
-[...24 lines deleted...]
-          <t>3263</t>
+          <t>iv, 15 p. :ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW291" t="inlineStr">
         <is>
-          <t>Hinkley, T. K. 0000-0001-8507-6271; Le Cloarec, M.-F.; Lambert, G.</t>
+          <t>Ogle, K.M.; Lee, R. W.</t>
         </is>
       </c>
       <c r="AZ291" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA291" t="inlineStr">
         <is>
-          <t>505a13a9e4b0c8380cd5471e</t>
+          <t>4f4e4b05e4b07f02db699da6</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr93292J</t>
+          <t>https://pubs.usgs.gov/publication/ofr93292A</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>17158</t>
+          <t>17157</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
-          <t>ofr93292J</t>
+          <t>ofr93292A</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E292" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G292" t="inlineStr">
         <is>
-          <t>Geologic radon potential of EPA Region 10: Alaska, Idaho, Oregon, and Washington</t>
+          <t>Geologic radon potential of EPA Region 1; Connecticut, Maine, Massachusetts, New Hampshire, Rhode Island, and Vermont</t>
         </is>
       </c>
       <c r="H292" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I292" t="inlineStr">
         <is>
           <t>93-292</t>
         </is>
       </c>
       <c r="K292" t="inlineStr">
         <is>
-          <t>J</t>
+          <t>A</t>
         </is>
       </c>
       <c r="M292" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N292" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P292" t="inlineStr">
         <is>
-          <t>10.3133/ofr93292J</t>
+          <t>10.3133/ofr93292A</t>
         </is>
       </c>
       <c r="T292" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U292" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V292" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W292" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z292" t="inlineStr">
         <is>
-          <t>ii, 146 p.</t>
+          <t>ii, 245 p.</t>
         </is>
       </c>
       <c r="AM292" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN292" t="inlineStr">
         <is>
-          <t>Alaska, Idaho, Oregon, Washington</t>
+          <t>Connecticut, Maine, Massachusetts, New Hampshire, Rhode Island, Vermont</t>
         </is>
       </c>
       <c r="AX292" t="inlineStr">
         <is>
           <t>Schumann, R.R.</t>
         </is>
       </c>
       <c r="AZ292" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>7</t>
         </is>
       </c>
       <c r="BA292" t="inlineStr">
         <is>
-          <t>4f4e4ae0e4b07f02db6884e1</t>
+          <t>4f4e4afde4b07f02db696e3a</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr93292I</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
           <t>17165</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
           <t>ofr93292I</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E293" t="inlineStr">
@@ -35075,1223 +35090,1223 @@
       </c>
       <c r="AN293" t="inlineStr">
         <is>
           <t>Arizona, California, Hawaii, Nevada</t>
         </is>
       </c>
       <c r="AX293" t="inlineStr">
         <is>
           <t>Schumann, R.R.</t>
         </is>
       </c>
       <c r="AZ293" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA293" t="inlineStr">
         <is>
           <t>4f4e4ae0e4b07f02db6884d0</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr93292B</t>
+          <t>https://pubs.usgs.gov/publication/ofr93292C</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>17159</t>
+          <t>17160</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>ofr93292B</t>
+          <t>ofr93292C</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E294" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G294" t="inlineStr">
         <is>
-          <t>Geologic radon potential of EPA Region 2; New Jersey and New York</t>
+          <t>Geologic radon potential of EPA Region 3: Delaware, Maryland, Pennsylvania, Virginia, and West Virginia</t>
         </is>
       </c>
       <c r="H294" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I294" t="inlineStr">
         <is>
           <t>93-292</t>
         </is>
       </c>
       <c r="K294" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>C</t>
         </is>
       </c>
       <c r="M294" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N294" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P294" t="inlineStr">
         <is>
-          <t>10.3133/ofr93292B</t>
+          <t>10.3133/ofr93292C</t>
         </is>
       </c>
       <c r="T294" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U294" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V294" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W294" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z294" t="inlineStr">
         <is>
-          <t>ii, 131 p.</t>
+          <t>ii, 206 p.</t>
         </is>
       </c>
       <c r="AM294" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN294" t="inlineStr">
         <is>
-          <t>New Jersey, New York</t>
+          <t>Delaware, Maryland, Pennsylvania, Virginia, West Virginia</t>
         </is>
       </c>
       <c r="AX294" t="inlineStr">
         <is>
           <t>Schumann, R.R.</t>
         </is>
       </c>
       <c r="AZ294" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>6</t>
         </is>
       </c>
       <c r="BA294" t="inlineStr">
         <is>
-          <t>4f4e4ae0e4b07f02db68849d</t>
+          <t>4f4e4ae0e4b07f02db688504</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr93292C</t>
+          <t>https://pubs.usgs.gov/publication/ofr93292H</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>17160</t>
+          <t>17164</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
-          <t>ofr93292C</t>
+          <t>ofr93292H</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G295" t="inlineStr">
         <is>
-          <t>Geologic radon potential of EPA Region 3: Delaware, Maryland, Pennsylvania, Virginia, and West Virginia</t>
+          <t>Geologic radon potential of EPA Region 8: Colorado, Montana, North Dakota, South Dakota, Utah, and Wyoming</t>
         </is>
       </c>
       <c r="H295" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I295" t="inlineStr">
         <is>
           <t>93-292</t>
         </is>
       </c>
       <c r="K295" t="inlineStr">
         <is>
-          <t>C</t>
+          <t>H</t>
         </is>
       </c>
       <c r="M295" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N295" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P295" t="inlineStr">
         <is>
-          <t>10.3133/ofr93292C</t>
+          <t>10.3133/ofr93292H</t>
         </is>
       </c>
       <c r="T295" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U295" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V295" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W295" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z295" t="inlineStr">
         <is>
-          <t>ii, 206 p.</t>
+          <t>ii, 184 p.</t>
         </is>
       </c>
       <c r="AM295" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN295" t="inlineStr">
         <is>
-          <t>Delaware, Maryland, Pennsylvania, Virginia, West Virginia</t>
+          <t>Colorado, Montana, North Dakota, South Dakota, Utah, Wyoming</t>
         </is>
       </c>
       <c r="AX295" t="inlineStr">
         <is>
           <t>Schumann, R.R.</t>
         </is>
       </c>
       <c r="AZ295" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>7</t>
         </is>
       </c>
       <c r="BA295" t="inlineStr">
         <is>
-          <t>4f4e4ae0e4b07f02db688504</t>
+          <t>4f4e4ae0e4b07f02db6884c1</t>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr93443</t>
+          <t>https://pubs.usgs.gov/publication/wri924092</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>20269</t>
+          <t>27683</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
-          <t>ofr93443</t>
+          <t>wri924092</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E296" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G296" t="inlineStr">
         <is>
-          <t>Well-construction, water-level, and ground-water-quality data for Prince William County, Virginia, 1992</t>
+          <t>Geochemistry of and radioactivity in ground water of the Highland Rim and Central Basin aquifer systems, Hickman and Maury counties, Tennessee</t>
         </is>
       </c>
       <c r="H296" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I296" t="inlineStr">
         <is>
-          <t>93-443</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>92-4092</t>
         </is>
       </c>
       <c r="P296" t="inlineStr">
         <is>
-          <t>10.3133/ofr93443</t>
+          <t>10.3133/wri924092</t>
         </is>
       </c>
       <c r="T296" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U296" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V296" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W296" t="inlineStr">
         <is>
           <t>U.S. Geological Survey ;
-Earth Science Information Center [distributor],</t>
+Books and Open-File Reports Section [distributor],</t>
         </is>
       </c>
       <c r="Z296" t="inlineStr">
         <is>
-          <t>iii, 66 p. :ill., maps ;28 cm.</t>
+          <t>v, 26 p. :ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW296" t="inlineStr">
         <is>
-          <t>Nelms, D.L.; Brockman, A. R.</t>
+          <t>Hileman, G. E.; Lee, R. W.</t>
         </is>
       </c>
       <c r="AZ296" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA296" t="inlineStr">
         <is>
-          <t>4f4e49e2e4b07f02db5e4acb</t>
+          <t>4f4e4b1ee4b07f02db6aa6de</t>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr9364</t>
+          <t>https://pubs.usgs.gov/publication/ofr93292D</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>18487</t>
+          <t>17161</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
-          <t>ofr9364</t>
+          <t>ofr93292D</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E297" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G297" t="inlineStr">
         <is>
-          <t>Radon in ground water of western Montana</t>
+          <t>Geologic radon potential of EPA Region 4; Alabama, Florida, Georgia, Kentucky, Mississippi, North Carolina, South Carolina, and Tennessee</t>
         </is>
       </c>
       <c r="H297" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I297" t="inlineStr">
         <is>
-          <t>93-64</t>
+          <t>93-292</t>
+        </is>
+      </c>
+      <c r="K297" t="inlineStr">
+        <is>
+          <t>D</t>
         </is>
       </c>
       <c r="M297" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N297" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P297" t="inlineStr">
         <is>
-          <t>10.3133/ofr9364</t>
+          <t>10.3133/ofr93292D</t>
         </is>
       </c>
       <c r="T297" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U297" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V297" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W297" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey, Dept. of the Interior,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z297" t="inlineStr">
         <is>
-          <t>2 p. :ill. ;28 cm.</t>
-[...4 lines deleted...]
-          <t>Clark, David W.; Briar, D.W.</t>
+          <t>ii, 274 p.</t>
+        </is>
+      </c>
+      <c r="AM297" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN297" t="inlineStr">
+        <is>
+          <t>Alabama, Florida, Georgia, Kentucky, Mississippi, North Carolina, South Carolina, Tennessee</t>
+        </is>
+      </c>
+      <c r="AX297" t="inlineStr">
+        <is>
+          <t>Schumann, R.R.</t>
         </is>
       </c>
       <c r="AZ297" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>9</t>
         </is>
       </c>
       <c r="BA297" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db649a6f</t>
+          <t>4f4e4ad6e4b07f02db684305</t>
         </is>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri924092</t>
+          <t>https://pubs.usgs.gov/publication/ofr93292B</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>27683</t>
+          <t>17159</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
-          <t>wri924092</t>
+          <t>ofr93292B</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E298" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G298" t="inlineStr">
         <is>
-          <t>Geochemistry of and radioactivity in ground water of the Highland Rim and Central Basin aquifer systems, Hickman and Maury counties, Tennessee</t>
+          <t>Geologic radon potential of EPA Region 2; New Jersey and New York</t>
         </is>
       </c>
       <c r="H298" t="inlineStr">
         <is>
-          <t>Water-Resources Investigations Report</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I298" t="inlineStr">
         <is>
-          <t>92-4092</t>
+          <t>93-292</t>
+        </is>
+      </c>
+      <c r="K298" t="inlineStr">
+        <is>
+          <t>B</t>
+        </is>
+      </c>
+      <c r="M298" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N298" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P298" t="inlineStr">
         <is>
-          <t>10.3133/wri924092</t>
+          <t>10.3133/ofr93292B</t>
         </is>
       </c>
       <c r="T298" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U298" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V298" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W298" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey ;
-Books and Open-File Reports Section [distributor],</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z298" t="inlineStr">
         <is>
-          <t>v, 26 p. :ill., maps ;28 cm.</t>
-[...4 lines deleted...]
-          <t>Hileman, G. E.; Lee, R. W.</t>
+          <t>ii, 131 p.</t>
+        </is>
+      </c>
+      <c r="AM298" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN298" t="inlineStr">
+        <is>
+          <t>New Jersey, New York</t>
+        </is>
+      </c>
+      <c r="AX298" t="inlineStr">
+        <is>
+          <t>Schumann, R.R.</t>
         </is>
       </c>
       <c r="AZ298" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA298" t="inlineStr">
         <is>
-          <t>4f4e4b1ee4b07f02db6aa6de</t>
+          <t>4f4e4ae0e4b07f02db68849d</t>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr93292H</t>
+          <t>https://pubs.usgs.gov/publication/ofr93292E</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>17164</t>
+          <t>17162</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
-          <t>ofr93292H</t>
+          <t>ofr93292E</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E299" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G299" t="inlineStr">
         <is>
-          <t>Geologic radon potential of EPA Region 8: Colorado, Montana, North Dakota, South Dakota, Utah, and Wyoming</t>
+          <t>Geologic radon potential of EPA Region 5; Illinois, Indiana, Michigan, Minnesota, Ohio, and Wisconsin</t>
         </is>
       </c>
       <c r="H299" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I299" t="inlineStr">
         <is>
           <t>93-292</t>
         </is>
       </c>
       <c r="K299" t="inlineStr">
         <is>
-          <t>H</t>
+          <t>E</t>
         </is>
       </c>
       <c r="M299" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N299" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P299" t="inlineStr">
         <is>
-          <t>10.3133/ofr93292H</t>
+          <t>10.3133/ofr93292E</t>
         </is>
       </c>
       <c r="T299" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U299" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V299" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W299" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z299" t="inlineStr">
         <is>
-          <t>ii, 184 p.</t>
+          <t>ii, 194 p.</t>
         </is>
       </c>
       <c r="AM299" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN299" t="inlineStr">
         <is>
-          <t>Colorado, Montana, North Dakota, South Dakota, Utah, Wyoming</t>
+          <t>Illinois, Indiana, Michigan, Minnesota, Ohio, Wisconsin</t>
         </is>
       </c>
       <c r="AX299" t="inlineStr">
         <is>
           <t>Schumann, R.R.</t>
         </is>
       </c>
       <c r="AZ299" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="BA299" t="inlineStr">
         <is>
-          <t>4f4e4ae0e4b07f02db6884c1</t>
+          <t>4f4e4ae0e4b07f02db688508</t>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr93292E</t>
+          <t>https://pubs.usgs.gov/publication/ofr93443</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>17162</t>
+          <t>20269</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
-          <t>ofr93292E</t>
+          <t>ofr93443</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E300" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G300" t="inlineStr">
         <is>
-          <t>Geologic radon potential of EPA Region 5; Illinois, Indiana, Michigan, Minnesota, Ohio, and Wisconsin</t>
+          <t>Well-construction, water-level, and ground-water-quality data for Prince William County, Virginia, 1992</t>
         </is>
       </c>
       <c r="H300" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I300" t="inlineStr">
         <is>
-          <t>93-292</t>
-[...4 lines deleted...]
-          <t>E</t>
+          <t>93-443</t>
         </is>
       </c>
       <c r="M300" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N300" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P300" t="inlineStr">
         <is>
-          <t>10.3133/ofr93292E</t>
+          <t>10.3133/ofr93443</t>
         </is>
       </c>
       <c r="T300" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U300" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V300" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W300" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S. Geological Survey ;
+Earth Science Information Center [distributor],</t>
         </is>
       </c>
       <c r="Z300" t="inlineStr">
         <is>
-          <t>ii, 194 p.</t>
-[...14 lines deleted...]
-          <t>Schumann, R.R.</t>
+          <t>iii, 66 p. :ill., maps ;28 cm.</t>
+        </is>
+      </c>
+      <c r="AW300" t="inlineStr">
+        <is>
+          <t>Nelms, D.L.; Brockman, A. R.</t>
         </is>
       </c>
       <c r="AZ300" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA300" t="inlineStr">
         <is>
-          <t>4f4e4ae0e4b07f02db688508</t>
+          <t>4f4e49e2e4b07f02db5e4acb</t>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr93292A</t>
+          <t>https://pubs.usgs.gov/publication/ofr93292F</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>17157</t>
+          <t>17163</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>ofr93292A</t>
+          <t>ofr93292F</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E301" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G301" t="inlineStr">
         <is>
-          <t>Geologic radon potential of EPA Region 1; Connecticut, Maine, Massachusetts, New Hampshire, Rhode Island, and Vermont</t>
+          <t>Geologic radon potential of EPA Region 6; Arkansas, Louisiana, New Mexico, Oklahoma, and Texas</t>
         </is>
       </c>
       <c r="H301" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I301" t="inlineStr">
         <is>
           <t>93-292</t>
         </is>
       </c>
       <c r="K301" t="inlineStr">
         <is>
-          <t>A</t>
+          <t>F</t>
         </is>
       </c>
       <c r="M301" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N301" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P301" t="inlineStr">
         <is>
-          <t>10.3133/ofr93292A</t>
+          <t>10.3133/ofr93292F</t>
         </is>
       </c>
       <c r="T301" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U301" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V301" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W301" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z301" t="inlineStr">
         <is>
-          <t>ii, 245 p.</t>
+          <t>ii, 160 p.</t>
         </is>
       </c>
       <c r="AM301" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN301" t="inlineStr">
         <is>
-          <t>Connecticut, Maine, Massachusetts, New Hampshire, Rhode Island, Vermont</t>
+          <t>Arkansas, Louisiana, New Mexico, Oklahoma, Texas</t>
         </is>
       </c>
       <c r="AX301" t="inlineStr">
         <is>
           <t>Schumann, R.R.</t>
         </is>
       </c>
       <c r="AZ301" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>6</t>
         </is>
       </c>
       <c r="BA301" t="inlineStr">
         <is>
-          <t>4f4e4afde4b07f02db696e3a</t>
+          <t>4f4e4ae0e4b07f02db688518</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr93292F</t>
+          <t>https://pubs.usgs.gov/publication/ofr93292G</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>17163</t>
+          <t>38146</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>ofr93292F</t>
+          <t>ofr93292G</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E302" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G302" t="inlineStr">
         <is>
-          <t>Geologic radon potential of EPA Region 6; Arkansas, Louisiana, New Mexico, Oklahoma, and Texas</t>
+          <t>Geologic radon potential of EPA Region 7: Iowa, Kansas, Missouri, and Nebraska</t>
         </is>
       </c>
       <c r="H302" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I302" t="inlineStr">
         <is>
           <t>93-292</t>
         </is>
       </c>
       <c r="K302" t="inlineStr">
         <is>
-          <t>F</t>
+          <t>G</t>
         </is>
       </c>
       <c r="M302" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N302" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P302" t="inlineStr">
         <is>
-          <t>10.3133/ofr93292F</t>
+          <t>10.3133/ofr93292G</t>
         </is>
       </c>
       <c r="T302" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U302" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V302" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W302" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z302" t="inlineStr">
         <is>
-          <t>ii, 160 p.</t>
+          <t>ii, 147 p.</t>
         </is>
       </c>
       <c r="AM302" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN302" t="inlineStr">
         <is>
-          <t>Arkansas, Louisiana, New Mexico, Oklahoma, Texas</t>
+          <t>Iowa, Kansas, Missouri, Nebraska</t>
         </is>
       </c>
       <c r="AX302" t="inlineStr">
         <is>
           <t>Schumann, R.R.</t>
         </is>
       </c>
       <c r="AZ302" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>5</t>
         </is>
       </c>
       <c r="BA302" t="inlineStr">
         <is>
-          <t>4f4e4ae0e4b07f02db688518</t>
+          <t>4f4e4ae0e4b07f02db6884be</t>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr93292D</t>
+          <t>https://pubs.usgs.gov/publication/ofr93292J</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>17161</t>
+          <t>17158</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>ofr93292D</t>
+          <t>ofr93292J</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E303" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G303" t="inlineStr">
         <is>
-          <t>Geologic radon potential of EPA Region 4; Alabama, Florida, Georgia, Kentucky, Mississippi, North Carolina, South Carolina, and Tennessee</t>
+          <t>Geologic radon potential of EPA Region 10: Alaska, Idaho, Oregon, and Washington</t>
         </is>
       </c>
       <c r="H303" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I303" t="inlineStr">
         <is>
           <t>93-292</t>
         </is>
       </c>
       <c r="K303" t="inlineStr">
         <is>
-          <t>D</t>
+          <t>J</t>
         </is>
       </c>
       <c r="M303" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N303" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P303" t="inlineStr">
         <is>
-          <t>10.3133/ofr93292D</t>
+          <t>10.3133/ofr93292J</t>
         </is>
       </c>
       <c r="T303" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U303" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V303" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W303" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z303" t="inlineStr">
         <is>
-          <t>ii, 274 p.</t>
+          <t>ii, 146 p.</t>
         </is>
       </c>
       <c r="AM303" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN303" t="inlineStr">
         <is>
-          <t>Alabama, Florida, Georgia, Kentucky, Mississippi, North Carolina, South Carolina, Tennessee</t>
+          <t>Alaska, Idaho, Oregon, Washington</t>
         </is>
       </c>
       <c r="AX303" t="inlineStr">
         <is>
           <t>Schumann, R.R.</t>
         </is>
       </c>
       <c r="AZ303" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>5</t>
         </is>
       </c>
       <c r="BA303" t="inlineStr">
         <is>
-          <t>4f4e4ad6e4b07f02db684305</t>
+          <t>4f4e4ae0e4b07f02db6884e1</t>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr93292G</t>
+          <t>https://pubs.usgs.gov/publication/ofr9364</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>38146</t>
+          <t>18487</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>ofr93292G</t>
+          <t>ofr9364</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E304" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G304" t="inlineStr">
         <is>
-          <t>Geologic radon potential of EPA Region 7: Iowa, Kansas, Missouri, and Nebraska</t>
+          <t>Radon in ground water of western Montana</t>
         </is>
       </c>
       <c r="H304" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I304" t="inlineStr">
         <is>
-          <t>93-292</t>
-[...4 lines deleted...]
-          <t>G</t>
+          <t>93-64</t>
         </is>
       </c>
       <c r="M304" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N304" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P304" t="inlineStr">
         <is>
-          <t>10.3133/ofr93292G</t>
+          <t>10.3133/ofr9364</t>
         </is>
       </c>
       <c r="T304" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U304" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V304" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W304" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S. Geological Survey, Dept. of the Interior,</t>
         </is>
       </c>
       <c r="Z304" t="inlineStr">
         <is>
-          <t>ii, 147 p.</t>
-[...14 lines deleted...]
-          <t>Schumann, R.R.</t>
+          <t>2 p. :ill. ;28 cm.</t>
+        </is>
+      </c>
+      <c r="AW304" t="inlineStr">
+        <is>
+          <t>Clark, David W.; Briar, D.W.</t>
         </is>
       </c>
       <c r="AZ304" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA304" t="inlineStr">
         <is>
-          <t>4f4e4ae0e4b07f02db6884be</t>
+          <t>4f4e4a80e4b07f02db649a6f</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr93292</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
           <t>70262885</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
           <t>ofr93292</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E305" t="inlineStr">
@@ -36453,400 +36468,400 @@
       </c>
       <c r="AF306" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="AW306" t="inlineStr">
         <is>
           <t>Lively, R.S.; Steck, D.J.</t>
         </is>
       </c>
       <c r="AZ306" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA306" t="inlineStr">
         <is>
           <t>505a49a7e4b0c8380cd687a6</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70017407</t>
+          <t>https://pubs.usgs.gov/publication/70018367</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>70017407</t>
+          <t>70018367</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>70017407</t>
+          <t>70018367</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E307" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G307" t="inlineStr">
         <is>
-          <t>Radionuclides in ground water of the Carson River Basin, western Nevada and eastern California, U.S.A.</t>
+          <t>Radon anomalies on three kinds of faults in California</t>
         </is>
       </c>
       <c r="H307" t="inlineStr">
         <is>
-          <t>Applied Geochemistry</t>
+          <t>Pure and Applied Geophysics PAGEOPH</t>
         </is>
       </c>
       <c r="P307" t="inlineStr">
         <is>
-          <t>10.1016/0883-2927(93)90075-R</t>
+          <t>10.1007/BF00876238</t>
         </is>
       </c>
       <c r="R307" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>141</t>
         </is>
       </c>
       <c r="S307" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>1</t>
         </is>
       </c>
       <c r="T307" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U307" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V307" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W307" t="inlineStr">
-[...6 lines deleted...]
-          <t>25 p.</t>
+      <c r="X307" t="inlineStr">
+        <is>
+          <t>Birkha??user-Verlag</t>
+        </is>
+      </c>
+      <c r="AA307" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB307" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC307" t="inlineStr">
+        <is>
+          <t>Pure and Applied Geophysics PAGEOPH</t>
         </is>
       </c>
       <c r="AD307" t="inlineStr">
         <is>
-          <t>447</t>
+          <t>111</t>
         </is>
       </c>
       <c r="AE307" t="inlineStr">
         <is>
-          <t>471</t>
+          <t>124</t>
         </is>
       </c>
       <c r="AF307" t="inlineStr">
         <is>
-          <t>25</t>
-[...14 lines deleted...]
-          <t>Carson River Basin</t>
+          <t>14</t>
         </is>
       </c>
       <c r="AW307" t="inlineStr">
         <is>
-          <t>Thomas, J. M.; Welch, A. H.; Lico, M.S.; Hughes, J. L.; Whitney, R.</t>
+          <t>King, C.-Y.; Zhang, W.; King, B.-S.</t>
         </is>
       </c>
       <c r="AZ307" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA307" t="inlineStr">
         <is>
-          <t>505a941ce4b0c8380cd811f3</t>
+          <t>505a9434e4b0c8380cd81277</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70018246</t>
+          <t>https://pubs.usgs.gov/publication/70017407</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>70018246</t>
+          <t>70017407</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>70018246</t>
+          <t>70017407</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E308" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G308" t="inlineStr">
         <is>
-          <t>Concentration history during pumping from a leaky aquifer with stratified initial concentration</t>
-[...4 lines deleted...]
-          <t>0872629201</t>
+          <t>Radionuclides in ground water of the Carson River Basin, western Nevada and eastern California, U.S.A.</t>
+        </is>
+      </c>
+      <c r="H308" t="inlineStr">
+        <is>
+          <t>Applied Geochemistry</t>
+        </is>
+      </c>
+      <c r="P308" t="inlineStr">
+        <is>
+          <t>10.1016/0883-2927(93)90075-R</t>
+        </is>
+      </c>
+      <c r="R308" t="inlineStr">
+        <is>
+          <t>8</t>
         </is>
       </c>
       <c r="S308" t="inlineStr">
         <is>
-          <t>pt 1</t>
+          <t>5</t>
         </is>
       </c>
       <c r="T308" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U308" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V308" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W308" t="inlineStr">
         <is>
-          <t>Publ by ASCE</t>
-[...9 lines deleted...]
-          <t>Proceedings - National Conference on Hydraulic Engineering</t>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="Z308" t="inlineStr">
+        <is>
+          <t>25 p.</t>
         </is>
       </c>
       <c r="AD308" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>447</t>
         </is>
       </c>
       <c r="AE308" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>471</t>
         </is>
       </c>
       <c r="AF308" t="inlineStr">
         <is>
-          <t>7</t>
-[...14 lines deleted...]
-          <t>25 July 1993 through 30 July 1993</t>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="AM308" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN308" t="inlineStr">
+        <is>
+          <t>California, Nevada</t>
+        </is>
+      </c>
+      <c r="AQ308" t="inlineStr">
+        <is>
+          <t>Carson River Basin</t>
         </is>
       </c>
       <c r="AW308" t="inlineStr">
         <is>
-          <t>Goode, Daniel J. 0000-0002-8527-2456 djgoode@usgs.gov; Hsieh, Paul A. 0000-0003-4873-4874 pahsieh@usgs.gov; Shapiro, Allen M. 0000-0002-6425-9607 ashapiro@usgs.gov; Wood, Warren W.; Kraemer, Thomas F. tkraemer@usgs.gov</t>
+          <t>Thomas, J. M.; Welch, A. H.; Lico, M.S.; Hughes, J. L.; Whitney, R.</t>
         </is>
       </c>
       <c r="AZ308" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA308" t="inlineStr">
         <is>
-          <t>5059f97de4b0c8380cd4d627</t>
+          <t>505a941ce4b0c8380cd811f3</t>
         </is>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70018367</t>
+          <t>https://pubs.usgs.gov/publication/70018246</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>70018367</t>
+          <t>70018246</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>70018367</t>
+          <t>70018246</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="E309" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="G309" t="inlineStr">
         <is>
-          <t>Radon anomalies on three kinds of faults in California</t>
-[...14 lines deleted...]
-          <t>141</t>
+          <t>Concentration history during pumping from a leaky aquifer with stratified initial concentration</t>
+        </is>
+      </c>
+      <c r="O309" t="inlineStr">
+        <is>
+          <t>0872629201</t>
         </is>
       </c>
       <c r="S309" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>pt 1</t>
         </is>
       </c>
       <c r="T309" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
       <c r="U309" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V309" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
+      <c r="W309" t="inlineStr">
+        <is>
+          <t>Publ by ASCE</t>
+        </is>
+      </c>
       <c r="X309" t="inlineStr">
         <is>
-          <t>Birkha??user-Verlag</t>
-[...9 lines deleted...]
-          <t>Journal Article</t>
+          <t>New York, NY, United States</t>
         </is>
       </c>
       <c r="AC309" t="inlineStr">
         <is>
-          <t>Pure and Applied Geophysics PAGEOPH</t>
+          <t>Proceedings - National Conference on Hydraulic Engineering</t>
         </is>
       </c>
       <c r="AD309" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>29</t>
         </is>
       </c>
       <c r="AE309" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>35</t>
         </is>
       </c>
       <c r="AF309" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="AJ309" t="inlineStr">
+        <is>
+          <t>Proceedings of the 1993 National Conference on Hydraulic Engineering. Part 1 (of 2)</t>
+        </is>
+      </c>
+      <c r="AK309" t="inlineStr">
+        <is>
+          <t>San Francisco, CA, USA</t>
+        </is>
+      </c>
+      <c r="AL309" t="inlineStr">
+        <is>
+          <t>25 July 1993 through 30 July 1993</t>
         </is>
       </c>
       <c r="AW309" t="inlineStr">
         <is>
-          <t>King, C.-Y.; Zhang, W.; King, B.-S.</t>
+          <t>Goode, Daniel J. 0000-0002-8527-2456 djgoode@usgs.gov; Hsieh, Paul A. 0000-0003-4873-4874 pahsieh@usgs.gov; Shapiro, Allen M. 0000-0002-6425-9607 ashapiro@usgs.gov; Wood, Warren W.; Kraemer, Thomas F. tkraemer@usgs.gov</t>
         </is>
       </c>
       <c r="AZ309" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA309" t="inlineStr">
         <is>
-          <t>505a9434e4b0c8380cd81277</t>
+          <t>5059f97de4b0c8380cd4d627</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70211062</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
           <t>70211062</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
           <t>70211062</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E310" t="inlineStr">
@@ -36896,442 +36911,448 @@
       </c>
       <c r="Y310" t="inlineStr">
         <is>
           <t>Geology, Geophysics, and Geochemistry Science Center</t>
         </is>
       </c>
       <c r="Z310" t="inlineStr">
         <is>
           <t>6 p.</t>
         </is>
       </c>
       <c r="AW310" t="inlineStr">
         <is>
           <t>Wanty, Richard B. 0000-0002-2063-6423 rwanty@usgs.gov; Lawrence, Errol P.; Gundersen, Linda C. lgundersen@usgs.gov</t>
         </is>
       </c>
       <c r="AZ310" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr92592</t>
+          <t>https://pubs.usgs.gov/publication/ofr92351A</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>18682</t>
+          <t>21088</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>ofr92592</t>
+          <t>ofr92351A</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E311" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G311" t="inlineStr">
         <is>
-          <t>A reconnaissance study of radon levels in soils developed on the Upper Cretaceous Pierre Shale just above the Sharon Springs Member in the Missouri River valley in southeastern South Dakota and northeastern Nebraska</t>
+          <t>Bibliography of radon in the outdoor environment and selected references on gas mobility in the ground</t>
         </is>
       </c>
       <c r="H311" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I311" t="inlineStr">
         <is>
-          <t>92-592</t>
+          <t>92-351</t>
+        </is>
+      </c>
+      <c r="K311" t="inlineStr">
+        <is>
+          <t>A</t>
         </is>
       </c>
       <c r="M311" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N311" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P311" t="inlineStr">
         <is>
-          <t>10.3133/ofr92592</t>
+          <t>10.3133/ofr92351A</t>
         </is>
       </c>
       <c r="T311" t="inlineStr">
         <is>
           <t>1992</t>
         </is>
       </c>
       <c r="U311" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V311" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W311" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey :
+Copies may be obtained from Open File Reports Section,</t>
         </is>
       </c>
       <c r="Z311" t="inlineStr">
         <is>
-          <t>ii, 11 p. :ill., map ;28 cm.</t>
+          <t>298 p. ;28 cm.</t>
         </is>
       </c>
       <c r="AW311" t="inlineStr">
         <is>
-          <t>Dickinson, K. A.</t>
+          <t>Tanner, Allan B.</t>
         </is>
       </c>
       <c r="AZ311" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA311" t="inlineStr">
         <is>
-          <t>4f4e4b1ae4b07f02db6a8562</t>
+          <t>4f4e4a4ee4b07f02db62812c</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr9211</t>
+          <t>https://pubs.usgs.gov/publication/ofr92351B</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>20346</t>
+          <t>21090</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>ofr9211</t>
+          <t>ofr92351B</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E312" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G312" t="inlineStr">
         <is>
-          <t>Radon in soil gas and soil radioactivity in Prince George's County, Maryland</t>
+          <t>Bibliography of radon in the outdoor environment and selected references on gas mobility in the ground</t>
         </is>
       </c>
       <c r="H312" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I312" t="inlineStr">
         <is>
-          <t>92-11</t>
+          <t>92-351</t>
+        </is>
+      </c>
+      <c r="K312" t="inlineStr">
+        <is>
+          <t>B</t>
         </is>
       </c>
       <c r="M312" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N312" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P312" t="inlineStr">
         <is>
-          <t>10.3133/ofr9211</t>
+          <t>10.3133/ofr92351B</t>
         </is>
       </c>
       <c r="T312" t="inlineStr">
         <is>
           <t>1992</t>
         </is>
       </c>
       <c r="U312" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V312" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W312" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey :Copies may be obtained from Open File Reports Section,</t>
         </is>
       </c>
       <c r="Z312" t="inlineStr">
         <is>
-          <t>18 leaves :maps ;28 cm.</t>
+          <t>1 computer disk ;3 1/2 in.</t>
         </is>
       </c>
       <c r="AW312" t="inlineStr">
         <is>
-          <t>Otton, James K. jkotton@usgs.gov</t>
+          <t>Tanner, Allan B.</t>
         </is>
       </c>
       <c r="AZ312" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA312" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db649a92</t>
+          <t>4f4e4a4ee4b07f02db627ebf</t>
         </is>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr92351B</t>
+          <t>https://pubs.usgs.gov/publication/ofr92351C</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>21090</t>
+          <t>21089</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>ofr92351B</t>
+          <t>ofr92351C</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E313" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G313" t="inlineStr">
         <is>
           <t>Bibliography of radon in the outdoor environment and selected references on gas mobility in the ground</t>
         </is>
       </c>
       <c r="H313" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I313" t="inlineStr">
         <is>
           <t>92-351</t>
         </is>
       </c>
       <c r="K313" t="inlineStr">
         <is>
-          <t>B</t>
+          <t>C</t>
         </is>
       </c>
       <c r="M313" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N313" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P313" t="inlineStr">
         <is>
-          <t>10.3133/ofr92351B</t>
+          <t>10.3133/ofr92351C</t>
         </is>
       </c>
       <c r="T313" t="inlineStr">
         <is>
           <t>1992</t>
         </is>
       </c>
       <c r="U313" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V313" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W313" t="inlineStr">
         <is>
           <t>U.S. Geological Survey :Copies may be obtained from Open File Reports Section,</t>
         </is>
       </c>
       <c r="Z313" t="inlineStr">
         <is>
-          <t>1 computer disk ;3 1/2 in.</t>
+          <t>1 computer disk ;5 1/4 in.</t>
         </is>
       </c>
       <c r="AW313" t="inlineStr">
         <is>
           <t>Tanner, Allan B.</t>
         </is>
       </c>
       <c r="AZ313" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA313" t="inlineStr">
         <is>
-          <t>4f4e4a4ee4b07f02db627ebf</t>
+          <t>4f4e4a4ee4b07f02db627eca</t>
         </is>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr92351C</t>
+          <t>https://pubs.usgs.gov/publication/ofr92592</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>21089</t>
+          <t>18682</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>ofr92351C</t>
+          <t>ofr92592</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E314" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G314" t="inlineStr">
         <is>
-          <t>Bibliography of radon in the outdoor environment and selected references on gas mobility in the ground</t>
+          <t>A reconnaissance study of radon levels in soils developed on the Upper Cretaceous Pierre Shale just above the Sharon Springs Member in the Missouri River valley in southeastern South Dakota and northeastern Nebraska</t>
         </is>
       </c>
       <c r="H314" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I314" t="inlineStr">
         <is>
-          <t>92-351</t>
-[...4 lines deleted...]
-          <t>C</t>
+          <t>92-592</t>
         </is>
       </c>
       <c r="M314" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N314" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P314" t="inlineStr">
         <is>
-          <t>10.3133/ofr92351C</t>
+          <t>10.3133/ofr92592</t>
         </is>
       </c>
       <c r="T314" t="inlineStr">
         <is>
           <t>1992</t>
         </is>
       </c>
       <c r="U314" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V314" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W314" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey :Copies may be obtained from Open File Reports Section,</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z314" t="inlineStr">
         <is>
-          <t>1 computer disk ;5 1/4 in.</t>
+          <t>ii, 11 p. :ill., map ;28 cm.</t>
         </is>
       </c>
       <c r="AW314" t="inlineStr">
         <is>
-          <t>Tanner, Allan B.</t>
+          <t>Dickinson, K. A.</t>
         </is>
       </c>
       <c r="AZ314" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA314" t="inlineStr">
         <is>
-          <t>4f4e4a4ee4b07f02db627eca</t>
+          <t>4f4e4b1ae4b07f02db6a8562</t>
         </is>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr91488</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
           <t>19834</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
           <t>ofr91488</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E315" t="inlineStr">
@@ -37401,147 +37422,141 @@
       </c>
       <c r="AN315" t="inlineStr">
         <is>
           <t>Nevada</t>
         </is>
       </c>
       <c r="AW315" t="inlineStr">
         <is>
           <t>Lico, Michael S.</t>
         </is>
       </c>
       <c r="AZ315" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="BA315" t="inlineStr">
         <is>
           <t>4f4e4ac9e4b07f02db67c92a</t>
         </is>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr92351A</t>
+          <t>https://pubs.usgs.gov/publication/ofr9211</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>21088</t>
+          <t>20346</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>ofr92351A</t>
+          <t>ofr9211</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E316" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G316" t="inlineStr">
         <is>
-          <t>Bibliography of radon in the outdoor environment and selected references on gas mobility in the ground</t>
+          <t>Radon in soil gas and soil radioactivity in Prince George's County, Maryland</t>
         </is>
       </c>
       <c r="H316" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I316" t="inlineStr">
         <is>
-          <t>92-351</t>
-[...4 lines deleted...]
-          <t>A</t>
+          <t>92-11</t>
         </is>
       </c>
       <c r="M316" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N316" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P316" t="inlineStr">
         <is>
-          <t>10.3133/ofr92351A</t>
+          <t>10.3133/ofr9211</t>
         </is>
       </c>
       <c r="T316" t="inlineStr">
         <is>
           <t>1992</t>
         </is>
       </c>
       <c r="U316" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V316" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W316" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey :
-Copies may be obtained from Open File Reports Section,</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z316" t="inlineStr">
         <is>
-          <t>298 p. ;28 cm.</t>
+          <t>18 leaves :maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW316" t="inlineStr">
         <is>
-          <t>Tanner, Allan B.</t>
+          <t>Otton, James K. jkotton@usgs.gov</t>
         </is>
       </c>
       <c r="AZ316" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA316" t="inlineStr">
         <is>
-          <t>4f4e4a4ee4b07f02db62812c</t>
+          <t>4f4e4a80e4b07f02db649a92</t>
         </is>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70243288</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
           <t>70243288</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
           <t>70243288</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E317" t="inlineStr">
@@ -37728,753 +37743,753 @@
       </c>
       <c r="AN318" t="inlineStr">
         <is>
           <t>Colorado</t>
         </is>
       </c>
       <c r="AP318" t="inlineStr">
         <is>
           <t>Denver</t>
         </is>
       </c>
       <c r="AW318" t="inlineStr">
         <is>
           <t>Schumann, R. Randall 0000-0001-8158-6960 rschumann@usgs.gov; Owen, Douglass E.; Asher-Bolinder , Sigrid</t>
         </is>
       </c>
       <c r="AZ318" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70017190</t>
+          <t>https://pubs.usgs.gov/publication/70017170</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>70017190</t>
+          <t>70017170</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>70017190</t>
+          <t>70017170</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E319" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G319" t="inlineStr">
         <is>
-          <t>Sampling and analysis for radon-222 dissolved in ground water and surface water</t>
+          <t>Statistical analysis of the radon-222 potential of rocks in Virginia, U.S.A.</t>
         </is>
       </c>
       <c r="H319" t="inlineStr">
         <is>
-          <t>Environmental Monitoring and Assessment</t>
-[...9 lines deleted...]
-          <t>0167-6369</t>
+          <t>Environmental Geology and Water Sciences</t>
         </is>
       </c>
       <c r="P319" t="inlineStr">
         <is>
-          <t>10.1007/BF00396521</t>
+          <t>10.1007/BF01704086</t>
         </is>
       </c>
       <c r="R319" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>19</t>
         </is>
       </c>
       <c r="S319" t="inlineStr">
         <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="T319" t="inlineStr">
+        <is>
+          <t>1992</t>
+        </is>
+      </c>
+      <c r="U319" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V319" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="X319" t="inlineStr">
+        <is>
+          <t>Springer-Verlag</t>
+        </is>
+      </c>
+      <c r="AA319" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB319" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC319" t="inlineStr">
+        <is>
+          <t>Environmental Geology and Water Sciences</t>
+        </is>
+      </c>
+      <c r="AD319" t="inlineStr">
+        <is>
+          <t>193</t>
+        </is>
+      </c>
+      <c r="AE319" t="inlineStr">
+        <is>
+          <t>203</t>
+        </is>
+      </c>
+      <c r="AF319" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="AW319" t="inlineStr">
+        <is>
+          <t>Brown, C. Erwin; Mose, D.G.; Mushrush, G.W.; Chrosniak, C.E.</t>
+        </is>
+      </c>
+      <c r="AZ319" t="inlineStr">
+        <is>
           <t>1</t>
         </is>
       </c>
-      <c r="T319" t="inlineStr">
-[...48 lines deleted...]
-      </c>
       <c r="BA319" t="inlineStr">
         <is>
-          <t>505ab06be4b0c8380cd87ad3</t>
+          <t>505b9715e4b08c986b31b887</t>
         </is>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/7000018</t>
+          <t>https://pubs.usgs.gov/publication/70017244</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>7000018</t>
+          <t>70017244</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>7000018</t>
+          <t>70017244</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="E320" t="inlineStr">
         <is>
-          <t>USGS Unnumbered Series</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="G320" t="inlineStr">
         <is>
-          <t>The geology of radon</t>
-[...9 lines deleted...]
-          <t>0160379741</t>
+          <t>Methodology for rapid assessment of the radon potential of soils</t>
         </is>
       </c>
       <c r="P320" t="inlineStr">
         <is>
-          <t>10.3133/7000018</t>
+          <t>10.1007/BF02040484</t>
+        </is>
+      </c>
+      <c r="R320" t="inlineStr">
+        <is>
+          <t>161</t>
+        </is>
+      </c>
+      <c r="S320" t="inlineStr">
+        <is>
+          <t>2</t>
         </is>
       </c>
       <c r="T320" t="inlineStr">
         <is>
           <t>1992</t>
         </is>
       </c>
       <c r="U320" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V320" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
-[...4 lines deleted...]
-          <t>28, [1] p. : col. ill., col. maps ; 24 cm.</t>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="AC320" t="inlineStr">
+        <is>
+          <t>Journal of Radioanalytical and Nuclear Chemistry</t>
+        </is>
+      </c>
+      <c r="AD320" t="inlineStr">
+        <is>
+          <t>377</t>
+        </is>
+      </c>
+      <c r="AE320" t="inlineStr">
+        <is>
+          <t>387</t>
+        </is>
+      </c>
+      <c r="AF320" t="inlineStr">
+        <is>
+          <t>11</t>
         </is>
       </c>
       <c r="AW320" t="inlineStr">
         <is>
-          <t>Otton, James K. jkotton@usgs.gov</t>
+          <t>Reimer, G.M.</t>
         </is>
       </c>
       <c r="AZ320" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA320" t="inlineStr">
         <is>
-          <t>4f4e4a9ae4b07f02db65d977</t>
+          <t>505a5574e4b0c8380cd6d1fb</t>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70016338</t>
+          <t>https://pubs.usgs.gov/publication/70016727</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>70016338</t>
+          <t>70016727</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>70016338</t>
+          <t>70016727</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E321" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G321" t="inlineStr">
         <is>
-          <t>Using soil gas radon and geology to estimate regional radon potential</t>
+          <t>Contribution of 222Rn in domestic water supplies to 222Rn in indoor air in Colorado homes</t>
+        </is>
+      </c>
+      <c r="H321" t="inlineStr">
+        <is>
+          <t>Health Physics</t>
         </is>
       </c>
       <c r="R321" t="inlineStr">
         <is>
-          <t>45</t>
+          <t>62</t>
         </is>
       </c>
       <c r="S321" t="inlineStr">
         <is>
-          <t>1-4 SUPPL.</t>
+          <t>2</t>
         </is>
       </c>
       <c r="T321" t="inlineStr">
         <is>
           <t>1992</t>
         </is>
       </c>
       <c r="U321" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V321" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
+      <c r="AA321" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB321" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
       <c r="AC321" t="inlineStr">
         <is>
-          <t>Radiation Protection Dosimetry</t>
+          <t>Health Physics</t>
         </is>
       </c>
       <c r="AD321" t="inlineStr">
         <is>
-          <t>219</t>
+          <t>171</t>
         </is>
       </c>
       <c r="AE321" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>177</t>
         </is>
       </c>
       <c r="AF321" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
         </is>
       </c>
       <c r="AW321" t="inlineStr">
         <is>
-          <t>Reimer, G.M.</t>
+          <t>Lawrence, E.P.; Wanty, R. B. 0000-0002-2063-6423; Nyberg, P.</t>
         </is>
       </c>
       <c r="AZ321" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA321" t="inlineStr">
         <is>
-          <t>505bc0a2e4b08c986b32a233</t>
+          <t>5059fa80e4b0c8380cd4db28</t>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70016727</t>
+          <t>https://pubs.usgs.gov/publication/70017190</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>70016727</t>
+          <t>70017190</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>70016727</t>
+          <t>70017190</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E322" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G322" t="inlineStr">
         <is>
-          <t>Contribution of 222Rn in domestic water supplies to 222Rn in indoor air in Colorado homes</t>
+          <t>Sampling and analysis for radon-222 dissolved in ground water and surface water</t>
         </is>
       </c>
       <c r="H322" t="inlineStr">
         <is>
-          <t>Health Physics</t>
+          <t>Environmental Monitoring and Assessment</t>
+        </is>
+      </c>
+      <c r="M322" t="inlineStr">
+        <is>
+          <t>1573-2959</t>
+        </is>
+      </c>
+      <c r="N322" t="inlineStr">
+        <is>
+          <t>0167-6369</t>
+        </is>
+      </c>
+      <c r="P322" t="inlineStr">
+        <is>
+          <t>10.1007/BF00396521</t>
         </is>
       </c>
       <c r="R322" t="inlineStr">
         <is>
-          <t>62</t>
+          <t>20</t>
         </is>
       </c>
       <c r="S322" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="T322" t="inlineStr">
         <is>
           <t>1992</t>
         </is>
       </c>
       <c r="U322" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V322" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="AA322" t="inlineStr">
-[...11 lines deleted...]
-          <t>Health Physics</t>
+      <c r="W322" t="inlineStr">
+        <is>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="Z322" t="inlineStr">
+        <is>
+          <t>12 p.</t>
         </is>
       </c>
       <c r="AD322" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>55</t>
         </is>
       </c>
       <c r="AE322" t="inlineStr">
         <is>
-          <t>177</t>
+          <t>66</t>
         </is>
       </c>
       <c r="AF322" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="AW322" t="inlineStr">
         <is>
-          <t>Lawrence, E.P.; Wanty, R. B. 0000-0002-2063-6423; Nyberg, P.</t>
+          <t>Cecil, L. DeWayne; Gesell, T.F.</t>
         </is>
       </c>
       <c r="AZ322" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA322" t="inlineStr">
         <is>
-          <t>5059fa80e4b0c8380cd4db28</t>
+          <t>505ab06be4b0c8380cd87ad3</t>
         </is>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70017244</t>
+          <t>https://pubs.usgs.gov/publication/70016338</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>70017244</t>
+          <t>70016338</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>70017244</t>
+          <t>70016338</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
           <t>Conference Paper</t>
         </is>
       </c>
       <c r="E323" t="inlineStr">
         <is>
           <t>Conference Paper</t>
         </is>
       </c>
       <c r="G323" t="inlineStr">
         <is>
-          <t>Methodology for rapid assessment of the radon potential of soils</t>
-[...4 lines deleted...]
-          <t>10.1007/BF02040484</t>
+          <t>Using soil gas radon and geology to estimate regional radon potential</t>
         </is>
       </c>
       <c r="R323" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>45</t>
         </is>
       </c>
       <c r="S323" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1-4 SUPPL.</t>
         </is>
       </c>
       <c r="T323" t="inlineStr">
         <is>
           <t>1992</t>
         </is>
       </c>
       <c r="U323" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V323" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="AC323" t="inlineStr">
         <is>
-          <t>Journal of Radioanalytical and Nuclear Chemistry</t>
+          <t>Radiation Protection Dosimetry</t>
         </is>
       </c>
       <c r="AD323" t="inlineStr">
         <is>
-          <t>377</t>
+          <t>219</t>
         </is>
       </c>
       <c r="AE323" t="inlineStr">
         <is>
-          <t>387</t>
+          <t>221</t>
         </is>
       </c>
       <c r="AF323" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AW323" t="inlineStr">
         <is>
           <t>Reimer, G.M.</t>
         </is>
       </c>
       <c r="AZ323" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA323" t="inlineStr">
         <is>
-          <t>505a5574e4b0c8380cd6d1fb</t>
+          <t>505bc0a2e4b08c986b32a233</t>
         </is>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70017004</t>
+          <t>https://pubs.usgs.gov/publication/7000018</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>70017004</t>
+          <t>7000018</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>70017004</t>
+          <t>7000018</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E324" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>USGS Unnumbered Series</t>
         </is>
       </c>
       <c r="G324" t="inlineStr">
         <is>
-          <t>The effect of rock type, grain size, sorting, permeability, and moisture on measurements of radon in soil gas: A comparison of two measurement techniques</t>
+          <t>The geology of radon</t>
+        </is>
+      </c>
+      <c r="H324" t="inlineStr">
+        <is>
+          <t>General Interest Publication</t>
+        </is>
+      </c>
+      <c r="O324" t="inlineStr">
+        <is>
+          <t>0160379741</t>
         </is>
       </c>
       <c r="P324" t="inlineStr">
         <is>
-          <t>10.1007/BF02040479</t>
-[...7 lines deleted...]
-      <c r="S324" t="inlineStr">
+          <t>10.3133/7000018</t>
+        </is>
+      </c>
+      <c r="T324" t="inlineStr">
+        <is>
+          <t>1992</t>
+        </is>
+      </c>
+      <c r="U324" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V324" t="inlineStr">
+        <is>
+          <t>ENGLISH</t>
+        </is>
+      </c>
+      <c r="Z324" t="inlineStr">
+        <is>
+          <t>28, [1] p. : col. ill., col. maps ; 24 cm.</t>
+        </is>
+      </c>
+      <c r="AW324" t="inlineStr">
+        <is>
+          <t>Otton, James K. jkotton@usgs.gov</t>
+        </is>
+      </c>
+      <c r="AZ324" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="T324" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="BA324" t="inlineStr">
         <is>
-          <t>505bab49e4b08c986b322d40</t>
+          <t>4f4e4a9ae4b07f02db65d977</t>
         </is>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70017170</t>
+          <t>https://pubs.usgs.gov/publication/70017004</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
-          <t>70017170</t>
+          <t>70017004</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>70017170</t>
+          <t>70017004</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="E325" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Conference Paper</t>
         </is>
       </c>
       <c r="G325" t="inlineStr">
         <is>
-          <t>Statistical analysis of the radon-222 potential of rocks in Virginia, U.S.A.</t>
-[...4 lines deleted...]
-          <t>Environmental Geology and Water Sciences</t>
+          <t>The effect of rock type, grain size, sorting, permeability, and moisture on measurements of radon in soil gas: A comparison of two measurement techniques</t>
         </is>
       </c>
       <c r="P325" t="inlineStr">
         <is>
-          <t>10.1007/BF01704086</t>
+          <t>10.1007/BF02040479</t>
         </is>
       </c>
       <c r="R325" t="inlineStr">
         <is>
-          <t>19</t>
+          <t>161</t>
         </is>
       </c>
       <c r="S325" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>2</t>
         </is>
       </c>
       <c r="T325" t="inlineStr">
         <is>
           <t>1992</t>
         </is>
       </c>
       <c r="U325" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V325" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="X325" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC325" t="inlineStr">
         <is>
-          <t>Environmental Geology and Water Sciences</t>
+          <t>Journal of Radioanalytical and Nuclear Chemistry</t>
         </is>
       </c>
       <c r="AD325" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>325</t>
         </is>
       </c>
       <c r="AE325" t="inlineStr">
         <is>
-          <t>203</t>
+          <t>337</t>
         </is>
       </c>
       <c r="AF325" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>13</t>
         </is>
       </c>
       <c r="AW325" t="inlineStr">
         <is>
-          <t>Brown, C. Erwin; Mose, D.G.; Mushrush, G.W.; Chrosniak, C.E.</t>
+          <t>Gundersen, L.C.S.</t>
         </is>
       </c>
       <c r="AZ325" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA325" t="inlineStr">
         <is>
-          <t>505b9715e4b08c986b31b887</t>
+          <t>505bab49e4b08c986b322d40</t>
         </is>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70016451</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
           <t>70016451</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
           <t>70016451</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E326" t="inlineStr">
@@ -38646,258 +38661,258 @@
       </c>
       <c r="AW327" t="inlineStr">
         <is>
           <t>Wanty, Richard B. 0000-0002-2063-6423 rwanty@usgs.gov</t>
         </is>
       </c>
       <c r="AX327" t="inlineStr">
         <is>
           <t>Gundersen, L.C.S.</t>
         </is>
       </c>
       <c r="AZ327" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA327" t="inlineStr">
         <is>
           <t>4f4e49fce4b07f02db5f50b2</t>
         </is>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr91464</t>
+          <t>https://pubs.usgs.gov/publication/ofr91641</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>20798</t>
+          <t>18227</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>ofr91464</t>
+          <t>ofr91641</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E328" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G328" t="inlineStr">
         <is>
-          <t>Chemical analysis of water samples and geophysical logs from cored test holes drilled in the central Oklahoma Aquifer, Oklahoma</t>
+          <t>Short-term fluctuations in barometric pressure, soil-gas radon, and gamma radiation</t>
         </is>
       </c>
       <c r="H328" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I328" t="inlineStr">
         <is>
-          <t>91-464</t>
+          <t>91-641</t>
         </is>
       </c>
       <c r="M328" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N328" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P328" t="inlineStr">
         <is>
-          <t>10.3133/ofr91464</t>
+          <t>10.3133/ofr91641</t>
         </is>
       </c>
       <c r="T328" t="inlineStr">
         <is>
           <t>1991</t>
         </is>
       </c>
       <c r="U328" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V328" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W328" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Oklahoma City, OK</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z328" t="inlineStr">
         <is>
-          <t>vi, 58 p.</t>
-[...14 lines deleted...]
-          <t>Central Oklahoma Aquifer</t>
+          <t>7 p. :ill. ;28 cm.</t>
         </is>
       </c>
       <c r="AW328" t="inlineStr">
         <is>
-          <t>Schlottmann, Jamie L.; Funkhouser, Ron A.</t>
+          <t>Bowles, C. Gilbert; Reimer, G. Michael</t>
         </is>
       </c>
       <c r="AZ328" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA328" t="inlineStr">
         <is>
-          <t>4f4e499fe4b07f02db5bcceb</t>
+          <t>4f4e49fae4b07f02db5f3ef7</t>
         </is>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr91641</t>
+          <t>https://pubs.usgs.gov/publication/ofr91464</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>18227</t>
+          <t>20798</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>ofr91641</t>
+          <t>ofr91464</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E329" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G329" t="inlineStr">
         <is>
-          <t>Short-term fluctuations in barometric pressure, soil-gas radon, and gamma radiation</t>
+          <t>Chemical analysis of water samples and geophysical logs from cored test holes drilled in the central Oklahoma Aquifer, Oklahoma</t>
         </is>
       </c>
       <c r="H329" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I329" t="inlineStr">
         <is>
-          <t>91-641</t>
+          <t>91-464</t>
         </is>
       </c>
       <c r="M329" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N329" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P329" t="inlineStr">
         <is>
-          <t>10.3133/ofr91641</t>
+          <t>10.3133/ofr91464</t>
         </is>
       </c>
       <c r="T329" t="inlineStr">
         <is>
           <t>1991</t>
         </is>
       </c>
       <c r="U329" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V329" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W329" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X329" t="inlineStr">
+        <is>
+          <t>Oklahoma City, OK</t>
         </is>
       </c>
       <c r="Z329" t="inlineStr">
         <is>
-          <t>7 p. :ill. ;28 cm.</t>
+          <t>vi, 58 p.</t>
+        </is>
+      </c>
+      <c r="AM329" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN329" t="inlineStr">
+        <is>
+          <t>Oklahoma</t>
+        </is>
+      </c>
+      <c r="AQ329" t="inlineStr">
+        <is>
+          <t>Central Oklahoma Aquifer</t>
         </is>
       </c>
       <c r="AW329" t="inlineStr">
         <is>
-          <t>Bowles, C. Gilbert; Reimer, G. Michael</t>
+          <t>Schlottmann, Jamie L.; Funkhouser, Ron A.</t>
         </is>
       </c>
       <c r="AZ329" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA329" t="inlineStr">
         <is>
-          <t>4f4e49fae4b07f02db5f3ef7</t>
+          <t>4f4e499fe4b07f02db5bcceb</t>
         </is>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70016464</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
           <t>70016464</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
           <t>70016464</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E330" t="inlineStr">
@@ -39288,365 +39303,365 @@
       </c>
       <c r="Z333" t="inlineStr">
         <is>
           <t>42 p. :ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW333" t="inlineStr">
         <is>
           <t>Duval, J. S.; Reimer, G.M.; Schumann, R.R.; Owen, D.E.; Otton, J. K.</t>
         </is>
       </c>
       <c r="AZ333" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA333" t="inlineStr">
         <is>
           <t>4f4e49efe4b07f02db5edbe2</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70016293</t>
+          <t>https://pubs.usgs.gov/publication/70015824</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
-          <t>70016293</t>
+          <t>70015824</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>70016293</t>
+          <t>70015824</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E334" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G334" t="inlineStr">
         <is>
-          <t>Pedologic and climatic controls on Rn-222 concentrations in soil gas, Denver, Colorado</t>
+          <t>Geochemical hosts of solubilized radionuclides in uranium mill tailings</t>
         </is>
       </c>
       <c r="H334" t="inlineStr">
         <is>
-          <t>Geophysical Research Letters</t>
+          <t>Hydrometallurgy</t>
         </is>
       </c>
       <c r="P334" t="inlineStr">
         <is>
-          <t>10.1029/GL017i006p00825</t>
+          <t>10.1016/0304-386X(90)90099-N</t>
         </is>
       </c>
       <c r="R334" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>24</t>
         </is>
       </c>
       <c r="S334" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>3</t>
         </is>
       </c>
       <c r="T334" t="inlineStr">
         <is>
           <t>1990</t>
         </is>
       </c>
       <c r="U334" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V334" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W334" t="inlineStr">
         <is>
-          <t>American Geophysical Union</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Z334" t="inlineStr">
         <is>
-          <t>4 p.</t>
+          <t>12 p.</t>
         </is>
       </c>
       <c r="AD334" t="inlineStr">
         <is>
-          <t>825</t>
+          <t>361</t>
         </is>
       </c>
       <c r="AE334" t="inlineStr">
         <is>
-          <t>828</t>
+          <t>372</t>
         </is>
       </c>
       <c r="AF334" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="AW334" t="inlineStr">
         <is>
-          <t>Asher-Bolinder, S.; Owen, D.E.; Schumann, R.R.</t>
+          <t>Landa, E. R.; Bush, C. A.</t>
         </is>
       </c>
       <c r="AZ334" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA334" t="inlineStr">
         <is>
-          <t>505a762de4b0c8380cd77f8a</t>
+          <t>505a1641e4b0c8380cd550ed</t>
         </is>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70015824</t>
+          <t>https://pubs.usgs.gov/publication/70015928</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>70015824</t>
+          <t>70015928</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>70015824</t>
+          <t>70015928</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E335" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G335" t="inlineStr">
         <is>
-          <t>Geochemical hosts of solubilized radionuclides in uranium mill tailings</t>
+          <t>Radium distribution and indoor radon in the Pacific Northwest</t>
         </is>
       </c>
       <c r="H335" t="inlineStr">
         <is>
-          <t>Hydrometallurgy</t>
+          <t>Geophysical Research Letters</t>
         </is>
       </c>
       <c r="P335" t="inlineStr">
         <is>
-          <t>10.1016/0304-386X(90)90099-N</t>
+          <t>10.1029/GL017i006p00801</t>
         </is>
       </c>
       <c r="R335" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>17</t>
         </is>
       </c>
       <c r="S335" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>6</t>
         </is>
       </c>
       <c r="T335" t="inlineStr">
         <is>
           <t>1990</t>
         </is>
       </c>
       <c r="U335" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V335" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W335" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>American Geophysical Union</t>
         </is>
       </c>
       <c r="Z335" t="inlineStr">
         <is>
-          <t>12 p.</t>
+          <t>4 p.</t>
         </is>
       </c>
       <c r="AD335" t="inlineStr">
         <is>
-          <t>361</t>
+          <t>801</t>
         </is>
       </c>
       <c r="AE335" t="inlineStr">
         <is>
-          <t>372</t>
+          <t>804</t>
         </is>
       </c>
       <c r="AF335" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="AW335" t="inlineStr">
         <is>
-          <t>Landa, E. R.; Bush, C. A.</t>
+          <t>Duval, J. S.; Otton, J. K.</t>
         </is>
       </c>
       <c r="AZ335" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA335" t="inlineStr">
         <is>
-          <t>505a1641e4b0c8380cd550ed</t>
+          <t>505a942ce4b0c8380cd81245</t>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70015728</t>
+          <t>https://pubs.usgs.gov/publication/70016293</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>70015728</t>
+          <t>70016293</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>70015728</t>
+          <t>70016293</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E336" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G336" t="inlineStr">
         <is>
-          <t>Reconnaissance techniques for determining soil-gas radon concentrations: an example from Prince Georges County, Maryland</t>
+          <t>Pedologic and climatic controls on Rn-222 concentrations in soil gas, Denver, Colorado</t>
         </is>
       </c>
       <c r="H336" t="inlineStr">
         <is>
           <t>Geophysical Research Letters</t>
         </is>
       </c>
       <c r="P336" t="inlineStr">
         <is>
-          <t>10.1029/GL017i006p00809</t>
+          <t>10.1029/GL017i006p00825</t>
         </is>
       </c>
       <c r="R336" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="S336" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="T336" t="inlineStr">
         <is>
           <t>1990</t>
         </is>
       </c>
       <c r="U336" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V336" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W336" t="inlineStr">
         <is>
           <t>American Geophysical Union</t>
         </is>
       </c>
       <c r="Z336" t="inlineStr">
         <is>
           <t>4 p.</t>
         </is>
       </c>
       <c r="AD336" t="inlineStr">
         <is>
-          <t>809</t>
+          <t>825</t>
         </is>
       </c>
       <c r="AE336" t="inlineStr">
         <is>
-          <t>812</t>
+          <t>828</t>
         </is>
       </c>
       <c r="AF336" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="AW336" t="inlineStr">
         <is>
-          <t>Reimer, G.M.</t>
+          <t>Asher-Bolinder, S.; Owen, D.E.; Schumann, R.R.</t>
         </is>
       </c>
       <c r="AZ336" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA336" t="inlineStr">
         <is>
-          <t>50e4a241e4b0e8fec6cdb533</t>
+          <t>505a762de4b0c8380cd77f8a</t>
         </is>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70016024</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
           <t>70016024</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
           <t>70016024</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E337" t="inlineStr">
@@ -39726,151 +39741,151 @@
       </c>
       <c r="AQ337" t="inlineStr">
         <is>
           <t>Charlotte Harbor Estuary</t>
         </is>
       </c>
       <c r="AW337" t="inlineStr">
         <is>
           <t>Miller, R. L.; Kraemer, T. F.; McPherson, B. F.</t>
         </is>
       </c>
       <c r="AZ337" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA337" t="inlineStr">
         <is>
           <t>505a9425e4b0c8380cd81226</t>
         </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70015928</t>
+          <t>https://pubs.usgs.gov/publication/70015728</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>70015928</t>
+          <t>70015728</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>70015928</t>
+          <t>70015728</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E338" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G338" t="inlineStr">
         <is>
-          <t>Radium distribution and indoor radon in the Pacific Northwest</t>
+          <t>Reconnaissance techniques for determining soil-gas radon concentrations: an example from Prince Georges County, Maryland</t>
         </is>
       </c>
       <c r="H338" t="inlineStr">
         <is>
           <t>Geophysical Research Letters</t>
         </is>
       </c>
       <c r="P338" t="inlineStr">
         <is>
-          <t>10.1029/GL017i006p00801</t>
+          <t>10.1029/GL017i006p00809</t>
         </is>
       </c>
       <c r="R338" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="S338" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="T338" t="inlineStr">
         <is>
           <t>1990</t>
         </is>
       </c>
       <c r="U338" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V338" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W338" t="inlineStr">
         <is>
           <t>American Geophysical Union</t>
         </is>
       </c>
       <c r="Z338" t="inlineStr">
         <is>
           <t>4 p.</t>
         </is>
       </c>
       <c r="AD338" t="inlineStr">
         <is>
-          <t>801</t>
+          <t>809</t>
         </is>
       </c>
       <c r="AE338" t="inlineStr">
         <is>
-          <t>804</t>
+          <t>812</t>
         </is>
       </c>
       <c r="AF338" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="AW338" t="inlineStr">
         <is>
-          <t>Duval, J. S.; Otton, J. K.</t>
+          <t>Reimer, G.M.</t>
         </is>
       </c>
       <c r="AZ338" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA338" t="inlineStr">
         <is>
-          <t>505a942ce4b0c8380cd81245</t>
+          <t>50e4a241e4b0e8fec6cdb533</t>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70016335</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
           <t>70016335</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
           <t>70016335</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E339" t="inlineStr">
@@ -40057,273 +40072,273 @@
       </c>
       <c r="AN340" t="inlineStr">
         <is>
           <t>Idaho, Montana, Oregon, Washington, Wyoming</t>
         </is>
       </c>
       <c r="AW340" t="inlineStr">
         <is>
           <t>Duval, Joseph S.; Otton, James K. jkotton@usgs.gov; Jones, W. J.</t>
         </is>
       </c>
       <c r="AZ340" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA340" t="inlineStr">
         <is>
           <t>4f4e4a80e4b07f02db649abe</t>
         </is>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr89486</t>
+          <t>https://pubs.usgs.gov/publication/ofr89253</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>12619</t>
+          <t>20713</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
-          <t>ofr89486</t>
+          <t>ofr89253</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E341" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G341" t="inlineStr">
         <is>
-          <t>Helium and radon soil-gas surveys of collapse features on the Hualapai Indian Reservation</t>
+          <t>Flow of ground water through fractured carbonate rocks in the Prairie du Chien-Jordan Aquifer, southeastern Minnesota</t>
         </is>
       </c>
       <c r="H341" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I341" t="inlineStr">
         <is>
-          <t>89-486</t>
+          <t>89-253</t>
         </is>
       </c>
       <c r="M341" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N341" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P341" t="inlineStr">
         <is>
-          <t>10.3133/ofr89486</t>
+          <t>10.3133/ofr89253</t>
         </is>
       </c>
       <c r="T341" t="inlineStr">
         <is>
           <t>1989</t>
         </is>
       </c>
       <c r="U341" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V341" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W341" t="inlineStr">
         <is>
-          <t>Dept. of the Interior, U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X341" t="inlineStr">
+        <is>
+          <t>St. Paul, MN</t>
+        </is>
+      </c>
+      <c r="Y341" t="inlineStr">
+        <is>
+          <t>Minnesota Water Science Center</t>
         </is>
       </c>
       <c r="Z341" t="inlineStr">
         <is>
-          <t>i, 29 p. :ill. ;28 cm.</t>
+          <t>2 p.</t>
+        </is>
+      </c>
+      <c r="AM341" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN341" t="inlineStr">
+        <is>
+          <t>Minnesota</t>
+        </is>
+      </c>
+      <c r="AQ341" t="inlineStr">
+        <is>
+          <t>Prairie du Chien-Jordan Aquifer</t>
+        </is>
+      </c>
+      <c r="AU341" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV341" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW341" t="inlineStr">
         <is>
-          <t>Been, J.M.; Szarzi, S.L.</t>
+          <t>Ruhl, J. F.</t>
         </is>
       </c>
       <c r="AZ341" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA341" t="inlineStr">
         <is>
-          <t>4f4e4a61e4b07f02db635da7</t>
+          <t>4f4e48c0e4b07f02db53c023</t>
         </is>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr89253</t>
+          <t>https://pubs.usgs.gov/publication/ofr89486</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>20713</t>
+          <t>12619</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
-          <t>ofr89253</t>
+          <t>ofr89486</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E342" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G342" t="inlineStr">
         <is>
-          <t>Flow of ground water through fractured carbonate rocks in the Prairie du Chien-Jordan Aquifer, southeastern Minnesota</t>
+          <t>Helium and radon soil-gas surveys of collapse features on the Hualapai Indian Reservation</t>
         </is>
       </c>
       <c r="H342" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I342" t="inlineStr">
         <is>
-          <t>89-253</t>
+          <t>89-486</t>
         </is>
       </c>
       <c r="M342" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N342" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P342" t="inlineStr">
         <is>
-          <t>10.3133/ofr89253</t>
+          <t>10.3133/ofr89486</t>
         </is>
       </c>
       <c r="T342" t="inlineStr">
         <is>
           <t>1989</t>
         </is>
       </c>
       <c r="U342" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V342" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W342" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...9 lines deleted...]
-          <t>Minnesota Water Science Center</t>
+          <t>Dept. of the Interior, U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z342" t="inlineStr">
         <is>
-          <t>2 p.</t>
-[...24 lines deleted...]
-          <t>N</t>
+          <t>i, 29 p. :ill. ;28 cm.</t>
         </is>
       </c>
       <c r="AW342" t="inlineStr">
         <is>
-          <t>Ruhl, J. F.</t>
+          <t>Been, J.M.; Szarzi, S.L.</t>
         </is>
       </c>
       <c r="AZ342" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA342" t="inlineStr">
         <is>
-          <t>4f4e48c0e4b07f02db53c023</t>
+          <t>4f4e4a61e4b07f02db635da7</t>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70015573</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
           <t>70015573</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
           <t>70015573</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E343" t="inlineStr">
@@ -40505,432 +40520,432 @@
       </c>
       <c r="AE344" t="inlineStr">
         <is>
           <t>214</t>
         </is>
       </c>
       <c r="AW344" t="inlineStr">
         <is>
           <t>Friedmann, H.; Aric, K.; Gutdeutsch, R.; King, C.-Y.; Altay, C.; Sav, H.</t>
         </is>
       </c>
       <c r="AZ344" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA344" t="inlineStr">
         <is>
           <t>505a9440e4b0c8380cd812bd</t>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr8818</t>
+          <t>https://pubs.usgs.gov/publication/mf2047</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>15860</t>
+          <t>58530</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
-          <t>ofr8818</t>
+          <t>mf2047</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E345" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G345" t="inlineStr">
         <is>
-          <t>Relationships between geology, equivalent uranium concentration, and radon in soil gas, Fairfax County, Virginia</t>
+          <t>Map showing radon potential of rocks and soils in Fairfax County, Virginia</t>
         </is>
       </c>
       <c r="H345" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Miscellaneous Field Studies Map</t>
         </is>
       </c>
       <c r="I345" t="inlineStr">
         <is>
-          <t>88-18</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>2047</t>
         </is>
       </c>
       <c r="P345" t="inlineStr">
         <is>
-          <t>10.3133/ofr8818</t>
+          <t>10.3133/mf2047</t>
         </is>
       </c>
       <c r="T345" t="inlineStr">
         <is>
           <t>1988</t>
         </is>
       </c>
       <c r="U345" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V345" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W345" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z345" t="inlineStr">
         <is>
-          <t>28 p. :ill., maps ;28 cm.</t>
+          <t>1 Plate: 43.60 x 52.14 inches</t>
+        </is>
+      </c>
+      <c r="AM345" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN345" t="inlineStr">
+        <is>
+          <t>Virginia</t>
+        </is>
+      </c>
+      <c r="AO345" t="inlineStr">
+        <is>
+          <t>Fairfax County</t>
+        </is>
+      </c>
+      <c r="AT345" t="inlineStr">
+        <is>
+          <t>48000</t>
         </is>
       </c>
       <c r="AW345" t="inlineStr">
         <is>
-          <t>Schumann, R.R.; Owen, D.E.</t>
+          <t>Otton, James K. jkotton@usgs.gov; Schumann, R. Randall 0000-0001-8158-6960 rschumann@usgs.gov; Owen, Douglass E.; Thurman, Nelson; Duval, Joseph S.</t>
         </is>
       </c>
       <c r="AZ345" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA345" t="inlineStr">
         <is>
-          <t>4f4e4ac8e4b07f02db67c090</t>
+          <t>4f4e4b13e4b07f02db6a343e</t>
         </is>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/wri884025</t>
+          <t>https://pubs.usgs.gov/publication/ofr8818</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>29990</t>
+          <t>15860</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>wri884025</t>
+          <t>ofr8818</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E346" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G346" t="inlineStr">
         <is>
-          <t>Distribution of gases in the unsaturated zone at a low-level radioactive-waste disposal site near Sheffield, Illinois</t>
+          <t>Relationships between geology, equivalent uranium concentration, and radon in soil gas, Fairfax County, Virginia</t>
         </is>
       </c>
       <c r="H346" t="inlineStr">
         <is>
-          <t>Water-Resources Investigations Report</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I346" t="inlineStr">
         <is>
-          <t>88-4025</t>
+          <t>88-18</t>
+        </is>
+      </c>
+      <c r="M346" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N346" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P346" t="inlineStr">
         <is>
-          <t>10.3133/wri884025</t>
+          <t>10.3133/ofr8818</t>
         </is>
       </c>
       <c r="T346" t="inlineStr">
         <is>
           <t>1988</t>
         </is>
       </c>
       <c r="U346" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V346" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W346" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z346" t="inlineStr">
         <is>
-          <t>vii, 69 p. :ill., maps ;28 cm.</t>
+          <t>28 p. :ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW346" t="inlineStr">
         <is>
-          <t>Striegl, Robert G. 0000-0002-8251-4659 rstriegl@usgs.gov</t>
+          <t>Schumann, R.R.; Owen, D.E.</t>
         </is>
       </c>
       <c r="AZ346" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA346" t="inlineStr">
         <is>
-          <t>4f4e4a70e4b07f02db64111d</t>
+          <t>4f4e4ac8e4b07f02db67c090</t>
         </is>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr8852</t>
+          <t>https://pubs.usgs.gov/publication/wri884025</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>15617</t>
+          <t>29990</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
-          <t>ofr8852</t>
+          <t>wri884025</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E347" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G347" t="inlineStr">
         <is>
-          <t>Radon soil-gas survey in Prince Georges County, Maryland</t>
+          <t>Distribution of gases in the unsaturated zone at a low-level radioactive-waste disposal site near Sheffield, Illinois</t>
         </is>
       </c>
       <c r="H347" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Water-Resources Investigations Report</t>
         </is>
       </c>
       <c r="I347" t="inlineStr">
         <is>
-          <t>88-52</t>
-[...9 lines deleted...]
-          <t>0196-1497</t>
+          <t>88-4025</t>
         </is>
       </c>
       <c r="P347" t="inlineStr">
         <is>
-          <t>10.3133/ofr8852</t>
+          <t>10.3133/wri884025</t>
         </is>
       </c>
       <c r="T347" t="inlineStr">
         <is>
           <t>1988</t>
         </is>
       </c>
       <c r="U347" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V347" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W347" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z347" t="inlineStr">
         <is>
-          <t>12 p. :ill ;28 cm.</t>
+          <t>vii, 69 p. :ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW347" t="inlineStr">
         <is>
-          <t>Reimer, G.M.</t>
+          <t>Striegl, Robert G. 0000-0002-8251-4659 rstriegl@usgs.gov</t>
         </is>
       </c>
       <c r="AZ347" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA347" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db649a52</t>
+          <t>4f4e4a70e4b07f02db64111d</t>
         </is>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/mf2047</t>
+          <t>https://pubs.usgs.gov/publication/ofr8852</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>58530</t>
+          <t>15617</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
-          <t>mf2047</t>
+          <t>ofr8852</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E348" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G348" t="inlineStr">
         <is>
-          <t>Map showing radon potential of rocks and soils in Fairfax County, Virginia</t>
+          <t>Radon soil-gas survey in Prince Georges County, Maryland</t>
         </is>
       </c>
       <c r="H348" t="inlineStr">
         <is>
-          <t>Miscellaneous Field Studies Map</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I348" t="inlineStr">
         <is>
-          <t>2047</t>
+          <t>88-52</t>
+        </is>
+      </c>
+      <c r="M348" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N348" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P348" t="inlineStr">
         <is>
-          <t>10.3133/mf2047</t>
+          <t>10.3133/ofr8852</t>
         </is>
       </c>
       <c r="T348" t="inlineStr">
         <is>
           <t>1988</t>
         </is>
       </c>
       <c r="U348" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V348" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W348" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z348" t="inlineStr">
         <is>
-          <t>1 Plate: 43.60 x 52.14 inches</t>
-[...19 lines deleted...]
-          <t>48000</t>
+          <t>12 p. :ill ;28 cm.</t>
         </is>
       </c>
       <c r="AW348" t="inlineStr">
         <is>
-          <t>Otton, James K. jkotton@usgs.gov; Schumann, R. Randall 0000-0001-8158-6960 rschumann@usgs.gov; Owen, Douglass E.; Thurman, Nelson; Duval, Joseph S.</t>
+          <t>Reimer, G.M.</t>
         </is>
       </c>
       <c r="AZ348" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA348" t="inlineStr">
         <is>
-          <t>4f4e4b13e4b07f02db6a343e</t>
+          <t>4f4e4a80e4b07f02db649a52</t>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/mf2043</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
           <t>58531</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
           <t>mf2043</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E349" t="inlineStr">
@@ -41005,258 +41020,258 @@
       </c>
       <c r="AT349" t="inlineStr">
         <is>
           <t>62500</t>
         </is>
       </c>
       <c r="AW349" t="inlineStr">
         <is>
           <t>Gundersen, L.C.; Reimer, G.M.; Wiggs, C.R.; Rice, C. A.</t>
         </is>
       </c>
       <c r="AZ349" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA349" t="inlineStr">
         <is>
           <t>4f4e4a95e4b07f02db659e36</t>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70014419</t>
+          <t>https://pubs.usgs.gov/publication/70013737</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>70014419</t>
+          <t>70013737</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
-          <t>70014419</t>
+          <t>70013737</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E350" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G350" t="inlineStr">
         <is>
           <t>A tentative protocol for measurement of radon availability from the ground</t>
         </is>
       </c>
       <c r="H350" t="inlineStr">
         <is>
-          <t>Radiation Protection Dosimetry</t>
-[...4 lines deleted...]
-          <t>10.1093/oxfordjournals.rpd.a080246</t>
+          <t>Northeastern Environmental Science</t>
         </is>
       </c>
       <c r="R350" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>7</t>
         </is>
       </c>
       <c r="S350" t="inlineStr">
         <is>
-          <t>1-4</t>
+          <t>1</t>
         </is>
       </c>
       <c r="T350" t="inlineStr">
         <is>
           <t>1988</t>
         </is>
       </c>
       <c r="U350" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V350" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W350" t="inlineStr">
-[...6 lines deleted...]
-          <t>5 p.</t>
+      <c r="AA350" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB350" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC350" t="inlineStr">
+        <is>
+          <t>Northeastern Environmental Science</t>
         </is>
       </c>
       <c r="AD350" t="inlineStr">
         <is>
-          <t>79</t>
+          <t>58</t>
         </is>
       </c>
       <c r="AE350" t="inlineStr">
         <is>
-          <t>83</t>
+          <t>62</t>
         </is>
       </c>
       <c r="AF350" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="AW350" t="inlineStr">
         <is>
           <t>Tanner, A.B.</t>
         </is>
       </c>
       <c r="AZ350" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA350" t="inlineStr">
         <is>
-          <t>5059e5f5e4b0c8380cd47062</t>
+          <t>5059e5f5e4b0c8380cd4705f</t>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70013737</t>
+          <t>https://pubs.usgs.gov/publication/70014419</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>70013737</t>
+          <t>70014419</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
-          <t>70013737</t>
+          <t>70014419</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E351" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G351" t="inlineStr">
         <is>
           <t>A tentative protocol for measurement of radon availability from the ground</t>
         </is>
       </c>
       <c r="H351" t="inlineStr">
         <is>
-          <t>Northeastern Environmental Science</t>
+          <t>Radiation Protection Dosimetry</t>
+        </is>
+      </c>
+      <c r="P351" t="inlineStr">
+        <is>
+          <t>10.1093/oxfordjournals.rpd.a080246</t>
         </is>
       </c>
       <c r="R351" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>24</t>
         </is>
       </c>
       <c r="S351" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>1-4</t>
         </is>
       </c>
       <c r="T351" t="inlineStr">
         <is>
           <t>1988</t>
         </is>
       </c>
       <c r="U351" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V351" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="AA351" t="inlineStr">
-[...11 lines deleted...]
-          <t>Northeastern Environmental Science</t>
+      <c r="W351" t="inlineStr">
+        <is>
+          <t>Oxford Academic</t>
+        </is>
+      </c>
+      <c r="Z351" t="inlineStr">
+        <is>
+          <t>5 p.</t>
         </is>
       </c>
       <c r="AD351" t="inlineStr">
         <is>
-          <t>58</t>
+          <t>79</t>
         </is>
       </c>
       <c r="AE351" t="inlineStr">
         <is>
-          <t>62</t>
+          <t>83</t>
         </is>
       </c>
       <c r="AF351" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="AW351" t="inlineStr">
         <is>
           <t>Tanner, A.B.</t>
         </is>
       </c>
       <c r="AZ351" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA351" t="inlineStr">
         <is>
-          <t>5059e5f5e4b0c8380cd4705f</t>
+          <t>5059e5f5e4b0c8380cd47062</t>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70014127</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
           <t>70014127</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
           <t>70014127</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E352" t="inlineStr">
@@ -41759,445 +41774,445 @@
       </c>
       <c r="AQ356" t="inlineStr">
         <is>
           <t>Lake Tahoe-Carson Range area</t>
         </is>
       </c>
       <c r="AW356" t="inlineStr">
         <is>
           <t>Otton, James K. jkotton@usgs.gov; Zielinski, Robert A. 0000-0002-4047-5129 rzielinski@usgs.gov; Been, Josh M.</t>
         </is>
       </c>
       <c r="AZ356" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA356" t="inlineStr">
         <is>
           <t>4f4e4a09e4b07f02db5faf11</t>
         </is>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70013003</t>
+          <t>https://pubs.usgs.gov/publication/70012769</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>70013003</t>
+          <t>70012769</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
-          <t>70013003</t>
+          <t>70012769</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E357" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G357" t="inlineStr">
         <is>
-          <t>An estimate of hydrothermal fluid residence times and vent chimney growth rates based on  210Pb Pb ratios and mineralogic studies of sulfides dredged from the Juan de Fuca Ridge</t>
+          <t>Benthic fluxes in San Francisco Bay</t>
         </is>
       </c>
       <c r="H357" t="inlineStr">
         <is>
-          <t>Earth and Planetary Science Letters</t>
+          <t>Hydrobiologia</t>
+        </is>
+      </c>
+      <c r="M357" t="inlineStr">
+        <is>
+          <t>1573-5117</t>
+        </is>
+      </c>
+      <c r="N357" t="inlineStr">
+        <is>
+          <t>0018-8158</t>
         </is>
       </c>
       <c r="P357" t="inlineStr">
         <is>
-          <t>10.1016/0012-821X(85)90146-3</t>
+          <t>10.1007/BF00048688</t>
         </is>
       </c>
       <c r="R357" t="inlineStr">
         <is>
-          <t>76</t>
+          <t>129</t>
         </is>
       </c>
       <c r="S357" t="inlineStr">
         <is>
-          <t>1-2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="T357" t="inlineStr">
         <is>
           <t>1985</t>
         </is>
       </c>
       <c r="U357" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V357" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W357" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>Kluwer Academic Publishers</t>
+        </is>
+      </c>
+      <c r="X357" t="inlineStr">
+        <is>
+          <t>Berlin, Germany</t>
+        </is>
+      </c>
+      <c r="Y357" t="inlineStr">
+        <is>
+          <t>San Francisco Bay-Delta</t>
         </is>
       </c>
       <c r="Z357" t="inlineStr">
         <is>
-          <t>10 p.</t>
+          <t>22 p.</t>
+        </is>
+      </c>
+      <c r="AA357" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB357" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC357" t="inlineStr">
+        <is>
+          <t>Hydrobiologia</t>
         </is>
       </c>
       <c r="AD357" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>69</t>
         </is>
       </c>
       <c r="AE357" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>90</t>
         </is>
       </c>
       <c r="AF357" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="AM357" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN357" t="inlineStr">
+        <is>
+          <t>California</t>
+        </is>
+      </c>
+      <c r="AO357" t="inlineStr">
+        <is>
+          <t>San Francisco</t>
+        </is>
+      </c>
+      <c r="AP357" t="inlineStr">
+        <is>
+          <t>San Francisco</t>
+        </is>
+      </c>
+      <c r="AQ357" t="inlineStr">
+        <is>
+          <t>San Francisco Bay area</t>
+        </is>
+      </c>
+      <c r="AU357" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV357" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW357" t="inlineStr">
         <is>
-          <t>Kadko, D.; Koski, R.; Tatsumoto, M.; Bouse, R.</t>
+          <t>Hammond, Douglas E.; Fuller, C.; Harmon, D.; Hartman, Blayne; Korosec, M.; Miller, L.G.; Rea, R.; Warren, S.; Berelson, W.; Hager, S.W.</t>
         </is>
       </c>
       <c r="AZ357" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA357" t="inlineStr">
         <is>
-          <t>5059ea42e4b0c8380cd4873c</t>
+          <t>5059f0b6e4b0c8380cd4a889</t>
         </is>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70013331</t>
+          <t>https://pubs.usgs.gov/publication/70013003</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>70013331</t>
+          <t>70013003</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
-          <t>70013331</t>
+          <t>70013003</t>
         </is>
       </c>
       <c r="D358" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E358" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G358" t="inlineStr">
         <is>
-          <t>Impulsive radon emanation on a creeping segment of the San Andreas fault, California</t>
+          <t>An estimate of hydrothermal fluid residence times and vent chimney growth rates based on  210Pb Pb ratios and mineralogic studies of sulfides dredged from the Juan de Fuca Ridge</t>
         </is>
       </c>
       <c r="H358" t="inlineStr">
         <is>
-          <t>Pure and Applied Geophysics PAGEOPH</t>
+          <t>Earth and Planetary Science Letters</t>
         </is>
       </c>
       <c r="P358" t="inlineStr">
         <is>
-          <t>10.1007/BF00874603</t>
+          <t>10.1016/0012-821X(85)90146-3</t>
         </is>
       </c>
       <c r="R358" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>76</t>
         </is>
       </c>
       <c r="S358" t="inlineStr">
         <is>
-          <t>2-4</t>
+          <t>1-2</t>
         </is>
       </c>
       <c r="T358" t="inlineStr">
         <is>
           <t>1985</t>
         </is>
       </c>
       <c r="U358" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V358" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="X358" t="inlineStr">
-[...16 lines deleted...]
-          <t>Pure and Applied Geophysics PAGEOPH</t>
+      <c r="W358" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="Z358" t="inlineStr">
+        <is>
+          <t>10 p.</t>
         </is>
       </c>
       <c r="AD358" t="inlineStr">
         <is>
-          <t>340</t>
+          <t>35</t>
         </is>
       </c>
       <c r="AE358" t="inlineStr">
         <is>
-          <t>352</t>
+          <t>44</t>
         </is>
       </c>
       <c r="AF358" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>10</t>
         </is>
       </c>
       <c r="AW358" t="inlineStr">
         <is>
-          <t>King, C.-Y.</t>
+          <t>Kadko, D.; Koski, R.; Tatsumoto, M.; Bouse, R.</t>
         </is>
       </c>
       <c r="AZ358" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA358" t="inlineStr">
         <is>
-          <t>505a3983e4b0c8380cd61953</t>
+          <t>5059ea42e4b0c8380cd4873c</t>
         </is>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70012769</t>
+          <t>https://pubs.usgs.gov/publication/70013331</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>70012769</t>
+          <t>70013331</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>70012769</t>
+          <t>70013331</t>
         </is>
       </c>
       <c r="D359" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E359" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G359" t="inlineStr">
         <is>
-          <t>Benthic fluxes in San Francisco Bay</t>
+          <t>Impulsive radon emanation on a creeping segment of the San Andreas fault, California</t>
         </is>
       </c>
       <c r="H359" t="inlineStr">
         <is>
-          <t>Hydrobiologia</t>
-[...9 lines deleted...]
-          <t>0018-8158</t>
+          <t>Pure and Applied Geophysics PAGEOPH</t>
         </is>
       </c>
       <c r="P359" t="inlineStr">
         <is>
-          <t>10.1007/BF00048688</t>
+          <t>10.1007/BF00874603</t>
         </is>
       </c>
       <c r="R359" t="inlineStr">
         <is>
-          <t>129</t>
+          <t>122</t>
         </is>
       </c>
       <c r="S359" t="inlineStr">
         <is>
+          <t>2-4</t>
+        </is>
+      </c>
+      <c r="T359" t="inlineStr">
+        <is>
+          <t>1985</t>
+        </is>
+      </c>
+      <c r="U359" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V359" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="X359" t="inlineStr">
+        <is>
+          <t>Birkha??user-Verlag</t>
+        </is>
+      </c>
+      <c r="AA359" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB359" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC359" t="inlineStr">
+        <is>
+          <t>Pure and Applied Geophysics PAGEOPH</t>
+        </is>
+      </c>
+      <c r="AD359" t="inlineStr">
+        <is>
+          <t>340</t>
+        </is>
+      </c>
+      <c r="AE359" t="inlineStr">
+        <is>
+          <t>352</t>
+        </is>
+      </c>
+      <c r="AF359" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="AW359" t="inlineStr">
+        <is>
+          <t>King, C.-Y.</t>
+        </is>
+      </c>
+      <c r="AZ359" t="inlineStr">
+        <is>
           <t>1</t>
         </is>
       </c>
-      <c r="T359" t="inlineStr">
-[...108 lines deleted...]
-      </c>
       <c r="BA359" t="inlineStr">
         <is>
-          <t>5059f0b6e4b0c8380cd4a889</t>
+          <t>505a3983e4b0c8380cd61953</t>
         </is>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70164484</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
           <t>70164484</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
           <t>70164484</t>
         </is>
       </c>
       <c r="D360" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E360" t="inlineStr">
@@ -42292,258 +42307,258 @@
       </c>
       <c r="AV360" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AW360" t="inlineStr">
         <is>
           <t>Hartman, Blayne; Hammond, Douglas E.</t>
         </is>
       </c>
       <c r="AZ360" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA360" t="inlineStr">
         <is>
           <t>56b9ca56e4b08d617f63a812</t>
         </is>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70013729</t>
+          <t>https://pubs.usgs.gov/publication/70013926</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>70013729</t>
+          <t>70013926</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
-          <t>70013729</t>
+          <t>70013926</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E361" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G361" t="inlineStr">
         <is>
-          <t>Radon in earth-sheltered structures</t>
+          <t>Geochemical and radiological characterization of soils from former radium processing sites</t>
         </is>
       </c>
       <c r="H361" t="inlineStr">
         <is>
-          <t>Underground Space</t>
+          <t>Health Physics</t>
         </is>
       </c>
       <c r="R361" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>46</t>
         </is>
       </c>
       <c r="S361" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>2</t>
         </is>
       </c>
       <c r="T361" t="inlineStr">
         <is>
           <t>1984</t>
         </is>
       </c>
       <c r="U361" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V361" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="AA361" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB361" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC361" t="inlineStr">
         <is>
-          <t>Underground Space</t>
+          <t>Health Physics</t>
         </is>
       </c>
       <c r="AD361" t="inlineStr">
         <is>
-          <t>264</t>
+          <t>385</t>
         </is>
       </c>
       <c r="AE361" t="inlineStr">
         <is>
-          <t>269</t>
+          <t>394</t>
         </is>
       </c>
       <c r="AF361" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>10</t>
         </is>
       </c>
       <c r="AW361" t="inlineStr">
         <is>
           <t>Landa, E. R.</t>
         </is>
       </c>
       <c r="AZ361" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA361" t="inlineStr">
         <is>
-          <t>505a9438e4b0c8380cd8128e</t>
+          <t>505a15e3e4b0c8380cd54f95</t>
         </is>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70013926</t>
+          <t>https://pubs.usgs.gov/publication/70013729</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>70013926</t>
+          <t>70013729</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
-          <t>70013926</t>
+          <t>70013729</t>
         </is>
       </c>
       <c r="D362" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E362" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G362" t="inlineStr">
         <is>
-          <t>Geochemical and radiological characterization of soils from former radium processing sites</t>
+          <t>Radon in earth-sheltered structures</t>
         </is>
       </c>
       <c r="H362" t="inlineStr">
         <is>
-          <t>Health Physics</t>
+          <t>Underground Space</t>
         </is>
       </c>
       <c r="R362" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>8</t>
         </is>
       </c>
       <c r="S362" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>4</t>
         </is>
       </c>
       <c r="T362" t="inlineStr">
         <is>
           <t>1984</t>
         </is>
       </c>
       <c r="U362" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V362" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="AA362" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="AB362" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="AC362" t="inlineStr">
         <is>
-          <t>Health Physics</t>
+          <t>Underground Space</t>
         </is>
       </c>
       <c r="AD362" t="inlineStr">
         <is>
-          <t>385</t>
+          <t>264</t>
         </is>
       </c>
       <c r="AE362" t="inlineStr">
         <is>
-          <t>394</t>
+          <t>269</t>
         </is>
       </c>
       <c r="AF362" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AW362" t="inlineStr">
         <is>
           <t>Landa, E. R.</t>
         </is>
       </c>
       <c r="AZ362" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA362" t="inlineStr">
         <is>
-          <t>505a15e3e4b0c8380cd54f95</t>
+          <t>505a9438e4b0c8380cd8128e</t>
         </is>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/114</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
           <t>114</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
           <t>114</t>
         </is>
       </c>
       <c r="D363" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E363" t="inlineStr">
@@ -42593,447 +42608,447 @@
       </c>
       <c r="AF363" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="AW363" t="inlineStr">
         <is>
           <t>Teng, Ta-liang</t>
         </is>
       </c>
       <c r="AZ363" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA363" t="inlineStr">
         <is>
           <t>53e09e59e4b0beb42bdca446</t>
         </is>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr82324</t>
+          <t>https://pubs.usgs.gov/publication/ofr82743</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>8793</t>
+          <t>8141</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
-          <t>ofr82324</t>
+          <t>ofr82743</t>
         </is>
       </c>
       <c r="D364" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E364" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G364" t="inlineStr">
         <is>
-          <t>Radioactivity and geochemistry of selected mineral-spring waters in the Western United States; basic data and multivariate statistical analysis</t>
+          <t>Radioactive mineral spring precipitates, their analytical and statistical data and the uranium connection</t>
         </is>
       </c>
       <c r="H364" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I364" t="inlineStr">
         <is>
-          <t>82-324</t>
+          <t>82-743</t>
         </is>
       </c>
       <c r="M364" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N364" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P364" t="inlineStr">
         <is>
-          <t>10.3133/ofr82324</t>
+          <t>10.3133/ofr82743</t>
         </is>
       </c>
       <c r="T364" t="inlineStr">
         <is>
           <t>1982</t>
         </is>
       </c>
       <c r="U364" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V364" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W364" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z364" t="inlineStr">
         <is>
-          <t>ii, 107 p. :ill., maps ;28 cm.</t>
+          <t>iv, 127 p. ill., map ;28 cm.</t>
         </is>
       </c>
       <c r="AW364" t="inlineStr">
         <is>
-          <t>Felmlee, J.K.; Cadigan, R. A.</t>
+          <t>Cadigan, R. A.; Felmlee, J.K.</t>
         </is>
       </c>
       <c r="AZ364" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA364" t="inlineStr">
         <is>
-          <t>4f4e4a60e4b07f02db634cbd</t>
+          <t>4f4e4adae4b07f02db685961</t>
         </is>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr82382</t>
+          <t>https://pubs.usgs.gov/publication/ofr82971</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>10274</t>
+          <t>10275</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
-          <t>ofr82382</t>
+          <t>ofr82971</t>
         </is>
       </c>
       <c r="D365" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E365" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G365" t="inlineStr">
         <is>
-          <t>Radon survey of ground waters from Beaver and Milford basins, Utah</t>
+          <t>Radon, conductivity, and pH values for 146 water samples from Snowy Range, Wyoming</t>
         </is>
       </c>
       <c r="H365" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I365" t="inlineStr">
         <is>
-          <t>82-382</t>
+          <t>82-971</t>
         </is>
       </c>
       <c r="M365" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N365" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P365" t="inlineStr">
         <is>
-          <t>10.3133/ofr82382</t>
+          <t>10.3133/ofr82971</t>
         </is>
       </c>
       <c r="T365" t="inlineStr">
         <is>
           <t>1982</t>
         </is>
       </c>
       <c r="U365" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V365" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W365" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z365" t="inlineStr">
         <is>
-          <t>i, 15 p.</t>
-[...14 lines deleted...]
-          <t>Beaver and Milford basins</t>
+          <t>8 p., ill. ;28 cm.</t>
         </is>
       </c>
       <c r="AW365" t="inlineStr">
         <is>
-          <t>McHugh, J. B.; Miller, W. R.</t>
+          <t>McHugh, J. B.; Ficklin, W. H.; Miller, W. R.</t>
         </is>
       </c>
       <c r="AZ365" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA365" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db649a5c</t>
+          <t>4f4e4a80e4b07f02db649a40</t>
         </is>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr82743</t>
+          <t>https://pubs.usgs.gov/publication/ofr82382</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>8141</t>
+          <t>10274</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
-          <t>ofr82743</t>
+          <t>ofr82382</t>
         </is>
       </c>
       <c r="D366" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E366" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G366" t="inlineStr">
         <is>
-          <t>Radioactive mineral spring precipitates, their analytical and statistical data and the uranium connection</t>
+          <t>Radon survey of ground waters from Beaver and Milford basins, Utah</t>
         </is>
       </c>
       <c r="H366" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I366" t="inlineStr">
         <is>
-          <t>82-743</t>
+          <t>82-382</t>
         </is>
       </c>
       <c r="M366" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N366" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P366" t="inlineStr">
         <is>
-          <t>10.3133/ofr82743</t>
+          <t>10.3133/ofr82382</t>
         </is>
       </c>
       <c r="T366" t="inlineStr">
         <is>
           <t>1982</t>
         </is>
       </c>
       <c r="U366" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V366" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W366" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z366" t="inlineStr">
         <is>
-          <t>iv, 127 p. ill., map ;28 cm.</t>
+          <t>i, 15 p.</t>
+        </is>
+      </c>
+      <c r="AM366" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN366" t="inlineStr">
+        <is>
+          <t>Utah</t>
+        </is>
+      </c>
+      <c r="AQ366" t="inlineStr">
+        <is>
+          <t>Beaver and Milford basins</t>
         </is>
       </c>
       <c r="AW366" t="inlineStr">
         <is>
-          <t>Cadigan, R. A.; Felmlee, J.K.</t>
+          <t>McHugh, J. B.; Miller, W. R.</t>
         </is>
       </c>
       <c r="AZ366" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA366" t="inlineStr">
         <is>
-          <t>4f4e4adae4b07f02db685961</t>
+          <t>4f4e4a80e4b07f02db649a5c</t>
         </is>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr82971</t>
+          <t>https://pubs.usgs.gov/publication/ofr82324</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>10275</t>
+          <t>8793</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
-          <t>ofr82971</t>
+          <t>ofr82324</t>
         </is>
       </c>
       <c r="D367" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E367" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G367" t="inlineStr">
         <is>
-          <t>Radon, conductivity, and pH values for 146 water samples from Snowy Range, Wyoming</t>
+          <t>Radioactivity and geochemistry of selected mineral-spring waters in the Western United States; basic data and multivariate statistical analysis</t>
         </is>
       </c>
       <c r="H367" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I367" t="inlineStr">
         <is>
-          <t>82-971</t>
+          <t>82-324</t>
         </is>
       </c>
       <c r="M367" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N367" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P367" t="inlineStr">
         <is>
-          <t>10.3133/ofr82971</t>
+          <t>10.3133/ofr82324</t>
         </is>
       </c>
       <c r="T367" t="inlineStr">
         <is>
           <t>1982</t>
         </is>
       </c>
       <c r="U367" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V367" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W367" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z367" t="inlineStr">
         <is>
-          <t>8 p., ill. ;28 cm.</t>
+          <t>ii, 107 p. :ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW367" t="inlineStr">
         <is>
-          <t>McHugh, J. B.; Ficklin, W. H.; Miller, W. R.</t>
+          <t>Felmlee, J.K.; Cadigan, R. A.</t>
         </is>
       </c>
       <c r="AZ367" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA367" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db649a40</t>
+          <t>4f4e4a60e4b07f02db634cbd</t>
         </is>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70011474</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
           <t>70011474</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
           <t>70011474</t>
         </is>
       </c>
       <c r="D368" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E368" t="inlineStr">
@@ -43113,345 +43128,345 @@
       </c>
       <c r="AQ368" t="inlineStr">
         <is>
           <t>Potomac River Estuary</t>
         </is>
       </c>
       <c r="AW368" t="inlineStr">
         <is>
           <t>Callender, E.; Hammond, Douglas E.</t>
         </is>
       </c>
       <c r="AZ368" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA368" t="inlineStr">
         <is>
           <t>505a6984e4b0c8380cd73d81</t>
         </is>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr81877</t>
+          <t>https://pubs.usgs.gov/publication/ofr81449_vol1</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>8054</t>
+          <t>7064</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
-          <t>ofr81877</t>
+          <t>ofr81449_vol1</t>
         </is>
       </c>
       <c r="D369" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E369" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G369" t="inlineStr">
         <is>
-          <t>Real time monitoring of radon as an earthquake precursor in Iceland</t>
+          <t>Comparison of radon monitoring techniques, the effects of thermoelastic strains on subsurface radon, and the development of a computer-operated radon-monitoring network for earthquake prediction</t>
         </is>
       </c>
       <c r="H369" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I369" t="inlineStr">
         <is>
-          <t>81-877</t>
+          <t>81-449</t>
         </is>
       </c>
       <c r="M369" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N369" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P369" t="inlineStr">
         <is>
-          <t>10.3133/ofr81877</t>
+          <t>10.3133/ofr81449_vol1</t>
+        </is>
+      </c>
+      <c r="Q369" t="inlineStr">
+        <is>
+          <t>Volume 1</t>
         </is>
       </c>
       <c r="T369" t="inlineStr">
         <is>
           <t>1981</t>
         </is>
       </c>
       <c r="U369" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V369" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W369" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z369" t="inlineStr">
         <is>
-          <t>96 p.</t>
-[...4 lines deleted...]
-          <t>Iceland</t>
+          <t>2 v. 84 p. ;28 cm.</t>
         </is>
       </c>
       <c r="AW369" t="inlineStr">
         <is>
-          <t>Broecker, Wallace S.; Goddard, J.C.; Hauksson, Egill</t>
+          <t>Shapiro, Mark H.; Melvin, J.D.; Tombrello, T.A.; Mendenhall, M.H.; Larson, P.B.; Whitcomb, J.H.</t>
         </is>
       </c>
       <c r="AZ369" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA369" t="inlineStr">
         <is>
-          <t>4f4e4a7fe4b07f02db6486af</t>
+          <t>4f4e4b23e4b07f02db6ae1e0</t>
         </is>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr81278</t>
+          <t>https://pubs.usgs.gov/publication/ofr81877</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>7267</t>
+          <t>8054</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
-          <t>ofr81278</t>
+          <t>ofr81877</t>
         </is>
       </c>
       <c r="D370" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E370" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G370" t="inlineStr">
         <is>
-          <t>Investigation radon and helium as possible fluid-phase precursors to earthquakes</t>
+          <t>Real time monitoring of radon as an earthquake precursor in Iceland</t>
         </is>
       </c>
       <c r="H370" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I370" t="inlineStr">
         <is>
-          <t>81-278</t>
+          <t>81-877</t>
         </is>
       </c>
       <c r="M370" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N370" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P370" t="inlineStr">
         <is>
-          <t>10.3133/ofr81278</t>
+          <t>10.3133/ofr81877</t>
         </is>
       </c>
       <c r="T370" t="inlineStr">
         <is>
           <t>1981</t>
         </is>
       </c>
       <c r="U370" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V370" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W370" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z370" t="inlineStr">
         <is>
-          <t>103 p. ;28 cm.</t>
+          <t>96 p.</t>
+        </is>
+      </c>
+      <c r="AM370" t="inlineStr">
+        <is>
+          <t>Iceland</t>
         </is>
       </c>
       <c r="AW370" t="inlineStr">
         <is>
-          <t>Craig, Harmon; Chung, Y.; Lupton, J.E.; Damasceno, S.; Poreda, R.</t>
+          <t>Broecker, Wallace S.; Goddard, J.C.; Hauksson, Egill</t>
         </is>
       </c>
       <c r="AZ370" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA370" t="inlineStr">
         <is>
-          <t>4f4e47b3e4b07f02db49ec31</t>
+          <t>4f4e4a7fe4b07f02db6486af</t>
         </is>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr81449_vol1</t>
+          <t>https://pubs.usgs.gov/publication/ofr81278</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>7064</t>
+          <t>7267</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
-          <t>ofr81449_vol1</t>
+          <t>ofr81278</t>
         </is>
       </c>
       <c r="D371" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E371" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G371" t="inlineStr">
         <is>
-          <t>Comparison of radon monitoring techniques, the effects of thermoelastic strains on subsurface radon, and the development of a computer-operated radon-monitoring network for earthquake prediction</t>
+          <t>Investigation radon and helium as possible fluid-phase precursors to earthquakes</t>
         </is>
       </c>
       <c r="H371" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I371" t="inlineStr">
         <is>
-          <t>81-449</t>
+          <t>81-278</t>
         </is>
       </c>
       <c r="M371" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N371" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P371" t="inlineStr">
         <is>
-          <t>10.3133/ofr81449_vol1</t>
-[...4 lines deleted...]
-          <t>Volume 1</t>
+          <t>10.3133/ofr81278</t>
         </is>
       </c>
       <c r="T371" t="inlineStr">
         <is>
           <t>1981</t>
         </is>
       </c>
       <c r="U371" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V371" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W371" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z371" t="inlineStr">
         <is>
-          <t>2 v. 84 p. ;28 cm.</t>
+          <t>103 p. ;28 cm.</t>
         </is>
       </c>
       <c r="AW371" t="inlineStr">
         <is>
-          <t>Shapiro, Mark H.; Melvin, J.D.; Tombrello, T.A.; Mendenhall, M.H.; Larson, P.B.; Whitcomb, J.H.</t>
+          <t>Craig, Harmon; Chung, Y.; Lupton, J.E.; Damasceno, S.; Poreda, R.</t>
         </is>
       </c>
       <c r="AZ371" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA371" t="inlineStr">
         <is>
-          <t>4f4e4b23e4b07f02db6ae1e0</t>
+          <t>4f4e47b3e4b07f02db49ec31</t>
         </is>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr81142</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
           <t>10089</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
           <t>ofr81142</t>
         </is>
       </c>
       <c r="D372" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E372" t="inlineStr">
@@ -43944,365 +43959,365 @@
       </c>
       <c r="Z376" t="inlineStr">
         <is>
           <t>45 p. ill. ;28 cm.</t>
         </is>
       </c>
       <c r="AW376" t="inlineStr">
         <is>
           <t>Shapiro, Mark H.</t>
         </is>
       </c>
       <c r="AZ376" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA376" t="inlineStr">
         <is>
           <t>4f4e4b23e4b07f02db6ae14e</t>
         </is>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/cir814</t>
+          <t>https://pubs.usgs.gov/publication/ofr81449_vol2</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>3746</t>
+          <t>7480</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
-          <t>cir814</t>
+          <t>ofr81449_vol2</t>
         </is>
       </c>
       <c r="D377" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E377" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G377" t="inlineStr">
         <is>
-          <t>Isolation of uranium mill tailings and their component radionuclides from the biosphere; some earth science perspectives</t>
+          <t>Relationship of the 1979 southern California radon anomaly to a possible regional strain event</t>
         </is>
       </c>
       <c r="H377" t="inlineStr">
         <is>
-          <t>Circular</t>
+          <t>Open-File Report</t>
         </is>
       </c>
       <c r="I377" t="inlineStr">
         <is>
-          <t>814</t>
+          <t>81-449</t>
         </is>
       </c>
       <c r="M377" t="inlineStr">
         <is>
-          <t>2330-5703</t>
+          <t>2331-1258</t>
         </is>
       </c>
       <c r="N377" t="inlineStr">
         <is>
-          <t>1067-084X</t>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P377" t="inlineStr">
         <is>
-          <t>10.3133/cir814</t>
+          <t>10.3133/ofr81449_vol2</t>
+        </is>
+      </c>
+      <c r="Q377" t="inlineStr">
+        <is>
+          <t>Volume 2</t>
         </is>
       </c>
       <c r="T377" t="inlineStr">
         <is>
           <t>1980</t>
         </is>
       </c>
       <c r="U377" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V377" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W377" t="inlineStr">
         <is>
-          <t>Dept. of the Interior, Geological Survey,</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z377" t="inlineStr">
         <is>
-          <t>iii, 32 p. :ill., map ;26 cm.</t>
+          <t>16 p. :ill. ;28 cm. [v.2]</t>
         </is>
       </c>
       <c r="AW377" t="inlineStr">
         <is>
-          <t>Landa, Edward</t>
+          <t>Shapiro, Mark H.; Melvin, J.D.; Tombrello, T.A.; Mendenhall, M.H.</t>
         </is>
       </c>
       <c r="AZ377" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA377" t="inlineStr">
         <is>
-          <t>4f4e4a9fe4b07f02db660e2e</t>
+          <t>4f4e4a5fe4b07f02db634740</t>
         </is>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr801050</t>
+          <t>https://pubs.usgs.gov/publication/cir814</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>45977</t>
+          <t>3746</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
-          <t>ofr801050</t>
+          <t>cir814</t>
         </is>
       </c>
       <c r="D378" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E378" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G378" t="inlineStr">
         <is>
-          <t>Ground water availability in Acadia National Park and vicinity, Hancock and Knox counties, Maine</t>
+          <t>Isolation of uranium mill tailings and their component radionuclides from the biosphere; some earth science perspectives</t>
         </is>
       </c>
       <c r="H378" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
+          <t>Circular</t>
         </is>
       </c>
       <c r="I378" t="inlineStr">
         <is>
-          <t>80-1050</t>
+          <t>814</t>
         </is>
       </c>
       <c r="M378" t="inlineStr">
         <is>
-          <t>2331-1258</t>
+          <t>2330-5703</t>
         </is>
       </c>
       <c r="N378" t="inlineStr">
         <is>
-          <t>0196-1497</t>
+          <t>1067-084X</t>
         </is>
       </c>
       <c r="P378" t="inlineStr">
         <is>
-          <t>10.3133/ofr801050</t>
+          <t>10.3133/cir814</t>
         </is>
       </c>
       <c r="T378" t="inlineStr">
         <is>
           <t>1980</t>
         </is>
       </c>
       <c r="U378" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V378" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W378" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Dept. of the Interior, Geological Survey,</t>
         </is>
       </c>
       <c r="Z378" t="inlineStr">
         <is>
-          <t>Report: iii, 8 p.; 1 Figure: 22.64 × 27.74 inches</t>
-[...24 lines deleted...]
-          <t>126720</t>
+          <t>iii, 32 p. :ill., map ;26 cm.</t>
         </is>
       </c>
       <c r="AW378" t="inlineStr">
         <is>
-          <t>Hansen, Bruce P.</t>
+          <t>Landa, Edward</t>
         </is>
       </c>
       <c r="AZ378" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA378" t="inlineStr">
         <is>
-          <t>4f4e4ab0e4b07f02db66dc31</t>
+          <t>4f4e4a9fe4b07f02db660e2e</t>
         </is>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr81449_vol2</t>
+          <t>https://pubs.usgs.gov/publication/ofr801050</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>7480</t>
+          <t>45977</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
-          <t>ofr81449_vol2</t>
+          <t>ofr801050</t>
         </is>
       </c>
       <c r="D379" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E379" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G379" t="inlineStr">
         <is>
-          <t>Relationship of the 1979 southern California radon anomaly to a possible regional strain event</t>
+          <t>Ground water availability in Acadia National Park and vicinity, Hancock and Knox counties, Maine</t>
         </is>
       </c>
       <c r="H379" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I379" t="inlineStr">
         <is>
-          <t>81-449</t>
+          <t>80-1050</t>
         </is>
       </c>
       <c r="M379" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N379" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P379" t="inlineStr">
         <is>
-          <t>10.3133/ofr81449_vol2</t>
-[...4 lines deleted...]
-          <t>Volume 2</t>
+          <t>10.3133/ofr801050</t>
         </is>
       </c>
       <c r="T379" t="inlineStr">
         <is>
           <t>1980</t>
         </is>
       </c>
       <c r="U379" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V379" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W379" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z379" t="inlineStr">
         <is>
-          <t>16 p. :ill. ;28 cm. [v.2]</t>
+          <t>Report: iii, 8 p.; 1 Figure: 22.64 × 27.74 inches</t>
+        </is>
+      </c>
+      <c r="AM379" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN379" t="inlineStr">
+        <is>
+          <t>Maine</t>
+        </is>
+      </c>
+      <c r="AQ379" t="inlineStr">
+        <is>
+          <t>Acadia National Park</t>
+        </is>
+      </c>
+      <c r="AR379" t="inlineStr">
+        <is>
+          <t>National Geodetic Vertical Datum of 1929</t>
+        </is>
+      </c>
+      <c r="AT379" t="inlineStr">
+        <is>
+          <t>126720</t>
         </is>
       </c>
       <c r="AW379" t="inlineStr">
         <is>
-          <t>Shapiro, Mark H.; Melvin, J.D.; Tombrello, T.A.; Mendenhall, M.H.</t>
+          <t>Hansen, Bruce P.</t>
         </is>
       </c>
       <c r="AZ379" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="BA379" t="inlineStr">
         <is>
-          <t>4f4e4a5fe4b07f02db634740</t>
+          <t>4f4e4ab0e4b07f02db66dc31</t>
         </is>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/mf1162C</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
           <t>60417</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
           <t>mf1162C</t>
         </is>
       </c>
       <c r="D380" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E380" t="inlineStr">
@@ -44484,253 +44499,253 @@
       </c>
       <c r="AE381" t="inlineStr">
         <is>
           <t>120</t>
         </is>
       </c>
       <c r="AW381" t="inlineStr">
         <is>
           <t>King, Chi-Yu</t>
         </is>
       </c>
       <c r="AZ381" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA381" t="inlineStr">
         <is>
           <t>505a6da6e4b0c8380cd75252</t>
         </is>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr79974</t>
+          <t>https://pubs.usgs.gov/publication/ofr79547</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>8794</t>
+          <t>8959</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
-          <t>ofr79974</t>
+          <t>ofr79547</t>
         </is>
       </c>
       <c r="D382" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E382" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G382" t="inlineStr">
         <is>
-          <t>Radium and uranium concentrations and associated hydrogeochemistry in ground water in southwestern Pueblo County, Colorado</t>
+          <t>Catalog of soil-gas radon measurements in central California from May 1975 through December 1978</t>
         </is>
       </c>
       <c r="H382" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I382" t="inlineStr">
         <is>
-          <t>79-974</t>
+          <t>79-547</t>
         </is>
       </c>
       <c r="M382" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N382" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P382" t="inlineStr">
         <is>
-          <t>10.3133/ofr79974</t>
+          <t>10.3133/ofr79547</t>
         </is>
       </c>
       <c r="T382" t="inlineStr">
         <is>
           <t>1979</t>
         </is>
       </c>
       <c r="U382" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V382" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W382" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey,</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Z382" t="inlineStr">
         <is>
-          <t>iv, 54 p. :ill., maps ;28 cm.</t>
+          <t>143 p.</t>
+        </is>
+      </c>
+      <c r="AM382" t="inlineStr">
+        <is>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN382" t="inlineStr">
+        <is>
+          <t>California</t>
+        </is>
+      </c>
+      <c r="AQ382" t="inlineStr">
+        <is>
+          <t>central California</t>
         </is>
       </c>
       <c r="AW382" t="inlineStr">
         <is>
-          <t>Felmlee, J. Karen; Cadigan, Robert Allen</t>
+          <t>Gaman, William A.; King, Chi-Yu</t>
         </is>
       </c>
       <c r="AZ382" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA382" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db649aaa</t>
+          <t>4f4e49f3e4b07f02db5ef709</t>
         </is>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr79547</t>
+          <t>https://pubs.usgs.gov/publication/ofr79974</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>8959</t>
+          <t>8794</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
-          <t>ofr79547</t>
+          <t>ofr79974</t>
         </is>
       </c>
       <c r="D383" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E383" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G383" t="inlineStr">
         <is>
-          <t>Catalog of soil-gas radon measurements in central California from May 1975 through December 1978</t>
+          <t>Radium and uranium concentrations and associated hydrogeochemistry in ground water in southwestern Pueblo County, Colorado</t>
         </is>
       </c>
       <c r="H383" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I383" t="inlineStr">
         <is>
-          <t>79-547</t>
+          <t>79-974</t>
         </is>
       </c>
       <c r="M383" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N383" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P383" t="inlineStr">
         <is>
-          <t>10.3133/ofr79547</t>
+          <t>10.3133/ofr79974</t>
         </is>
       </c>
       <c r="T383" t="inlineStr">
         <is>
           <t>1979</t>
         </is>
       </c>
       <c r="U383" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V383" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="W383" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z383" t="inlineStr">
         <is>
-          <t>143 p.</t>
-[...14 lines deleted...]
-          <t>central California</t>
+          <t>iv, 54 p. :ill., maps ;28 cm.</t>
         </is>
       </c>
       <c r="AW383" t="inlineStr">
         <is>
-          <t>Gaman, William A.; King, Chi-Yu</t>
+          <t>Felmlee, J. Karen; Cadigan, Robert Allen</t>
         </is>
       </c>
       <c r="AZ383" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA383" t="inlineStr">
         <is>
-          <t>4f4e49f3e4b07f02db5ef709</t>
+          <t>4f4e4a80e4b07f02db649aaa</t>
         </is>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/70156932</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
           <t>70156932</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
           <t>70156932</t>
         </is>
       </c>
       <c r="D384" t="inlineStr">
         <is>
           <t>Book chapter</t>
         </is>
       </c>
       <c r="E384" t="inlineStr">
@@ -45502,238 +45517,238 @@
       </c>
       <c r="AF390" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="AW390" t="inlineStr">
         <is>
           <t>King, C.-Y.</t>
         </is>
       </c>
       <c r="AZ390" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA390" t="inlineStr">
         <is>
           <t>505a9435e4b0c8380cd8127d</t>
         </is>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr77571</t>
+          <t>https://pubs.usgs.gov/publication/ofr77409</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>11403</t>
+          <t>10819</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
-          <t>ofr77571</t>
+          <t>ofr77409</t>
         </is>
       </c>
       <c r="D391" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E391" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G391" t="inlineStr">
         <is>
-          <t>Assay for uranium and determination of disequilibrium by means of in situ high resolution gamma-ray spectrometry</t>
+          <t>Fixed-volume gas inlet system for an alpha-sensitive cell adapted for radon measurement</t>
         </is>
       </c>
       <c r="H391" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I391" t="inlineStr">
         <is>
-          <t>77-571</t>
+          <t>77-409</t>
         </is>
       </c>
       <c r="M391" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N391" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P391" t="inlineStr">
         <is>
-          <t>10.3133/ofr77571</t>
+          <t>10.3133/ofr77409</t>
         </is>
       </c>
       <c r="T391" t="inlineStr">
         <is>
           <t>1977</t>
         </is>
       </c>
       <c r="U391" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V391" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W391" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z391" t="inlineStr">
         <is>
-          <t>22, 11 leaves :ill. (some fold.) ;28 cm.; (22 p. - PGS)</t>
+          <t>3 leaves :ill. ;27 cm.</t>
         </is>
       </c>
       <c r="AW391" t="inlineStr">
         <is>
-          <t>Tanner, Allan B.; Moxham, Robert M.; Senftle, F. E.</t>
+          <t>Reimer, G. Michael</t>
         </is>
       </c>
       <c r="AZ391" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA391" t="inlineStr">
         <is>
-          <t>4f4e4abbe4b07f02db672b79</t>
+          <t>4f4e49f3e4b07f02db5ef362</t>
         </is>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr77409</t>
+          <t>https://pubs.usgs.gov/publication/ofr77589</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>10819</t>
+          <t>10824</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
-          <t>ofr77409</t>
+          <t>ofr77589</t>
         </is>
       </c>
       <c r="D392" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E392" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G392" t="inlineStr">
         <is>
-          <t>Fixed-volume gas inlet system for an alpha-sensitive cell adapted for radon measurement</t>
+          <t>Linear-traverse surveys of helium and radon in soil gas as a guide for uranium exploration, central Weld County, Colorado</t>
         </is>
       </c>
       <c r="H392" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I392" t="inlineStr">
         <is>
-          <t>77-409</t>
+          <t>77-589</t>
         </is>
       </c>
       <c r="M392" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N392" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P392" t="inlineStr">
         <is>
-          <t>10.3133/ofr77409</t>
+          <t>10.3133/ofr77589</t>
         </is>
       </c>
       <c r="T392" t="inlineStr">
         <is>
           <t>1977</t>
         </is>
       </c>
       <c r="U392" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V392" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W392" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z392" t="inlineStr">
         <is>
-          <t>3 leaves :ill. ;27 cm.</t>
+          <t>ii, 10 leaves :ill. ;27 cm.</t>
         </is>
       </c>
       <c r="AW392" t="inlineStr">
         <is>
-          <t>Reimer, G. Michael</t>
+          <t>Reimer, G. Michael; Rice, R.S.</t>
         </is>
       </c>
       <c r="AZ392" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA392" t="inlineStr">
         <is>
-          <t>4f4e49f3e4b07f02db5ef362</t>
+          <t>4f4e4b15e4b07f02db6a5034</t>
         </is>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr7792</t>
         </is>
       </c>
       <c r="B393" t="inlineStr">
         <is>
           <t>9027</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
           <t>ofr7792</t>
         </is>
       </c>
       <c r="D393" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E393" t="inlineStr">
@@ -45808,335 +45823,335 @@
       </c>
       <c r="AQ393" t="inlineStr">
         <is>
           <t>Arrastre Lake area, Medicine Bow Mountains</t>
         </is>
       </c>
       <c r="AW393" t="inlineStr">
         <is>
           <t>Miller, W. Roger; Houston, R. S.; Karlstrom, K. E.; Hopkins, D.M.; Ficklin, W. H.</t>
         </is>
       </c>
       <c r="AZ393" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="BA393" t="inlineStr">
         <is>
           <t>4f4e4ad5e4b07f02db6835d0</t>
         </is>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr77589</t>
+          <t>https://pubs.usgs.gov/publication/ofr77571</t>
         </is>
       </c>
       <c r="B394" t="inlineStr">
         <is>
-          <t>10824</t>
+          <t>11403</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
-          <t>ofr77589</t>
+          <t>ofr77571</t>
         </is>
       </c>
       <c r="D394" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E394" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G394" t="inlineStr">
         <is>
-          <t>Linear-traverse surveys of helium and radon in soil gas as a guide for uranium exploration, central Weld County, Colorado</t>
+          <t>Assay for uranium and determination of disequilibrium by means of in situ high resolution gamma-ray spectrometry</t>
         </is>
       </c>
       <c r="H394" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I394" t="inlineStr">
         <is>
-          <t>77-589</t>
+          <t>77-571</t>
         </is>
       </c>
       <c r="M394" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N394" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P394" t="inlineStr">
         <is>
-          <t>10.3133/ofr77589</t>
+          <t>10.3133/ofr77571</t>
         </is>
       </c>
       <c r="T394" t="inlineStr">
         <is>
           <t>1977</t>
         </is>
       </c>
       <c r="U394" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V394" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W394" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z394" t="inlineStr">
         <is>
-          <t>ii, 10 leaves :ill. ;27 cm.</t>
+          <t>22, 11 leaves :ill. (some fold.) ;28 cm.; (22 p. - PGS)</t>
         </is>
       </c>
       <c r="AW394" t="inlineStr">
         <is>
-          <t>Reimer, G. Michael; Rice, R.S.</t>
+          <t>Tanner, Allan B.; Moxham, Robert M.; Senftle, F. E.</t>
         </is>
       </c>
       <c r="AZ394" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="BA394" t="inlineStr">
         <is>
-          <t>4f4e4b15e4b07f02db6a5034</t>
+          <t>4f4e4abbe4b07f02db672b79</t>
         </is>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr76875</t>
+          <t>https://pubs.usgs.gov/publication/ofr76860</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>9812</t>
+          <t>7671</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
-          <t>ofr76875</t>
+          <t>ofr76860</t>
         </is>
       </c>
       <c r="D395" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E395" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G395" t="inlineStr">
         <is>
-          <t>Radon emanation on active faults</t>
+          <t>Helium and radon-emanation bibliography: selected references of geologic interest to uranium exploration</t>
         </is>
       </c>
       <c r="H395" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I395" t="inlineStr">
         <is>
-          <t>76-875</t>
+          <t>76-860</t>
         </is>
       </c>
       <c r="M395" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N395" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P395" t="inlineStr">
         <is>
-          <t>10.3133/ofr76875</t>
+          <t>10.3133/ofr76860</t>
         </is>
       </c>
       <c r="T395" t="inlineStr">
         <is>
           <t>1976</t>
         </is>
       </c>
       <c r="U395" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V395" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W395" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z395" t="inlineStr">
         <is>
-          <t>4 leaves :ill., map ;28 cm.</t>
+          <t>44 leaves ;27 cm.</t>
         </is>
       </c>
       <c r="AW395" t="inlineStr">
         <is>
-          <t>King, Chi-Yu</t>
+          <t>Adkisson, C.W.; Reimer, G. Michael</t>
         </is>
       </c>
       <c r="AZ395" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA395" t="inlineStr">
         <is>
-          <t>4f4e4a80e4b07f02db649a87</t>
+          <t>4f4e4a61e4b07f02db635da0</t>
         </is>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr76860</t>
+          <t>https://pubs.usgs.gov/publication/ofr76875</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>7671</t>
+          <t>9812</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
-          <t>ofr76860</t>
+          <t>ofr76875</t>
         </is>
       </c>
       <c r="D396" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E396" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G396" t="inlineStr">
         <is>
-          <t>Helium and radon-emanation bibliography: selected references of geologic interest to uranium exploration</t>
+          <t>Radon emanation on active faults</t>
         </is>
       </c>
       <c r="H396" t="inlineStr">
         <is>
           <t>Open-File Report</t>
         </is>
       </c>
       <c r="I396" t="inlineStr">
         <is>
-          <t>76-860</t>
+          <t>76-875</t>
         </is>
       </c>
       <c r="M396" t="inlineStr">
         <is>
           <t>2331-1258</t>
         </is>
       </c>
       <c r="N396" t="inlineStr">
         <is>
           <t>0196-1497</t>
         </is>
       </c>
       <c r="P396" t="inlineStr">
         <is>
-          <t>10.3133/ofr76860</t>
+          <t>10.3133/ofr76875</t>
         </is>
       </c>
       <c r="T396" t="inlineStr">
         <is>
           <t>1976</t>
         </is>
       </c>
       <c r="U396" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V396" t="inlineStr">
         <is>
           <t>ENGLISH</t>
         </is>
       </c>
       <c r="W396" t="inlineStr">
         <is>
           <t>U.S. Geological Survey,</t>
         </is>
       </c>
       <c r="Z396" t="inlineStr">
         <is>
-          <t>44 leaves ;27 cm.</t>
+          <t>4 leaves :ill., map ;28 cm.</t>
         </is>
       </c>
       <c r="AW396" t="inlineStr">
         <is>
-          <t>Adkisson, C.W.; Reimer, G. Michael</t>
+          <t>King, Chi-Yu</t>
         </is>
       </c>
       <c r="AZ396" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA396" t="inlineStr">
         <is>
-          <t>4f4e4a61e4b07f02db635da0</t>
+          <t>4f4e4a80e4b07f02db649a87</t>
         </is>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr72200</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
           <t>14383</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
           <t>ofr72200</t>
         </is>
       </c>
       <c r="D397" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E397" t="inlineStr">