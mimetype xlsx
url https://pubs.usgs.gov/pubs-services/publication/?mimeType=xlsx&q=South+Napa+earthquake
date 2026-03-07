--- v0 (2025-12-08)
+++ v1 (2026-03-07)
@@ -615,51 +615,51 @@
           <t>58</t>
         </is>
       </c>
       <c r="AM3" t="inlineStr">
         <is>
           <t>United States</t>
         </is>
       </c>
       <c r="AN3" t="inlineStr">
         <is>
           <t>California</t>
         </is>
       </c>
       <c r="AU3" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW3" t="inlineStr">
         <is>
           <t>Chan, Joanne H. 0000-0002-2065-2423 jchan@usgs.gov; Catchings, Rufus D. 0000-0002-5191-6102 catching@usgs.gov; Goldman, Mark R. 0000-0002-0802-829X goldman@usgs.gov; Criley, Coyn J. 0000-0002-0227-0165 ccriley@usgs.gov; Sickler, Robert R. 0000-0002-9141-625X rsickler@usgs.gov</t>
         </is>
       </c>
       <c r="AZ3" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr20221002</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>70227650</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>ofr20221002</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">