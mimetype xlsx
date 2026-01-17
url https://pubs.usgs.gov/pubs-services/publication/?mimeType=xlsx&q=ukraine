--- v0 (2025-12-13)
+++ v1 (2026-01-17)
@@ -3139,283 +3139,283 @@
       </c>
       <c r="AU24" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW24" t="inlineStr">
         <is>
           <t>Pawlewicz, Mark</t>
         </is>
       </c>
       <c r="AZ24" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA24" t="inlineStr">
         <is>
           <t>4f4e49fbe4b07f02db5f4704</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/1004000</t>
+          <t>https://pubs.usgs.gov/publication/70030360</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>1004000</t>
+          <t>70030360</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>1004000</t>
+          <t>70030360</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>Avian influenza virus and free-ranging wild birds</t>
+          <t>Rare earths, the lanthanides, yttrium and scandium</t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>Journal of the American Veterinary Medical Association</t>
-[...4 lines deleted...]
-          <t>10.2460/javma.228.12.1877</t>
+          <t>Mining Engineering</t>
         </is>
       </c>
       <c r="R25" t="inlineStr">
         <is>
-          <t>228</t>
+          <t>58</t>
         </is>
       </c>
       <c r="S25" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>6</t>
         </is>
       </c>
       <c r="T25" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
       <c r="U25" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V25" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W25" t="inlineStr">
-[...11 lines deleted...]
-          <t>6 p.</t>
+      <c r="AA25" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB25" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC25" t="inlineStr">
+        <is>
+          <t>Mining Engineering</t>
         </is>
       </c>
       <c r="AD25" t="inlineStr">
         <is>
-          <t>1877</t>
+          <t>51</t>
         </is>
       </c>
       <c r="AE25" t="inlineStr">
         <is>
-          <t>1882</t>
+          <t>53</t>
         </is>
       </c>
       <c r="AF25" t="inlineStr">
         <is>
-          <t>6</t>
-[...19 lines deleted...]
-          <t>N</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AW25" t="inlineStr">
         <is>
-          <t>Dierauf, Leslie A.; Karesh, W.B.; Ip, S. 0000-0003-4844-7533 hip@usgs.gov; Gilardi, K.V.; Fischer, John R.</t>
+          <t>Hedrick, J.B.</t>
         </is>
       </c>
       <c r="AZ25" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA25" t="inlineStr">
         <is>
-          <t>4f4e4a82e4b07f02db64af05</t>
+          <t>505a9523e4b0c8380cd81822</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70030360</t>
+          <t>https://pubs.usgs.gov/publication/1004000</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>70030360</t>
+          <t>1004000</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>70030360</t>
+          <t>1004000</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t>Rare earths, the lanthanides, yttrium and scandium</t>
+          <t>Avian influenza virus and free-ranging wild birds</t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>Mining Engineering</t>
+          <t>Journal of the American Veterinary Medical Association</t>
+        </is>
+      </c>
+      <c r="P26" t="inlineStr">
+        <is>
+          <t>10.2460/javma.228.12.1877</t>
         </is>
       </c>
       <c r="R26" t="inlineStr">
         <is>
-          <t>58</t>
+          <t>228</t>
         </is>
       </c>
       <c r="S26" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="T26" t="inlineStr">
+        <is>
+          <t>2006</t>
+        </is>
+      </c>
+      <c r="U26" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V26" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W26" t="inlineStr">
+        <is>
+          <t>American Veterinary Medical Association</t>
+        </is>
+      </c>
+      <c r="Y26" t="inlineStr">
+        <is>
+          <t>National Wildlife Health Center</t>
+        </is>
+      </c>
+      <c r="Z26" t="inlineStr">
+        <is>
+          <t>6 p.</t>
+        </is>
+      </c>
+      <c r="AD26" t="inlineStr">
+        <is>
+          <t>1877</t>
+        </is>
+      </c>
+      <c r="AE26" t="inlineStr">
+        <is>
+          <t>1882</t>
+        </is>
+      </c>
+      <c r="AF26" t="inlineStr">
+        <is>
           <t>6</t>
         </is>
       </c>
-      <c r="T26" t="inlineStr">
-[...41 lines deleted...]
-          <t>3</t>
+      <c r="AM26" t="inlineStr">
+        <is>
+          <t>Japan, Kazakhstan, Ukraine, Russian Federation, China, Cambodia, Croatia, Indonesia, Laos, Malaysia, Mongolia, Romania, South Korea, Thailand, Turkey, Vietnam, </t>
+        </is>
+      </c>
+      <c r="AQ26" t="inlineStr">
+        <is>
+          <t>Asia, Eastern Europe</t>
+        </is>
+      </c>
+      <c r="AU26" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV26" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW26" t="inlineStr">
         <is>
-          <t>Hedrick, J.B.</t>
+          <t>Dierauf, Leslie A.; Karesh, W.B.; Ip, S. 0000-0003-4844-7533 hip@usgs.gov; Gilardi, K.V.; Fischer, John R.</t>
         </is>
       </c>
       <c r="AZ26" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA26" t="inlineStr">
         <is>
-          <t>505a9523e4b0c8380cd81822</t>
+          <t>4f4e4a82e4b07f02db64af05</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>https://pubs.usgs.gov/publication/ofr20041290</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>57808</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>ofr20041290</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">