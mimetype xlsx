--- v1 (2026-01-17)
+++ v2 (2026-03-17)
@@ -363,4875 +363,5099 @@
       </c>
       <c r="BF1" t="inlineStr">
         <is>
           <t>CHORUS Journal Name</t>
         </is>
       </c>
       <c r="BG1" t="inlineStr">
         <is>
           <t>CHORUS Publication Date</t>
         </is>
       </c>
       <c r="BH1" t="inlineStr">
         <is>
           <t>CHORUS Audited On</t>
         </is>
       </c>
       <c r="BI1" t="inlineStr">
         <is>
           <t>CHORUS Publicly Accessible Date</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70261727</t>
+          <t>https://pubs.usgs.gov/publication/70273909</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>70261727</t>
+          <t>70273909</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>70261727</t>
+          <t>70273909</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Federal Government Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Climate-smart agriculture for Ukraine: Winter wheat breeding for food security and climate adaptation</t>
+          <t>Constraining the onset of carboniferous cyclicity in the Arkoma Basin of the Midcontinent, North America: Implications for calibrating a globally significant latest Bashkirian transgression</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Palaeogeography, Palaeoclimatology, Palaeoecology</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>0031-0182</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>10.1016/j.palaeo.2026.113610</t>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>687</t>
         </is>
       </c>
       <c r="T2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V2" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W2" t="inlineStr">
         <is>
-          <t>Department of Interior International Technical Assistance Program (DOI ITAP)</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y2" t="inlineStr">
         <is>
-          <t>Oklahoma-Texas Water Science Center</t>
+          <t>Geology, Geophysics, and Geochemistry Science Center</t>
         </is>
       </c>
       <c r="Z2" t="inlineStr">
         <is>
-          <t>62 p.</t>
+          <t>113610, 12 p.</t>
         </is>
       </c>
       <c r="AM2" t="inlineStr">
         <is>
-          <t>Ukraine</t>
+          <t>United States</t>
+        </is>
+      </c>
+      <c r="AN2" t="inlineStr">
+        <is>
+          <t>Arkansas, Oklahoma</t>
+        </is>
+      </c>
+      <c r="AQ2" t="inlineStr">
+        <is>
+          <t>Arkoma Basin</t>
         </is>
       </c>
       <c r="AW2" t="inlineStr">
         <is>
-          <t>Romero, Veronica 0000-0002-8124-4386; Schultz, August Raleigh 0000-0002-5016-827X; Powlen, Kathryn 0000-0002-9685-0063; Shah, Sachin D. 0000-0002-5440-5535 sdshah@usgs.gov</t>
+          <t>Griffis, Neil Patrick 0000-0002-2506-7549; Dechesne, Marieke 0000-0002-4468-7495; Smith, Tyson Michael 0000-0003-2834-3526; Hudson, Mark R. 0000-0003-0338-6079 mhudson@usgs.gov; Henderson, Charles M.; Mundil, Roland; Shinn, Mikel; Birdwell, Justin E. 0000-0001-8263-1452 jbirdwell@usgs.gov; Pianowski, Laura 0000-0002-5346-8251; Lutz, Brandon Michael 0000-0002-6580-9025; Mercer, Cameron Mark 0000-0003-0534-848X; Morgan, Leah E. 0000-0001-9930-524X lemorgan@usgs.gov; Spangler, Leland Robson 0000-0002-2223-7047</t>
         </is>
       </c>
       <c r="AZ2" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/fs20243018</t>
+          <t>https://pubs.usgs.gov/publication/fs20263060</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>70255839</t>
+          <t>70273710</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>fs20243018</t>
+          <t>fs20263060</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>Assessment of Undiscovered Conventional Oil and Gas Resources of the Black Sea Area, 2023</t>
+          <t>Assessment of Undiscovered Conventional Oil and Gas Resources in the Greater Carpathian Area, 2024</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>Assessment of undiscovered conventional oil and gas resources of the Black Sea area, 2023</t>
+          <t>Assessment of undiscovered conventional oil and gas resources in the Greater Carpathian area, 2024</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>Fact Sheet</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>2024-3018</t>
+          <t>2026-3060</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
           <t>2327-6932</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
           <t>2327-6916</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
-          <t>10.3133/fs20243018</t>
+          <t>10.3133/fs20263060</t>
         </is>
       </c>
       <c r="T3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V3" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W3" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X3" t="inlineStr">
         <is>
           <t>Reston VA</t>
         </is>
       </c>
       <c r="Y3" t="inlineStr">
         <is>
           <t>Central Energy Resources Science Center</t>
         </is>
       </c>
       <c r="Z3" t="inlineStr">
         <is>
           <t>Report: 4 p.; Data Release</t>
         </is>
       </c>
       <c r="AM3" t="inlineStr">
         <is>
-          <t>Bulgaria, Georgia, Moldova, Romania, Russia, Turkey, Ukraine</t>
-[...4 lines deleted...]
-          <t>Black Sea area</t>
+          <t>Austria, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Hungary, Poland, Romania, Serbia, Slovakia, Slovenia, Ukraine</t>
         </is>
       </c>
       <c r="AU3" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AW3" t="inlineStr">
         <is>
-          <t>Schenk, Christopher J. 0000-0002-0248-7305 schenk@usgs.gov; Mercier, Tracey J. 0000-0002-8232-525X; Woodall, Cheryl A. 0000-0002-4844-5768 cwoodall@usgs.gov; Le, Phuong A. 0000-0003-2477-509X; Cicero, Andrea D. 0000-0003-3632-304X; Drake, Ronald M. II 0000-0002-1770-4667; Ellis, Geoffrey S. 0000-0003-4519-3320 gsellis@usgs.gov; Finn, Thomas M. 0000-0001-6396-9351 finn@usgs.gov; Gardner, Michael H. 0000-0003-1095-7247; Gelman, Sarah E. 0000-0003-2549-9509; Hearon, Jane S. 0000-0002-1370-8169; Johnson, Benjamin G. 0000-0002-9462-9322; Lagesse, Jenny H. 0000-0002-3541-4751; Leathers-Miller, Heidi M. 0000-0001-5208-9906; Marra, Kristen R. 0000-0001-8027-5255 kmarra@usgs.gov; Timm, Kira K. 0000-0002-7439-4626; Young, Scott S. 0000-0002-8518-4018</t>
+          <t>Schenk, Christopher J. 0000-0002-0248-7305 schenk@usgs.gov; Mercier, Tracey J. 0000-0002-8232-525X; Le, Phuong A. 0000-0003-2477-509X; Cicero, Andrea D. 0000-0003-3632-304X; Gelman, Sarah E. 0000-0003-2549-9509; Hearon, Jane S. 0000-0002-1370-8169; Johnson, Benjamin G. 0000-0002-9462-9322; Lagesse, Jenny H. 0000-0002-3541-4751; Leathers-Miller, Heidi M. 0000-0001-5208-9906</t>
         </is>
       </c>
       <c r="AZ3" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70253184</t>
+          <t>https://pubs.usgs.gov/publication/70261727</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>70253184</t>
+          <t>70261727</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>70253184</t>
+          <t>70261727</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Federal Government Series</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>Contribution of host species and pathogen clade to snake fungal disease hotspots in Europe</t>
-[...14 lines deleted...]
-          <t>7</t>
+          <t>Climate-smart agriculture for Ukraine: Winter wheat breeding for food security and climate adaptation</t>
         </is>
       </c>
       <c r="T4" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V4" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W4" t="inlineStr">
         <is>
-          <t>Nature</t>
+          <t>Department of Interior International Technical Assistance Program (DOI ITAP)</t>
         </is>
       </c>
       <c r="Y4" t="inlineStr">
         <is>
-          <t>National Wildlife Health Center</t>
+          <t>Oklahoma-Texas Water Science Center</t>
         </is>
       </c>
       <c r="Z4" t="inlineStr">
         <is>
-          <t>440, 10 p.</t>
+          <t>62 p.</t>
         </is>
       </c>
       <c r="AM4" t="inlineStr">
         <is>
-          <t>Austria, Czechia, France, Germany, Poland, Portugal, Spain, Switzerland, Ukraine</t>
+          <t>Ukraine</t>
         </is>
       </c>
       <c r="AW4" t="inlineStr">
         <is>
-          <t>Blanvillain, Gaelle; Lorch, Jeffrey M. 0000-0003-2239-1252; Joudrier, Nicolas; Bury, Stanislaw; Cuenot, Thibault; Franzen, Michael; Martinez-Freiria, Fernando; Guiller, Gaetan; Halpern, Balint; Kolanek, Aleksandra; Kurek, Katarzyna; Lourdais, Olivier; Michon, Alix; Musilova, Radka; Schweiger, Silke; Szulc, Barbara; Ursenbacher, Sylvain; Zinenko, Oleksandr; Hoyt, Joseph R.</t>
+          <t>Romero, Veronica 0000-0002-8124-4386; Schultz, August Raleigh 0000-0002-5016-827X; Powlen, Kathryn 0000-0002-9685-0063; Shah, Sachin D. 0000-0002-5440-5535 sdshah@usgs.gov</t>
         </is>
       </c>
       <c r="AZ4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70228769</t>
+          <t>https://pubs.usgs.gov/publication/fs20243018</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>70228769</t>
+          <t>70255839</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>70228769</t>
+          <t>fs20243018</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Assessment of Undiscovered Conventional Oil and Gas Resources of the Black Sea Area, 2023</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>Genomically diverse carbapenem resistant Enterobacteriaceae from wild birds provide insight into global patterns of spatiotemporal dissemination</t>
+          <t>Assessment of undiscovered conventional oil and gas resources of the Black Sea area, 2023</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>Science of the Total Environment</t>
+          <t>Fact Sheet</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>2024-3018</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>2327-6932</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>2327-6916</t>
         </is>
       </c>
       <c r="P5" t="inlineStr">
         <is>
-          <t>10.1016/j.scitotenv.2022.153632</t>
-[...4 lines deleted...]
-          <t>824</t>
+          <t>10.3133/fs20243018</t>
         </is>
       </c>
       <c r="T5" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V5" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W5" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X5" t="inlineStr">
+        <is>
+          <t>Reston VA</t>
         </is>
       </c>
       <c r="Y5" t="inlineStr">
         <is>
-          <t>Alaska Science Center Biology WTEB</t>
+          <t>Central Energy Resources Science Center</t>
         </is>
       </c>
       <c r="Z5" t="inlineStr">
         <is>
-          <t>153632, 11 p.</t>
+          <t>Report: 4 p.; Data Release</t>
+        </is>
+      </c>
+      <c r="AM5" t="inlineStr">
+        <is>
+          <t>Bulgaria, Georgia, Moldova, Romania, Russia, Turkey, Ukraine</t>
+        </is>
+      </c>
+      <c r="AQ5" t="inlineStr">
+        <is>
+          <t>Black Sea area</t>
+        </is>
+      </c>
+      <c r="AU5" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW5" t="inlineStr">
         <is>
-          <t>Ahlstrom, Christina 0000-0001-5414-8076; Woksepp, Hanna; Sandegren, Linus; Mohsin, Mashkoor; Hasan, Badrul; Muzyka, Denys; Hernandez, Jorge; Aguirre, Filip; Tok, Atalay; Soderman, Jan; Olsen, Bjorn; Ramey, Andrew M. 0000-0002-3601-8400 aramey@usgs.gov; Bonnedahl, Jonas</t>
+          <t>Schenk, Christopher J. 0000-0002-0248-7305 schenk@usgs.gov; Mercier, Tracey J. 0000-0002-8232-525X; Woodall, Cheryl A. 0000-0002-4844-5768 cwoodall@usgs.gov; Le, Phuong A. 0000-0003-2477-509X; Cicero, Andrea D. 0000-0003-3632-304X; Drake, Ronald M. II 0000-0002-1770-4667; Ellis, Geoffrey S. 0000-0003-4519-3320 gsellis@usgs.gov; Finn, Thomas M. 0000-0001-6396-9351 finn@usgs.gov; Gardner, Michael H. 0000-0003-1095-7247; Gelman, Sarah E. 0000-0003-2549-9509; Hearon, Jane S. 0000-0002-1370-8169; Johnson, Benjamin G. 0000-0002-9462-9322; Lagesse, Jenny H. 0000-0002-3541-4751; Leathers-Miller, Heidi M. 0000-0001-5208-9906; Marra, Kristen R. 0000-0001-8027-5255 kmarra@usgs.gov; Timm, Kira K. 0000-0002-7439-4626; Young, Scott S. 0000-0002-8518-4018</t>
         </is>
       </c>
       <c r="AZ5" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>5</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/pp1868</t>
+          <t>https://pubs.usgs.gov/publication/70253184</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>70226471</t>
+          <t>70253184</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>pp1868</t>
+          <t>70253184</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
-[...4 lines deleted...]
-          <t>Global Cropland-Extent Product at 30-m Resolution (GCEP30) Derived from Landsat Satellite Time-Series Data for the Year 2015 Using Multiple Machine-Learning Algorithms on Google Earth Engine Cloud</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>Global cropland-extent product at 30-m resolution (GCEP30) derived from Landsat satellite time-series data for the year 2015 using multiple machine-learning algorithms on Google Earth Engine cloud</t>
+          <t>Contribution of host species and pathogen clade to snake fungal disease hotspots in Europe</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>Professional Paper</t>
-[...14 lines deleted...]
-          <t>1044-9612</t>
+          <t>Communications Biology</t>
         </is>
       </c>
       <c r="P6" t="inlineStr">
         <is>
-          <t>10.3133/pp1868</t>
+          <t>10.1038/s42003-024-06092-x</t>
+        </is>
+      </c>
+      <c r="R6" t="inlineStr">
+        <is>
+          <t>7</t>
         </is>
       </c>
       <c r="T6" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V6" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W6" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Nature</t>
         </is>
       </c>
       <c r="Y6" t="inlineStr">
         <is>
-          <t>Western Geographic Science Center</t>
+          <t>National Wildlife Health Center</t>
         </is>
       </c>
       <c r="Z6" t="inlineStr">
         <is>
-          <t>Report: ix, 63 p.; Dataset</t>
-[...14 lines deleted...]
-          <t>Y</t>
+          <t>440, 10 p.</t>
+        </is>
+      </c>
+      <c r="AM6" t="inlineStr">
+        <is>
+          <t>Austria, Czechia, France, Germany, Poland, Portugal, Spain, Switzerland, Ukraine</t>
         </is>
       </c>
       <c r="AW6" t="inlineStr">
         <is>
-          <t>Thenkabail, Prasad S. 0000-0002-2182-8822 pthenkabail@usgs.gov; Teluguntla, Pardhasaradhi G. 0000-0001-8060-9841 pteluguntla@usgs.gov; Xiong, Jun 0000-0002-2320-0780 jxiong@usgs.gov; Oliphant, Adam 0000-0001-8622-7932 aoliphant@usgs.gov; Congalton, Russell G.; Ozdogan, Mutlu; Gumma, Murali Krishna; Tilton, James C.; Giri, Chandra cgiri@usgs.gov; Milesi, Cristina; Phalke, Aparna; Massey, Richard 0000-0002-4831-8718 rmassey@usgs.gov; Yadav, Kamini; Sankey, Temuulen; Zhong, Ying; Aneece, Itiya 0000-0002-1201-5459; Foley, Daniel 0000-0002-2051-6325</t>
+          <t>Blanvillain, Gaelle; Lorch, Jeffrey M. 0000-0003-2239-1252; Joudrier, Nicolas; Bury, Stanislaw; Cuenot, Thibault; Franzen, Michael; Martinez-Freiria, Fernando; Guiller, Gaetan; Halpern, Balint; Kolanek, Aleksandra; Kurek, Katarzyna; Lourdais, Olivier; Michon, Alix; Musilova, Radka; Schweiger, Silke; Szulc, Barbara; Ursenbacher, Sylvain; Zinenko, Oleksandr; Hoyt, Joseph R.</t>
         </is>
       </c>
       <c r="AZ6" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70200930</t>
+          <t>https://pubs.usgs.gov/publication/70228769</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>70200930</t>
+          <t>70228769</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>70200930</t>
+          <t>70228769</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t>Identification of conservation and restoration priority areas in the Danube River based on the multi-functionality of river-floodplain systems</t>
+          <t>Genomically diverse carbapenem resistant Enterobacteriaceae from wild birds provide insight into global patterns of spatiotemporal dissemination</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
           <t>Science of the Total Environment</t>
         </is>
       </c>
       <c r="P7" t="inlineStr">
         <is>
-          <t>10.1016/j.scitotenv.2018.10.322</t>
+          <t>10.1016/j.scitotenv.2022.153632</t>
         </is>
       </c>
       <c r="R7" t="inlineStr">
         <is>
-          <t>654</t>
+          <t>824</t>
         </is>
       </c>
       <c r="T7" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V7" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W7" t="inlineStr">
         <is>
           <t>Elsevier</t>
         </is>
       </c>
       <c r="Y7" t="inlineStr">
         <is>
-          <t>Geosciences and Environmental Change Science Center</t>
+          <t>Alaska Science Center Biology WTEB</t>
         </is>
       </c>
       <c r="Z7" t="inlineStr">
         <is>
-          <t>15 p.</t>
-[...19 lines deleted...]
-          <t>Danube River</t>
+          <t>153632, 11 p.</t>
         </is>
       </c>
       <c r="AW7" t="inlineStr">
         <is>
-          <t>Funk, Andrea; Martinez-Lopez, Javier 0000-0003-4857-3396; Borgwardt, Florian; Traunder, Daniel; Bagstad, Kenneth J. 0000-0001-8857-5615 kjbagstad@usgs.gov; Balbi, Stefano 0000-0001-8190-5968; Magrach, Ainhoa 0000-0003-2155-7556; Villa, Ferdinando 0000-0002-5114-3007; Hein, Thomas 0000-0002-7767-4607</t>
+          <t>Ahlstrom, Christina 0000-0001-5414-8076; Woksepp, Hanna; Sandegren, Linus; Mohsin, Mashkoor; Hasan, Badrul; Muzyka, Denys; Hernandez, Jorge; Aguirre, Filip; Tok, Atalay; Soderman, Jan; Olsen, Bjorn; Ramey, Andrew M. 0000-0002-3601-8400 aramey@usgs.gov; Bonnedahl, Jonas</t>
         </is>
       </c>
       <c r="AZ7" t="inlineStr">
         <is>
           <t>1</t>
-        </is>
-[...3 lines deleted...]
-          <t>5befe5b7e4b045bfcadf7f20</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70197047</t>
+          <t>https://pubs.usgs.gov/publication/pp1868</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>70197047</t>
+          <t>70226471</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>70197047</t>
+          <t>pp1868</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>Carboniferous climate teleconnections archived in coupled bioapatite δ&lt;sup&gt;18&lt;/sup&gt;O&lt;sub&gt;PO&lt;sub&gt;4&lt;/sub&gt;&lt;/sub&gt;  and &lt;sup&gt;87&lt;/sup&gt;Sr/&lt;sup&gt;86&lt;/sup&gt;Sr records from the epicontinental Donets Basin, Ukraine</t>
+          <t>Global Cropland-Extent Product at 30-m Resolution (GCEP30) Derived from Landsat Satellite Time-Series Data for the Year 2015 Using Multiple Machine-Learning Algorithms on Google Earth Engine Cloud</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t>Carboniferous climate teleconnections archived in coupled bioapatite δ18OPO4  and 87Sr/86Sr records from the epicontinental Donets Basin, Ukraine</t>
+          <t>Global cropland-extent product at 30-m resolution (GCEP30) derived from Landsat satellite time-series data for the year 2015 using multiple machine-learning algorithms on Google Earth Engine cloud</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>Earth and Planetary Science Letters</t>
+          <t>Professional Paper</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>1868</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>2330-7102</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr">
+        <is>
+          <t>1044-9612</t>
         </is>
       </c>
       <c r="P8" t="inlineStr">
         <is>
-          <t>10.1016/j.epsl.2018.03.051</t>
-[...4 lines deleted...]
-          <t>492</t>
+          <t>10.3133/pp1868</t>
         </is>
       </c>
       <c r="T8" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V8" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W8" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X8" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y8" t="inlineStr">
         <is>
-          <t>Eastern Geology and Paleoclimate Science Center</t>
+          <t>Western Geographic Science Center</t>
         </is>
       </c>
       <c r="Z8" t="inlineStr">
         <is>
-          <t>13 p.</t>
-[...19 lines deleted...]
-          <t>Donets Basin</t>
+          <t>Report: ix, 63 p.; Dataset</t>
+        </is>
+      </c>
+      <c r="AF8" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="AU8" t="inlineStr">
+        <is>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV8" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW8" t="inlineStr">
         <is>
-          <t>Montanez, Isabel P.; Osleger, Dillon J.; Chen, J.-H.; Wortham, Barbara E.; Stamm, Robert G. 0000-0001-9141-5364; Nemyrovska, Tamara I.; Griffin, Julie M.; Poletaev, Vladislav I.; Wardlaw, Bruce R. bwardlaw@usgs.gov</t>
+          <t>Thenkabail, Prasad S. 0000-0002-2182-8822 pthenkabail@usgs.gov; Teluguntla, Pardhasaradhi G. 0000-0001-8060-9841 pteluguntla@usgs.gov; Xiong, Jun 0000-0002-2320-0780 jxiong@usgs.gov; Oliphant, Adam 0000-0001-8622-7932 aoliphant@usgs.gov; Congalton, Russell G.; Ozdogan, Mutlu; Gumma, Murali Krishna; Tilton, James C.; Giri, Chandra cgiri@usgs.gov; Milesi, Cristina; Phalke, Aparna; Massey, Richard 0000-0002-4831-8718 rmassey@usgs.gov; Yadav, Kamini; Sankey, Temuulen; Zhong, Ying; Aneece, Itiya 0000-0002-1201-5459; Foley, Daniel 0000-0002-2051-6325</t>
         </is>
       </c>
       <c r="AZ8" t="inlineStr">
         <is>
-          <t>1</t>
-[...4 lines deleted...]
-          <t>5afee6bbe4b0da30c1bfbd82</t>
+          <t>2</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70237803</t>
+          <t>https://pubs.usgs.gov/publication/70200930</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>70237803</t>
+          <t>70200930</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>70237803</t>
+          <t>70200930</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Book chapter</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Book Chapter</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>Permafrost-related processes and recent response to climatic changes</t>
+          <t>Identification of conservation and restoration priority areas in the Danube River based on the multi-functionality of river-floodplain systems</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>Science of the Total Environment</t>
+        </is>
+      </c>
+      <c r="P9" t="inlineStr">
+        <is>
+          <t>10.1016/j.scitotenv.2018.10.322</t>
+        </is>
+      </c>
+      <c r="R9" t="inlineStr">
+        <is>
+          <t>654</t>
         </is>
       </c>
       <c r="T9" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V9" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W9" t="inlineStr">
         <is>
-          <t>Working Group of the Arctic Council</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y9" t="inlineStr">
         <is>
-          <t>Alaska Science Center Geography</t>
+          <t>Geosciences and Environmental Change Science Center</t>
         </is>
       </c>
       <c r="Z9" t="inlineStr">
         <is>
-          <t>7 p.</t>
-[...14 lines deleted...]
-          <t>Snow, water, ice and permafrost in the Arctic (SWIPA) 2017</t>
+          <t>15 p.</t>
         </is>
       </c>
       <c r="AD9" t="inlineStr">
         <is>
-          <t>81</t>
+          <t>763</t>
         </is>
       </c>
       <c r="AE9" t="inlineStr">
         <is>
-          <t>87</t>
+          <t>777</t>
+        </is>
+      </c>
+      <c r="AM9" t="inlineStr">
+        <is>
+          <t>Austria, Bulgaria, Croatia, Germany, Hungary, Romania, Slovakia, Serbia, Ukraine</t>
+        </is>
+      </c>
+      <c r="AQ9" t="inlineStr">
+        <is>
+          <t>Danube River</t>
         </is>
       </c>
       <c r="AW9" t="inlineStr">
         <is>
-          <t>Leibman, Marina; Kizyakov, Alexandr; Grosse, Guido; Jones, Benjamin M. 0000-0002-1517-4711 bjones@usgs.gov; Jorgenson, M. Torre; Kanevskiy, Mikhail Z.</t>
+          <t>Funk, Andrea; Martinez-Lopez, Javier 0000-0003-4857-3396; Borgwardt, Florian; Traunder, Daniel; Bagstad, Kenneth J. 0000-0001-8857-5615 kjbagstad@usgs.gov; Balbi, Stefano 0000-0001-8190-5968; Magrach, Ainhoa 0000-0003-2155-7556; Villa, Ferdinando 0000-0002-5114-3007; Hein, Thomas 0000-0002-7767-4607</t>
         </is>
       </c>
       <c r="AZ9" t="inlineStr">
         <is>
           <t>1</t>
+        </is>
+      </c>
+      <c r="BA9" t="inlineStr">
+        <is>
+          <t>5befe5b7e4b045bfcadf7f20</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/pp1802L</t>
+          <t>https://pubs.usgs.gov/publication/70197047</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>70157592</t>
+          <t>70197047</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>pp1802L</t>
+          <t>70197047</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Carboniferous climate teleconnections archived in coupled bioapatite δ&lt;sup&gt;18&lt;/sup&gt;O&lt;sub&gt;PO&lt;sub&gt;4&lt;/sub&gt;&lt;/sub&gt;  and &lt;sup&gt;87&lt;/sup&gt;Sr/&lt;sup&gt;86&lt;/sup&gt;Sr records from the epicontinental Donets Basin, Ukraine</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>Manganese</t>
+          <t>Carboniferous climate teleconnections archived in coupled bioapatite δ18OPO4  and 87Sr/86Sr records from the epicontinental Donets Basin, Ukraine</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>Professional Paper</t>
-[...24 lines deleted...]
-          <t>978-1-4113-3991-0</t>
+          <t>Earth and Planetary Science Letters</t>
         </is>
       </c>
       <c r="P10" t="inlineStr">
         <is>
-          <t>10.3133/pp1802L</t>
+          <t>10.1016/j.epsl.2018.03.051</t>
+        </is>
+      </c>
+      <c r="R10" t="inlineStr">
+        <is>
+          <t>492</t>
         </is>
       </c>
       <c r="T10" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V10" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W10" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y10" t="inlineStr">
         <is>
-          <t>Eastern Mineral and Environmental Resources Science Center</t>
+          <t>Eastern Geology and Paleoclimate Science Center</t>
         </is>
       </c>
       <c r="Z10" t="inlineStr">
         <is>
-          <t>viii, 28 p.</t>
-[...29 lines deleted...]
-          <t>N</t>
+          <t>13 p.</t>
+        </is>
+      </c>
+      <c r="AD10" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="AE10" t="inlineStr">
+        <is>
+          <t>101</t>
+        </is>
+      </c>
+      <c r="AM10" t="inlineStr">
+        <is>
+          <t>Ukraine</t>
+        </is>
+      </c>
+      <c r="AQ10" t="inlineStr">
+        <is>
+          <t>Donets Basin</t>
         </is>
       </c>
       <c r="AW10" t="inlineStr">
         <is>
-          <t>Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Kimball, Bryn E. bekimball@usgs.gov; Corathers, Lisa A. lcorathers@usgs.gov</t>
-[...4 lines deleted...]
-          <t>Schulz, Klaus J. 0000-0003-2967-4765 kschulz@usgs.gov; DeYoung, Jr. 0000-0003-1169-6026 jdeyoung@usgs.gov; Seal,, Robert R. II 0000-0003-0901-2529 rseal@usgs.gov; Bradley, Dwight 0000-0001-9116-5289 bradleyorchard2@gmail.com</t>
+          <t>Montanez, Isabel P.; Osleger, Dillon J.; Chen, J.-H.; Wortham, Barbara E.; Stamm, Robert G. 0000-0001-9141-5364; Nemyrovska, Tamara I.; Griffin, Julie M.; Poletaev, Vladislav I.; Wardlaw, Bruce R. bwardlaw@usgs.gov</t>
         </is>
       </c>
       <c r="AZ10" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA10" t="inlineStr">
         <is>
-          <t>5a60fae5e4b06e28e9c22924</t>
+          <t>5afee6bbe4b0da30c1bfbd82</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/sir20105090BB</t>
+          <t>https://pubs.usgs.gov/publication/70237803</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>70178702</t>
+          <t>70237803</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>sir20105090BB</t>
+          <t>70237803</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Book chapter</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Book Chapter</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>Geology and undiscovered resource assessment of the potash-bearing Pripyat and Dnieper-Donets Basins, Belarus and Ukraine</t>
-[...29 lines deleted...]
-          <t>10.3133/sir20105090BB</t>
+          <t>Permafrost-related processes and recent response to climatic changes</t>
         </is>
       </c>
       <c r="T11" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V11" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W11" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Working Group of the Arctic Council</t>
         </is>
       </c>
       <c r="Y11" t="inlineStr">
         <is>
-          <t>Eastern Mineral and Environmental Resources Science Center; Geology, Minerals, Energy, and Geophysics Science Center</t>
+          <t>Alaska Science Center Geography</t>
         </is>
       </c>
       <c r="Z11" t="inlineStr">
         <is>
-          <t>Report: x, 116 p.; GIS Data</t>
-[...24 lines deleted...]
-          <t>Y</t>
+          <t>7 p.</t>
+        </is>
+      </c>
+      <c r="AA11" t="inlineStr">
+        <is>
+          <t>Book</t>
+        </is>
+      </c>
+      <c r="AB11" t="inlineStr">
+        <is>
+          <t>Monograph</t>
+        </is>
+      </c>
+      <c r="AC11" t="inlineStr">
+        <is>
+          <t>Snow, water, ice and permafrost in the Arctic (SWIPA) 2017</t>
+        </is>
+      </c>
+      <c r="AD11" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="AE11" t="inlineStr">
+        <is>
+          <t>87</t>
         </is>
       </c>
       <c r="AW11" t="inlineStr">
         <is>
-          <t>Cocker, Mark D. 0000-0001-9435-5862 mcocker@usgs.gov; Orris, Greta J. 0000-0002-2340-9955 greta@usgs.gov; Dunlap, Pamela pdunlap@usgs.gov; Lipin, Bruce R. blipin@usgs.gov; Ludington, Steve; Ryan, Robert J.; Slowakiewicz, Miroslaw; Spanski, Gregory T.; Wynn, Jeff 0000-0002-8102-3882 jwynn@usgs.gov; Yang, Chao</t>
+          <t>Leibman, Marina; Kizyakov, Alexandr; Grosse, Guido; Jones, Benjamin M. 0000-0002-1517-4711 bjones@usgs.gov; Jorgenson, M. Torre; Kanevskiy, Mikhail Z.</t>
         </is>
       </c>
       <c r="AZ11" t="inlineStr">
         <is>
-          <t>2</t>
-[...4 lines deleted...]
-          <t>59843649e4b0e2f5d46653ac</t>
+          <t>1</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/fs20163082</t>
+          <t>https://pubs.usgs.gov/publication/pp1802L</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>70177048</t>
+          <t>70157592</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>fs20163082</t>
+          <t>pp1802L</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>Assessment of undiscovered continuous oil and gas resources in the Dnieper-Donets Basin and North Carpathian Basin Provinces, Ukraine, Romania, Moldova, and Poland, 2015</t>
+          <t>Manganese</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>Fact Sheet</t>
+          <t>Professional Paper</t>
         </is>
       </c>
       <c r="I12" t="inlineStr">
         <is>
-          <t>2016-3082</t>
+          <t>1802</t>
+        </is>
+      </c>
+      <c r="K12" t="inlineStr">
+        <is>
+          <t>L</t>
         </is>
       </c>
       <c r="M12" t="inlineStr">
         <is>
-          <t>2327-6932</t>
+          <t>2330-7102</t>
         </is>
       </c>
       <c r="N12" t="inlineStr">
         <is>
-          <t>2327-6916</t>
+          <t>1044-9612</t>
+        </is>
+      </c>
+      <c r="O12" t="inlineStr">
+        <is>
+          <t>978-1-4113-3991-0</t>
         </is>
       </c>
       <c r="P12" t="inlineStr">
         <is>
-          <t>10.3133/fs20163082</t>
-[...4 lines deleted...]
-          <t>Version 1.0: November 30, 2016; Version 1.1: December 20, 2016</t>
+          <t>10.3133/pp1802L</t>
         </is>
       </c>
       <c r="T12" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V12" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W12" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X12" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y12" t="inlineStr">
         <is>
-          <t>Central Energy Resources Science Center</t>
+          <t>Eastern Mineral and Environmental Resources Science Center</t>
         </is>
       </c>
       <c r="Z12" t="inlineStr">
         <is>
-          <t>2 p.</t>
-[...4 lines deleted...]
-          <t>Moldova, Poland, Romania, Ukraine</t>
+          <t>viii, 28 p.</t>
+        </is>
+      </c>
+      <c r="AA12" t="inlineStr">
+        <is>
+          <t>Report</t>
+        </is>
+      </c>
+      <c r="AB12" t="inlineStr">
+        <is>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="AC12" t="inlineStr">
+        <is>
+          <t>Critical mineral resources of the United States—Economic and environmental geology and prospects for future supply</t>
+        </is>
+      </c>
+      <c r="AF12" t="inlineStr">
+        <is>
+          <t>40</t>
         </is>
       </c>
       <c r="AU12" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
+      <c r="AV12" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
       <c r="AW12" t="inlineStr">
         <is>
-          <t>Klett, Timothy R. 0000-0001-9779-1168 tklett@usgs.gov; Schenk, Christopher J. 0000-0002-0248-7305 schenk@usgs.gov; Brownfield, Michael E. 0000-0003-3633-1138 mbrownfield@usgs.gov; Charpentier, Ronald R. charpentier@usgs.gov; Mercier, Tracey J. 0000-0002-8232-525X tmercier@usgs.gov; Leathers-Miller, Heidi M. 0000-0001-5208-9906 hleathers@usgs.gov; Tennyson, Marilyn E. 0000-0002-5166-2421 tennyson@usgs.gov</t>
+          <t>Cannon, William F. 0000-0002-2699-8118 wcannon@usgs.gov; Kimball, Bryn E. bekimball@usgs.gov; Corathers, Lisa A. lcorathers@usgs.gov</t>
+        </is>
+      </c>
+      <c r="AX12" t="inlineStr">
+        <is>
+          <t>Schulz, Klaus J. 0000-0003-2967-4765 kschulz@usgs.gov; DeYoung, Jr. 0000-0003-1169-6026 jdeyoung@usgs.gov; Seal,, Robert R. II 0000-0003-0901-2529 rseal@usgs.gov; Bradley, Dwight 0000-0001-9116-5289 bradleyorchard2@gmail.com</t>
         </is>
       </c>
       <c r="AZ12" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA12" t="inlineStr">
         <is>
-          <t>583ff343e4b04fc80e43724a</t>
+          <t>5a60fae5e4b06e28e9c22924</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70168861</t>
+          <t>https://pubs.usgs.gov/publication/sir20105090BB</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>70168861</t>
+          <t>70178702</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>70168861</t>
+          <t>sir20105090BB</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>Limited evidence of intercontinental dispersal of avian paramyxovirus serotype 4 by migratory birds</t>
+          <t>Geology and undiscovered resource assessment of the potash-bearing Pripyat and Dnieper-Donets Basins, Belarus and Ukraine</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>Infection, Genetics and Evolution</t>
+          <t>Scientific Investigations Report</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
+        <is>
+          <t>2010-5090</t>
+        </is>
+      </c>
+      <c r="K13" t="inlineStr">
+        <is>
+          <t>BB</t>
+        </is>
+      </c>
+      <c r="M13" t="inlineStr">
+        <is>
+          <t>2328-0328</t>
+        </is>
+      </c>
+      <c r="N13" t="inlineStr">
+        <is>
+          <t>2328-031X</t>
         </is>
       </c>
       <c r="P13" t="inlineStr">
         <is>
-          <t>10.1016/j.meegid.2016.02.031</t>
-[...4 lines deleted...]
-          <t>40</t>
+          <t>10.3133/sir20105090BB</t>
         </is>
       </c>
       <c r="T13" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V13" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W13" t="inlineStr">
         <is>
-          <t>Elsevier Science</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X13" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y13" t="inlineStr">
         <is>
-          <t>Alaska Science Center Biology WTEB; National Wildlife Health Center</t>
+          <t>Eastern Mineral and Environmental Resources Science Center; Geology, Minerals, Energy, and Geophysics Science Center</t>
         </is>
       </c>
       <c r="Z13" t="inlineStr">
         <is>
-          <t>5 p.</t>
-[...9 lines deleted...]
-          <t>108</t>
+          <t>Report: x, 116 p.; GIS Data</t>
+        </is>
+      </c>
+      <c r="AF13" t="inlineStr">
+        <is>
+          <t>116</t>
+        </is>
+      </c>
+      <c r="AM13" t="inlineStr">
+        <is>
+          <t>Belarus, Ukraine</t>
+        </is>
+      </c>
+      <c r="AQ13" t="inlineStr">
+        <is>
+          <t>Dnieper-Donets Basin, Pripyat Basin</t>
         </is>
       </c>
       <c r="AU13" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV13" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW13" t="inlineStr">
         <is>
-          <t>Reeves, Andrew B. 0000-0002-7526-0726 areeves@usgs.gov; Poulson, Rebecca L.; Muzyka, Denys; Ogawa, Haruko; Imai, Kunitoshi; Nghia Bui, Vuong; Hall, Jeffrey S. 0000-0001-5599-2826 jshall@usgs.gov; Pantin-Jackwood, Mary; Stallknecht, David E.; Ramey, Andrew M. 0000-0002-3601-8400 aramey@usgs.gov</t>
+          <t>Cocker, Mark D. 0000-0001-9435-5862 mcocker@usgs.gov; Orris, Greta J. 0000-0002-2340-9955 greta@usgs.gov; Dunlap, Pamela pdunlap@usgs.gov; Lipin, Bruce R. blipin@usgs.gov; Ludington, Steve; Ryan, Robert J.; Slowakiewicz, Miroslaw; Spanski, Gregory T.; Wynn, Jeff 0000-0002-8102-3882 jwynn@usgs.gov; Yang, Chao</t>
         </is>
       </c>
       <c r="AZ13" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA13" t="inlineStr">
         <is>
-          <t>56dea629e4b015c306fb51df</t>
-[...39 lines deleted...]
-          <t>3/4/2017</t>
+          <t>59843649e4b0e2f5d46653ac</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70046071</t>
+          <t>https://pubs.usgs.gov/publication/fs20163082</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>70046071</t>
+          <t>70177048</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>70046071</t>
+          <t>fs20163082</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>Arsenic and mercury in the soils of an industrial city in the Donets Basin, Ukraine</t>
+          <t>Assessment of undiscovered continuous oil and gas resources in the Dnieper-Donets Basin and North Carpathian Basin Provinces, Ukraine, Romania, Moldova, and Poland, 2015</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>Soil and Sediment Contamination: An International Journal</t>
+          <t>Fact Sheet</t>
+        </is>
+      </c>
+      <c r="I14" t="inlineStr">
+        <is>
+          <t>2016-3082</t>
+        </is>
+      </c>
+      <c r="M14" t="inlineStr">
+        <is>
+          <t>2327-6932</t>
+        </is>
+      </c>
+      <c r="N14" t="inlineStr">
+        <is>
+          <t>2327-6916</t>
         </is>
       </c>
       <c r="P14" t="inlineStr">
         <is>
-          <t>10.1080/15320383.2013.750270</t>
-[...9 lines deleted...]
-          <t>5</t>
+          <t>10.3133/fs20163082</t>
+        </is>
+      </c>
+      <c r="Q14" t="inlineStr">
+        <is>
+          <t>Version 1.0: November 30, 2016; Version 1.1: December 20, 2016</t>
         </is>
       </c>
       <c r="T14" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V14" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W14" t="inlineStr">
         <is>
-          <t>Taylor &amp; Francis</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X14" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y14" t="inlineStr">
         <is>
-          <t>National Research Program - Eastern Branch</t>
+          <t>Central Energy Resources Science Center</t>
         </is>
       </c>
       <c r="Z14" t="inlineStr">
         <is>
-          <t>10 p.</t>
-[...24 lines deleted...]
-          <t>593</t>
+          <t>2 p.</t>
         </is>
       </c>
       <c r="AM14" t="inlineStr">
         <is>
-          <t>Ukraine</t>
-[...4 lines deleted...]
-          <t>Donets Basin</t>
+          <t>Moldova, Poland, Romania, Ukraine</t>
+        </is>
+      </c>
+      <c r="AU14" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW14" t="inlineStr">
         <is>
-          <t>Conko, Kathryn M. 0000-0001-6361-4921 kmconko@usgs.gov; Landa, Edward R. erlanda@usgs.gov; Kolker, Allan 0000-0002-5768-4533 akolker@usgs.gov; Kozlov, Kostiantyn; Gibb, Herman J.; Centeno, Jose; Panov, Boris S.; Panov, Yuri B.</t>
+          <t>Klett, Timothy R. 0000-0001-9779-1168 tklett@usgs.gov; Schenk, Christopher J. 0000-0002-0248-7305 schenk@usgs.gov; Brownfield, Michael E. 0000-0003-3633-1138 mbrownfield@usgs.gov; Charpentier, Ronald R. charpentier@usgs.gov; Mercier, Tracey J. 0000-0002-8232-525X tmercier@usgs.gov; Leathers-Miller, Heidi M. 0000-0001-5208-9906 hleathers@usgs.gov; Tennyson, Marilyn E. 0000-0002-5166-2421 tennyson@usgs.gov</t>
         </is>
       </c>
       <c r="AZ14" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="BA14" t="inlineStr">
         <is>
-          <t>519f2c5ae4b0687ba0506b4a</t>
+          <t>583ff343e4b04fc80e43724a</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70040186</t>
+          <t>https://pubs.usgs.gov/publication/70168861</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>70040186</t>
+          <t>70168861</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>70040186</t>
+          <t>70168861</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>Book chapter</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Book Chapter</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>Geomyces destructans -- White-nose syndrome in hibernating bats</t>
+          <t>Limited evidence of intercontinental dispersal of avian paramyxovirus serotype 4 by migratory birds</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Infection, Genetics and Evolution</t>
         </is>
       </c>
       <c r="P15" t="inlineStr">
         <is>
-          <t>10.1002/9781118342442.ch40</t>
+          <t>10.1016/j.meegid.2016.02.031</t>
+        </is>
+      </c>
+      <c r="R15" t="inlineStr">
+        <is>
+          <t>40</t>
         </is>
       </c>
       <c r="T15" t="inlineStr">
         <is>
-          <t>2012</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="U15" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V15" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W15" t="inlineStr">
         <is>
-          <t>Wiley-Blackwell</t>
-[...4 lines deleted...]
-          <t>Hoboken, NJ</t>
+          <t>Elsevier Science</t>
         </is>
       </c>
       <c r="Y15" t="inlineStr">
         <is>
-          <t>National Wildlife Health Center</t>
+          <t>Alaska Science Center Biology WTEB; National Wildlife Health Center</t>
         </is>
       </c>
       <c r="Z15" t="inlineStr">
         <is>
-          <t>3 p.</t>
-[...14 lines deleted...]
-          <t>Infectious diseases of wild mammals and birds in Europe</t>
+          <t>5 p.</t>
         </is>
       </c>
       <c r="AD15" t="inlineStr">
         <is>
-          <t>473</t>
+          <t>104</t>
         </is>
       </c>
       <c r="AE15" t="inlineStr">
         <is>
-          <t>475</t>
-[...9 lines deleted...]
-          <t>Europe;North America</t>
+          <t>108</t>
+        </is>
+      </c>
+      <c r="AU15" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV15" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW15" t="inlineStr">
         <is>
-          <t>Meteyer, Carol U. 0000-0002-4007-3410 cmeteyer@usgs.gov; Wibbelt, Gudrun</t>
-[...4 lines deleted...]
-          <t>Gavier-Widen, Dolores; Duff, J. Paul; Meredith, Anna</t>
+          <t>Reeves, Andrew B. 0000-0002-7526-0726 areeves@usgs.gov; Poulson, Rebecca L.; Muzyka, Denys; Ogawa, Haruko; Imai, Kunitoshi; Nghia Bui, Vuong; Hall, Jeffrey S. 0000-0001-5599-2826 jshall@usgs.gov; Pantin-Jackwood, Mary; Stallknecht, David E.; Ramey, Andrew M. 0000-0002-3601-8400 aramey@usgs.gov</t>
         </is>
       </c>
       <c r="AZ15" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA15" t="inlineStr">
         <is>
-          <t>50866d13e4b0a1435286d656</t>
+          <t>56dea629e4b015c306fb51df</t>
+        </is>
+      </c>
+      <c r="BB15" t="inlineStr">
+        <is>
+          <t>10.1016/j.meegid.2016.02.031</t>
+        </is>
+      </c>
+      <c r="BC15" t="inlineStr">
+        <is>
+          <t>http://dx.doi.org/10.1016/j.meegid.2016.02.031</t>
+        </is>
+      </c>
+      <c r="BD15" t="inlineStr">
+        <is>
+          <t>Elsevier BV</t>
+        </is>
+      </c>
+      <c r="BE15" t="inlineStr">
+        <is>
+          <t>Reeves Andrew B., Poulson Rebecca L., Muzyka Denys, Ogawa Haruko, Imai Kunitoshi, Bui Vuong Nghia, Hall Jeffrey S., Pantin-Jackwood Mary, Stallknecht David E., Ramey Andrew M.</t>
+        </is>
+      </c>
+      <c r="BF15" t="inlineStr">
+        <is>
+          <t>Infection, Genetics and Evolution</t>
+        </is>
+      </c>
+      <c r="BG15" t="inlineStr">
+        <is>
+          <t>6/2016</t>
+        </is>
+      </c>
+      <c r="BH15" t="inlineStr">
+        <is>
+          <t>3/13/2017</t>
+        </is>
+      </c>
+      <c r="BI15" t="inlineStr">
+        <is>
+          <t>3/4/2017</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/fs20123102</t>
+          <t>https://pubs.usgs.gov/publication/70046071</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>70039090</t>
+          <t>70046071</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>fs20123102</t>
+          <t>70046071</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
-          <t>Potential for technically recoverable unconventional gas and oil resources in the Polish-Ukrainian Foredeep, Poland, 2012</t>
+          <t>Arsenic and mercury in the soils of an industrial city in the Donets Basin, Ukraine</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>Fact Sheet</t>
-[...14 lines deleted...]
-          <t>2327-6916</t>
+          <t>Soil and Sediment Contamination: An International Journal</t>
         </is>
       </c>
       <c r="P16" t="inlineStr">
         <is>
-          <t>10.3133/fs20123102</t>
+          <t>10.1080/15320383.2013.750270</t>
+        </is>
+      </c>
+      <c r="R16" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="S16" t="inlineStr">
+        <is>
+          <t>5</t>
         </is>
       </c>
       <c r="T16" t="inlineStr">
         <is>
-          <t>2012</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="U16" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V16" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W16" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Taylor &amp; Francis</t>
         </is>
       </c>
       <c r="Y16" t="inlineStr">
         <is>
-          <t>Energy Resources Program</t>
+          <t>National Research Program - Eastern Branch</t>
         </is>
       </c>
       <c r="Z16" t="inlineStr">
         <is>
-          <t>2 p.</t>
+          <t>10 p.</t>
+        </is>
+      </c>
+      <c r="AA16" t="inlineStr">
+        <is>
+          <t>Article</t>
+        </is>
+      </c>
+      <c r="AB16" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="AC16" t="inlineStr">
+        <is>
+          <t>Soil and Sediment Contamination: An International Journal</t>
+        </is>
+      </c>
+      <c r="AD16" t="inlineStr">
+        <is>
+          <t>574</t>
+        </is>
+      </c>
+      <c r="AE16" t="inlineStr">
+        <is>
+          <t>593</t>
         </is>
       </c>
       <c r="AM16" t="inlineStr">
         <is>
-          <t>Poland;Ukraine</t>
+          <t>Ukraine</t>
+        </is>
+      </c>
+      <c r="AQ16" t="inlineStr">
+        <is>
+          <t>Donets Basin</t>
         </is>
       </c>
       <c r="AW16" t="inlineStr">
         <is>
-          <t>Gautier, Donald L. gautier@usgs.gov; Pitman, Janet K. 0000-0002-0441-779X jpitman@usgs.gov; Charpentier, Ronald R. charpentier@usgs.gov; Cook, Troy; Klett, Timothy R. 0000-0001-9779-1168 tklett@usgs.gov; Schenk, Christopher J. 0000-0002-0248-7305 schenk@usgs.gov</t>
+          <t>Conko, Kathryn M. 0000-0001-6361-4921 kmconko@usgs.gov; Landa, Edward R. erlanda@usgs.gov; Kolker, Allan 0000-0002-5768-4533 akolker@usgs.gov; Kozlov, Kostiantyn; Gibb, Herman J.; Centeno, Jose; Panov, Boris S.; Panov, Yuri B.</t>
         </is>
       </c>
       <c r="AZ16" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA16" t="inlineStr">
         <is>
-          <t>505a7f1be4b0c8380cd7a912</t>
+          <t>519f2c5ae4b0687ba0506b4a</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/fs20113051</t>
+          <t>https://pubs.usgs.gov/publication/70040186</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>70004634</t>
+          <t>70040186</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>fs20113051</t>
+          <t>70040186</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Book chapter</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Book Chapter</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t>Assessment of undiscovered oil and gas resources of the Dnieper-Donets Basin Province and Pripyat Basin Province, Russia, Ukraine, and Belarus, 2010</t>
-[...19 lines deleted...]
-          <t>2327-6916</t>
+          <t>Geomyces destructans -- White-nose syndrome in hibernating bats</t>
         </is>
       </c>
       <c r="P17" t="inlineStr">
         <is>
-          <t>10.3133/fs20113051</t>
+          <t>10.1002/9781118342442.ch40</t>
         </is>
       </c>
       <c r="T17" t="inlineStr">
         <is>
-          <t>2011</t>
+          <t>2012</t>
         </is>
       </c>
       <c r="U17" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V17" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W17" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Wiley-Blackwell</t>
         </is>
       </c>
       <c r="X17" t="inlineStr">
         <is>
-          <t>Reston, VA</t>
+          <t>Hoboken, NJ</t>
         </is>
       </c>
       <c r="Y17" t="inlineStr">
         <is>
-          <t>Central Energy Resources Science Center</t>
+          <t>National Wildlife Health Center</t>
         </is>
       </c>
       <c r="Z17" t="inlineStr">
         <is>
-          <t>2 p.</t>
+          <t>3 p.</t>
+        </is>
+      </c>
+      <c r="AA17" t="inlineStr">
+        <is>
+          <t>Book</t>
+        </is>
+      </c>
+      <c r="AB17" t="inlineStr">
+        <is>
+          <t>Monograph</t>
+        </is>
+      </c>
+      <c r="AC17" t="inlineStr">
+        <is>
+          <t>Infectious diseases of wild mammals and birds in Europe</t>
         </is>
       </c>
       <c r="AD17" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>473</t>
         </is>
       </c>
       <c r="AE17" t="inlineStr">
         <is>
-          <t>2</t>
-[...14 lines deleted...]
-          <t>2010-12-31</t>
+          <t>475</t>
         </is>
       </c>
       <c r="AM17" t="inlineStr">
         <is>
-          <t>Russia;Ukraine;Belarus</t>
+          <t>United States;Canada;Belgium;Czech Republic;Estonia;France;Germany;Hungary;Poland;Switzerland;Slovakia;The Netherlands;Ukraine</t>
+        </is>
+      </c>
+      <c r="AQ17" t="inlineStr">
+        <is>
+          <t>Europe;North America</t>
         </is>
       </c>
       <c r="AW17" t="inlineStr">
         <is>
-          <t>Klett, T. R. 0000-0001-9779-1168</t>
+          <t>Meteyer, Carol U. 0000-0002-4007-3410 cmeteyer@usgs.gov; Wibbelt, Gudrun</t>
+        </is>
+      </c>
+      <c r="AX17" t="inlineStr">
+        <is>
+          <t>Gavier-Widen, Dolores; Duff, J. Paul; Meredith, Anna</t>
         </is>
       </c>
       <c r="AZ17" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA17" t="inlineStr">
         <is>
-          <t>4f4e4aafe4b07f02db66cc2e</t>
+          <t>50866d13e4b0a1435286d656</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/fs20113052</t>
+          <t>https://pubs.usgs.gov/publication/fs20123102</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>70004635</t>
+          <t>70039090</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>fs20113052</t>
+          <t>fs20123102</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Report</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
-          <t>Assessment of undiscovered oil and gas resources of the Azov-Kuban Basin Province, Ukraine and Russia, 2010</t>
+          <t>Potential for technically recoverable unconventional gas and oil resources in the Polish-Ukrainian Foredeep, Poland, 2012</t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
           <t>Fact Sheet</t>
         </is>
       </c>
       <c r="I18" t="inlineStr">
         <is>
-          <t>2011-3052</t>
+          <t>2012-3102</t>
         </is>
       </c>
       <c r="M18" t="inlineStr">
         <is>
           <t>2327-6932</t>
         </is>
       </c>
       <c r="N18" t="inlineStr">
         <is>
           <t>2327-6916</t>
         </is>
       </c>
       <c r="P18" t="inlineStr">
         <is>
-          <t>10.3133/fs20113052</t>
+          <t>10.3133/fs20123102</t>
         </is>
       </c>
       <c r="T18" t="inlineStr">
         <is>
-          <t>2011</t>
+          <t>2012</t>
         </is>
       </c>
       <c r="U18" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V18" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W18" t="inlineStr">
         <is>
           <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X18" t="inlineStr">
         <is>
           <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y18" t="inlineStr">
         <is>
-          <t>Central Energy Resources Science Center</t>
+          <t>Energy Resources Program</t>
         </is>
       </c>
       <c r="Z18" t="inlineStr">
         <is>
           <t>2 p.</t>
         </is>
       </c>
-      <c r="AD18" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AE18" t="inlineStr">
+      <c r="AM18" t="inlineStr">
+        <is>
+          <t>Poland;Ukraine</t>
+        </is>
+      </c>
+      <c r="AW18" t="inlineStr">
+        <is>
+          <t>Gautier, Donald L. gautier@usgs.gov; Pitman, Janet K. 0000-0002-0441-779X jpitman@usgs.gov; Charpentier, Ronald R. charpentier@usgs.gov; Cook, Troy; Klett, Timothy R. 0000-0001-9779-1168 tklett@usgs.gov; Schenk, Christopher J. 0000-0002-0248-7305 schenk@usgs.gov</t>
+        </is>
+      </c>
+      <c r="AZ18" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AF18" t="inlineStr">
-[...33 lines deleted...]
-      </c>
       <c r="BA18" t="inlineStr">
         <is>
-          <t>4f4e4aa9e4b07f02db667f56</t>
+          <t>505a7f1be4b0c8380cd7a912</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70034822</t>
+          <t>https://pubs.usgs.gov/publication/fs20113051</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>70034822</t>
+          <t>70004634</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>70034822</t>
+          <t>fs20113051</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
-          <t>Biomarkers of mercury exposure in two eastern Ukraine cities</t>
+          <t>Assessment of undiscovered oil and gas resources of the Dnieper-Donets Basin Province and Pripyat Basin Province, Russia, Ukraine, and Belarus, 2010</t>
         </is>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>Journal of Occupational and Environmental Hygiene</t>
+          <t>Fact Sheet</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
+        <is>
+          <t>2011-3051</t>
+        </is>
+      </c>
+      <c r="M19" t="inlineStr">
+        <is>
+          <t>2327-6932</t>
+        </is>
+      </c>
+      <c r="N19" t="inlineStr">
+        <is>
+          <t>2327-6916</t>
         </is>
       </c>
       <c r="P19" t="inlineStr">
         <is>
-          <t>10.1080/15459624.2011.556984</t>
-[...9 lines deleted...]
-          <t>4</t>
+          <t>10.3133/fs20113051</t>
         </is>
       </c>
       <c r="T19" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
       <c r="U19" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V19" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W19" t="inlineStr">
         <is>
-          <t>Taylor and Francis</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X19" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y19" t="inlineStr">
         <is>
-          <t>Mercury Research Laboratory; Toxic Substances Hydrology Program</t>
+          <t>Central Energy Resources Science Center</t>
         </is>
       </c>
       <c r="Z19" t="inlineStr">
         <is>
-          <t>7 p.</t>
+          <t>2 p.</t>
         </is>
       </c>
       <c r="AD19" t="inlineStr">
         <is>
-          <t>187</t>
+          <t>1</t>
         </is>
       </c>
       <c r="AE19" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>2</t>
         </is>
       </c>
       <c r="AF19" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AH19" t="inlineStr">
+        <is>
+          <t>2010-01-01</t>
+        </is>
+      </c>
+      <c r="AI19" t="inlineStr">
+        <is>
+          <t>2010-12-31</t>
         </is>
       </c>
       <c r="AM19" t="inlineStr">
         <is>
-          <t>Ukraine</t>
+          <t>Russia;Ukraine;Belarus</t>
         </is>
       </c>
       <c r="AW19" t="inlineStr">
         <is>
-          <t>Gibb, H.; Haver, C.; Kozlov, K.; Centeno, J.A.; Jurgenson, V.; Kolker, Allan 0000-0002-5768-4533 akolker@usgs.gov; Conko, Kathryn M. 0000-0001-6361-4921 kmconko@usgs.gov; Landa, Edward R. erlanda@usgs.gov; Xu, H.</t>
+          <t>Klett, T. R. 0000-0001-9779-1168</t>
         </is>
       </c>
       <c r="AZ19" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA19" t="inlineStr">
         <is>
-          <t>5059f18ae4b0c8380cd4acb1</t>
+          <t>4f4e4aafe4b07f02db66cc2e</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70004039</t>
+          <t>https://pubs.usgs.gov/publication/fs20113052</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>70004039</t>
+          <t>70004635</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>70004039</t>
+          <t>fs20113052</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t>Morphological characteristics and growth of northern pike in waters of the United States</t>
+          <t>Assessment of undiscovered oil and gas resources of the Azov-Kuban Basin Province, Ukraine and Russia, 2010</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>Fisheries</t>
+          <t>Fact Sheet</t>
+        </is>
+      </c>
+      <c r="I20" t="inlineStr">
+        <is>
+          <t>2011-3052</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
-          <t>1548-8446</t>
+          <t>2327-6932</t>
         </is>
       </c>
       <c r="N20" t="inlineStr">
         <is>
-          <t>0363-2415</t>
-[...4 lines deleted...]
-          <t>67</t>
+          <t>2327-6916</t>
+        </is>
+      </c>
+      <c r="P20" t="inlineStr">
+        <is>
+          <t>10.3133/fs20113052</t>
         </is>
       </c>
       <c r="T20" t="inlineStr">
         <is>
-          <t>2009</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="U20" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V20" t="inlineStr">
         <is>
-          <t>Ukrainian</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W20" t="inlineStr">
         <is>
-          <t>Ukrainian Academy of Agrarian Sciences</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="X20" t="inlineStr">
         <is>
-          <t>Kiev, Ukraine</t>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y20" t="inlineStr">
         <is>
-          <t>Arizona Cooperative Fish and Wildlife Research Unit</t>
+          <t>Central Energy Resources Science Center</t>
         </is>
       </c>
       <c r="Z20" t="inlineStr">
         <is>
-          <t>5 p.</t>
+          <t>2 p.</t>
         </is>
       </c>
       <c r="AD20" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>1</t>
         </is>
       </c>
       <c r="AE20" t="inlineStr">
         <is>
-          <t>135</t>
-[...4 lines deleted...]
-          <t>кузьменко, ю. г., т. в. спесивьій, с.а. боннар. 2009. морфологическая характеристика и рост щуки (Esox lucius L.) некоторьіх водоемов сша. рибне господарство міжвідомчий тематичний науковий збірник випуск 67:131-135. (Kuzmenko, Specivy and Bonar. 2009. Morphological characteristics and growth of northern pike in waters of the United States. Fisheries (Ukrainian Academy of Agrarian Sciences) 67:131-135</t>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AF20" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AH20" t="inlineStr">
+        <is>
+          <t>2010-01-01</t>
+        </is>
+      </c>
+      <c r="AI20" t="inlineStr">
+        <is>
+          <t>2010-12-31</t>
         </is>
       </c>
       <c r="AM20" t="inlineStr">
         <is>
-          <t>United States</t>
+          <t>Ukraine;Russia</t>
+        </is>
+      </c>
+      <c r="AQ20" t="inlineStr">
+        <is>
+          <t>Azov-kuban Basin Province</t>
         </is>
       </c>
       <c r="AW20" t="inlineStr">
         <is>
-          <t>Kuzmenko, Y.G.; Spesyviy, T.B.; Bonar, Scott A. 0000-0003-3532-4067 sbonar@usgs.gov</t>
+          <t>Klett, T. R. 0000-0001-9779-1168</t>
         </is>
       </c>
       <c r="AZ20" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA20" t="inlineStr">
         <is>
-          <t>505a5e3ee4b0c8380cd708c9</t>
+          <t>4f4e4aa9e4b07f02db667f56</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70036738</t>
+          <t>https://pubs.usgs.gov/publication/70034822</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>70036738</t>
+          <t>70034822</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>70036738</t>
+          <t>70034822</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
-          <t>Mercury and trace element contents of Donbas coals and associated mine water in the vicinity of Donetsk, Ukraine</t>
+          <t>Biomarkers of mercury exposure in two eastern Ukraine cities</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
-          <t>International Journal of Coal Geology</t>
+          <t>Journal of Occupational and Environmental Hygiene</t>
         </is>
       </c>
       <c r="P21" t="inlineStr">
         <is>
-          <t>10.1016/j.coal.2009.06.003</t>
+          <t>10.1080/15459624.2011.556984</t>
         </is>
       </c>
       <c r="R21" t="inlineStr">
         <is>
-          <t>79</t>
+          <t>8</t>
         </is>
       </c>
       <c r="S21" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>4</t>
         </is>
       </c>
       <c r="T21" t="inlineStr">
         <is>
-          <t>2009</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="U21" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V21" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W21" t="inlineStr">
         <is>
-          <t>Elsevier</t>
+          <t>Taylor and Francis</t>
         </is>
       </c>
       <c r="Y21" t="inlineStr">
         <is>
-          <t>Toxic Substances Hydrology Program</t>
+          <t>Mercury Research Laboratory; Toxic Substances Hydrology Program</t>
         </is>
       </c>
       <c r="Z21" t="inlineStr">
         <is>
-          <t>9 p.</t>
+          <t>7 p.</t>
         </is>
       </c>
       <c r="AD21" t="inlineStr">
         <is>
-          <t>83</t>
+          <t>187</t>
         </is>
       </c>
       <c r="AE21" t="inlineStr">
         <is>
-          <t>91</t>
+          <t>193</t>
+        </is>
+      </c>
+      <c r="AF21" t="inlineStr">
+        <is>
+          <t>7</t>
         </is>
       </c>
       <c r="AM21" t="inlineStr">
         <is>
           <t>Ukraine</t>
         </is>
       </c>
-      <c r="AQ21" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AW21" t="inlineStr">
         <is>
-          <t>Kolker, A. 0000-0002-5768-4533; Panov, B.S.; Panov, Y.B.; Landa, E. R.; Conko, K.M. 0000-0001-6361-4921; Korchemagin, V.A.; Shendrik, T.; McCord, J.D.</t>
+          <t>Gibb, H.; Haver, C.; Kozlov, K.; Centeno, J.A.; Jurgenson, V.; Kolker, Allan 0000-0002-5768-4533 akolker@usgs.gov; Conko, Kathryn M. 0000-0001-6361-4921 kmconko@usgs.gov; Landa, Edward R. erlanda@usgs.gov; Xu, H.</t>
         </is>
       </c>
       <c r="AZ21" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA21" t="inlineStr">
         <is>
-          <t>505a53e4e4b0c8380cd6cdb7</t>
+          <t>5059f18ae4b0c8380cd4acb1</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70031905</t>
+          <t>https://pubs.usgs.gov/publication/70004039</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>70031905</t>
+          <t>70004039</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>70031905</t>
+          <t>70004039</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>Biomarkers of mercury exposure at a mercury recycling facility in Ukraine</t>
+          <t>Morphological characteristics and growth of northern pike in waters of the United States</t>
         </is>
       </c>
       <c r="H22" t="inlineStr">
         <is>
-          <t>Journal of Occupational and Environmental Hygiene</t>
-[...4 lines deleted...]
-          <t>10.1080/15459620802174432</t>
+          <t>Fisheries</t>
+        </is>
+      </c>
+      <c r="M22" t="inlineStr">
+        <is>
+          <t>1548-8446</t>
+        </is>
+      </c>
+      <c r="N22" t="inlineStr">
+        <is>
+          <t>0363-2415</t>
         </is>
       </c>
       <c r="R22" t="inlineStr">
         <is>
-          <t>5</t>
-[...4 lines deleted...]
-          <t>8</t>
+          <t>67</t>
         </is>
       </c>
       <c r="T22" t="inlineStr">
         <is>
-          <t>2008</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="U22" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V22" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>Ukrainian</t>
         </is>
       </c>
       <c r="W22" t="inlineStr">
         <is>
-          <t>Taylor and Francis</t>
+          <t>Ukrainian Academy of Agrarian Sciences</t>
+        </is>
+      </c>
+      <c r="X22" t="inlineStr">
+        <is>
+          <t>Kiev, Ukraine</t>
         </is>
       </c>
       <c r="Y22" t="inlineStr">
         <is>
-          <t>Toxic Substances Hydrology Program</t>
+          <t>Arizona Cooperative Fish and Wildlife Research Unit</t>
         </is>
       </c>
       <c r="Z22" t="inlineStr">
         <is>
-          <t>7 p.</t>
+          <t>5 p.</t>
         </is>
       </c>
       <c r="AD22" t="inlineStr">
         <is>
-          <t>483</t>
+          <t>131</t>
         </is>
       </c>
       <c r="AE22" t="inlineStr">
         <is>
-          <t>489</t>
+          <t>135</t>
+        </is>
+      </c>
+      <c r="AG22" t="inlineStr">
+        <is>
+          <t>кузьменко, ю. г., т. в. спесивьій, с.а. боннар. 2009. морфологическая характеристика и рост щуки (Esox lucius L.) некоторьіх водоемов сша. рибне господарство міжвідомчий тематичний науковий збірник випуск 67:131-135. (Kuzmenko, Specivy and Bonar. 2009. Morphological characteristics and growth of northern pike in waters of the United States. Fisheries (Ukrainian Academy of Agrarian Sciences) 67:131-135</t>
+        </is>
+      </c>
+      <c r="AM22" t="inlineStr">
+        <is>
+          <t>United States</t>
         </is>
       </c>
       <c r="AW22" t="inlineStr">
         <is>
-          <t>Gibb, H.J.; Kozlov, K.; Buckley, J.P.; Centeno, J.; Jurgenson, V.; Kolker, A. 0000-0002-5768-4533; Conko, K. 0000-0001-6361-4921; Landa, E.; Panov, B.; Panov, Y.; Xu, H.</t>
+          <t>Kuzmenko, Y.G.; Spesyviy, T.B.; Bonar, Scott A. 0000-0003-3532-4067 sbonar@usgs.gov</t>
         </is>
       </c>
       <c r="AZ22" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA22" t="inlineStr">
         <is>
-          <t>5059f189e4b0c8380cd4acae</t>
+          <t>505a5e3ee4b0c8380cd708c9</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/cir1298</t>
+          <t>https://pubs.usgs.gov/publication/70036738</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>79448</t>
+          <t>70036738</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>cir1298</t>
+          <t>70036738</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>Worldwide Asbestos Supply and Consumption Trends from 1900 through 2003</t>
+          <t>Mercury and trace element contents of Donbas coals and associated mine water in the vicinity of Donetsk, Ukraine</t>
         </is>
       </c>
       <c r="H23" t="inlineStr">
         <is>
-          <t>Circular</t>
-[...19 lines deleted...]
-          <t>1411311671</t>
+          <t>International Journal of Coal Geology</t>
         </is>
       </c>
       <c r="P23" t="inlineStr">
         <is>
-          <t>10.3133/cir1298</t>
+          <t>10.1016/j.coal.2009.06.003</t>
+        </is>
+      </c>
+      <c r="R23" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="S23" t="inlineStr">
+        <is>
+          <t>3</t>
         </is>
       </c>
       <c r="T23" t="inlineStr">
         <is>
-          <t>2006</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="U23" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V23" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
         </is>
       </c>
       <c r="W23" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...4 lines deleted...]
-          <t>Reston, VA</t>
+          <t>Elsevier</t>
         </is>
       </c>
       <c r="Y23" t="inlineStr">
         <is>
-          <t>Mineral Resources Program</t>
+          <t>Toxic Substances Hydrology Program</t>
         </is>
       </c>
       <c r="Z23" t="inlineStr">
         <is>
-          <t>v, 80 p.</t>
-[...14 lines deleted...]
-          <t>2003-12-31</t>
+          <t>9 p.</t>
+        </is>
+      </c>
+      <c r="AD23" t="inlineStr">
+        <is>
+          <t>83</t>
+        </is>
+      </c>
+      <c r="AE23" t="inlineStr">
+        <is>
+          <t>91</t>
+        </is>
+      </c>
+      <c r="AM23" t="inlineStr">
+        <is>
+          <t>Ukraine</t>
         </is>
       </c>
       <c r="AQ23" t="inlineStr">
         <is>
-          <t>Earth</t>
+          <t>Donbas mines</t>
         </is>
       </c>
       <c r="AU23" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV23" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW23" t="inlineStr">
         <is>
-          <t>Virta, Robert L. rvirta@usgs.gov</t>
+          <t>Kolker, A. 0000-0002-5768-4533; Panov, B.S.; Panov, Y.B.; Landa, E. R.; Conko, K.M. 0000-0001-6361-4921; Korchemagin, V.A.; Shendrik, T.; McCord, J.D.</t>
         </is>
       </c>
       <c r="AZ23" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA23" t="inlineStr">
         <is>
-          <t>4f4e4b04e4b07f02db6992b6</t>
+          <t>505a53e4e4b0c8380cd6cdb7</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/b2204D</t>
+          <t>https://pubs.usgs.gov/publication/70031905</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>75823</t>
+          <t>70031905</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>b2204D</t>
+          <t>70031905</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>Total Petroleum Systems of the North Carpathian Province of Poland, Ukraine, Czech Republic, and Austria</t>
+          <t>Biomarkers of mercury exposure at a mercury recycling facility in Ukraine</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
-          <t>Bulletin</t>
-[...9 lines deleted...]
-          <t>D</t>
+          <t>Journal of Occupational and Environmental Hygiene</t>
         </is>
       </c>
       <c r="P24" t="inlineStr">
         <is>
-          <t>10.3133/b2204D</t>
-[...4 lines deleted...]
-          <t>Version 1.0</t>
+          <t>10.1080/15459620802174432</t>
+        </is>
+      </c>
+      <c r="R24" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="S24" t="inlineStr">
+        <is>
+          <t>8</t>
         </is>
       </c>
       <c r="T24" t="inlineStr">
         <is>
-          <t>2006</t>
+          <t>2008</t>
         </is>
       </c>
       <c r="U24" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V24" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W24" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Taylor and Francis</t>
         </is>
       </c>
       <c r="Y24" t="inlineStr">
         <is>
-          <t>Central Energy Resources Science Center; Central Region Energy Resources Program</t>
+          <t>Toxic Substances Hydrology Program</t>
         </is>
       </c>
       <c r="Z24" t="inlineStr">
         <is>
-          <t>v, 26 p.</t>
-[...24 lines deleted...]
-          <t>Y</t>
+          <t>7 p.</t>
+        </is>
+      </c>
+      <c r="AD24" t="inlineStr">
+        <is>
+          <t>483</t>
+        </is>
+      </c>
+      <c r="AE24" t="inlineStr">
+        <is>
+          <t>489</t>
         </is>
       </c>
       <c r="AW24" t="inlineStr">
         <is>
-          <t>Pawlewicz, Mark</t>
+          <t>Gibb, H.J.; Kozlov, K.; Buckley, J.P.; Centeno, J.; Jurgenson, V.; Kolker, A. 0000-0002-5768-4533; Conko, K. 0000-0001-6361-4921; Landa, E.; Panov, B.; Panov, Y.; Xu, H.</t>
         </is>
       </c>
       <c r="AZ24" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA24" t="inlineStr">
         <is>
-          <t>4f4e49fbe4b07f02db5f4704</t>
+          <t>5059f189e4b0c8380cd4acae</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70030360</t>
+          <t>https://pubs.usgs.gov/publication/cir1298</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>70030360</t>
+          <t>79448</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>70030360</t>
+          <t>cir1298</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>Rare earths, the lanthanides, yttrium and scandium</t>
+          <t>Worldwide Asbestos Supply and Consumption Trends from 1900 through 2003</t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>Mining Engineering</t>
-[...9 lines deleted...]
-          <t>6</t>
+          <t>Circular</t>
+        </is>
+      </c>
+      <c r="I25" t="inlineStr">
+        <is>
+          <t>1298</t>
+        </is>
+      </c>
+      <c r="M25" t="inlineStr">
+        <is>
+          <t>2330-5703</t>
+        </is>
+      </c>
+      <c r="N25" t="inlineStr">
+        <is>
+          <t>1067-084X</t>
+        </is>
+      </c>
+      <c r="O25" t="inlineStr">
+        <is>
+          <t>1411311671</t>
+        </is>
+      </c>
+      <c r="P25" t="inlineStr">
+        <is>
+          <t>10.3133/cir1298</t>
         </is>
       </c>
       <c r="T25" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
       <c r="U25" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V25" t="inlineStr">
         <is>
-          <t>English</t>
-[...24 lines deleted...]
-          <t>53</t>
+          <t>ENGLISH</t>
+        </is>
+      </c>
+      <c r="W25" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X25" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
+        </is>
+      </c>
+      <c r="Y25" t="inlineStr">
+        <is>
+          <t>Mineral Resources Program</t>
+        </is>
+      </c>
+      <c r="Z25" t="inlineStr">
+        <is>
+          <t>v, 80 p.</t>
         </is>
       </c>
       <c r="AF25" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>85</t>
+        </is>
+      </c>
+      <c r="AH25" t="inlineStr">
+        <is>
+          <t>1900-01-01</t>
+        </is>
+      </c>
+      <c r="AI25" t="inlineStr">
+        <is>
+          <t>2003-12-31</t>
+        </is>
+      </c>
+      <c r="AQ25" t="inlineStr">
+        <is>
+          <t>Earth</t>
+        </is>
+      </c>
+      <c r="AU25" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW25" t="inlineStr">
         <is>
-          <t>Hedrick, J.B.</t>
+          <t>Virta, Robert L. rvirta@usgs.gov</t>
         </is>
       </c>
       <c r="AZ25" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA25" t="inlineStr">
         <is>
-          <t>505a9523e4b0c8380cd81822</t>
+          <t>4f4e4b04e4b07f02db6992b6</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/1004000</t>
+          <t>https://pubs.usgs.gov/publication/b2204D</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>1004000</t>
+          <t>75823</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>1004000</t>
+          <t>b2204D</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t>Avian influenza virus and free-ranging wild birds</t>
+          <t>Total Petroleum Systems of the North Carpathian Province of Poland, Ukraine, Czech Republic, and Austria</t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>Journal of the American Veterinary Medical Association</t>
+          <t>Bulletin</t>
+        </is>
+      </c>
+      <c r="I26" t="inlineStr">
+        <is>
+          <t>2204</t>
+        </is>
+      </c>
+      <c r="K26" t="inlineStr">
+        <is>
+          <t>D</t>
         </is>
       </c>
       <c r="P26" t="inlineStr">
         <is>
-          <t>10.2460/javma.228.12.1877</t>
-[...9 lines deleted...]
-          <t>12</t>
+          <t>10.3133/b2204D</t>
+        </is>
+      </c>
+      <c r="Q26" t="inlineStr">
+        <is>
+          <t>Version 1.0</t>
         </is>
       </c>
       <c r="T26" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
       <c r="U26" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V26" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W26" t="inlineStr">
         <is>
-          <t>American Veterinary Medical Association</t>
+          <t>U.S. Geological Survey</t>
         </is>
       </c>
       <c r="Y26" t="inlineStr">
         <is>
-          <t>National Wildlife Health Center</t>
+          <t>Central Energy Resources Science Center; Central Region Energy Resources Program</t>
         </is>
       </c>
       <c r="Z26" t="inlineStr">
         <is>
-          <t>6 p.</t>
-[...9 lines deleted...]
-          <t>1882</t>
+          <t>v, 26 p.</t>
+        </is>
+      </c>
+      <c r="AA26" t="inlineStr">
+        <is>
+          <t>Report</t>
+        </is>
+      </c>
+      <c r="AB26" t="inlineStr">
+        <is>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="AC26" t="inlineStr">
+        <is>
+          <t>World Petroleum Assessment 2000</t>
         </is>
       </c>
       <c r="AF26" t="inlineStr">
         <is>
-          <t>6</t>
-[...9 lines deleted...]
-          <t>Asia, Eastern Europe</t>
+          <t>31</t>
         </is>
       </c>
       <c r="AU26" t="inlineStr">
         <is>
-          <t>N</t>
-[...4 lines deleted...]
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW26" t="inlineStr">
         <is>
-          <t>Dierauf, Leslie A.; Karesh, W.B.; Ip, S. 0000-0003-4844-7533 hip@usgs.gov; Gilardi, K.V.; Fischer, John R.</t>
+          <t>Pawlewicz, Mark</t>
         </is>
       </c>
       <c r="AZ26" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA26" t="inlineStr">
         <is>
-          <t>4f4e4a82e4b07f02db64af05</t>
+          <t>4f4e49fbe4b07f02db5f4704</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr20041290</t>
+          <t>https://pubs.usgs.gov/publication/1004000</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>57808</t>
+          <t>1004000</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>ofr20041290</t>
+          <t>1004000</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
-          <t>Mineral commodity profiles: nitrogen</t>
+          <t>Avian influenza virus and free-ranging wild birds</t>
         </is>
       </c>
       <c r="H27" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...14 lines deleted...]
-          <t>0196-1497</t>
+          <t>Journal of the American Veterinary Medical Association</t>
         </is>
       </c>
       <c r="P27" t="inlineStr">
         <is>
-          <t>10.3133/ofr20041290</t>
-[...4 lines deleted...]
-          <t>Version 1.0, Online Only</t>
+          <t>10.2460/javma.228.12.1877</t>
+        </is>
+      </c>
+      <c r="R27" t="inlineStr">
+        <is>
+          <t>228</t>
+        </is>
+      </c>
+      <c r="S27" t="inlineStr">
+        <is>
+          <t>12</t>
         </is>
       </c>
       <c r="T27" t="inlineStr">
         <is>
-          <t>2004</t>
+          <t>2006</t>
         </is>
       </c>
       <c r="U27" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V27" t="inlineStr">
         <is>
-          <t>ENGLISH</t>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W27" t="inlineStr">
+        <is>
+          <t>American Veterinary Medical Association</t>
+        </is>
+      </c>
+      <c r="Y27" t="inlineStr">
+        <is>
+          <t>National Wildlife Health Center</t>
         </is>
       </c>
       <c r="Z27" t="inlineStr">
         <is>
-          <t>49 p.</t>
+          <t>6 p.</t>
+        </is>
+      </c>
+      <c r="AD27" t="inlineStr">
+        <is>
+          <t>1877</t>
+        </is>
+      </c>
+      <c r="AE27" t="inlineStr">
+        <is>
+          <t>1882</t>
+        </is>
+      </c>
+      <c r="AF27" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AM27" t="inlineStr">
+        <is>
+          <t>Japan, Kazakhstan, Ukraine, Russian Federation, China, Cambodia, Croatia, Indonesia, Laos, Malaysia, Mongolia, Romania, South Korea, Thailand, Turkey, Vietnam, </t>
+        </is>
+      </c>
+      <c r="AQ27" t="inlineStr">
+        <is>
+          <t>Asia, Eastern Europe</t>
         </is>
       </c>
       <c r="AU27" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV27" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW27" t="inlineStr">
         <is>
-          <t>Kramer, Deborah A.</t>
+          <t>Dierauf, Leslie A.; Karesh, W.B.; Ip, S. 0000-0003-4844-7533 hip@usgs.gov; Gilardi, K.V.; Fischer, John R.</t>
         </is>
       </c>
       <c r="AZ27" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA27" t="inlineStr">
         <is>
-          <t>4f4e4a61e4b07f02db6358a6</t>
+          <t>4f4e4a82e4b07f02db64af05</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/5211202</t>
+          <t>https://pubs.usgs.gov/publication/70030360</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>5211202</t>
+          <t>70030360</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>5211202</t>
+          <t>70030360</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>Book chapter</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>Book Chapter</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
-          <t>The Chernobyl Nuclear Power Plant accident:  ecotoxicological update</t>
-[...4 lines deleted...]
-          <t>2nd</t>
+          <t>Rare earths, the lanthanides, yttrium and scandium</t>
+        </is>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>Mining Engineering</t>
+        </is>
+      </c>
+      <c r="R28" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="S28" t="inlineStr">
+        <is>
+          <t>6</t>
         </is>
       </c>
       <c r="T28" t="inlineStr">
         <is>
-          <t>2003</t>
+          <t>2006</t>
         </is>
       </c>
       <c r="U28" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V28" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W28" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AA28" t="inlineStr">
         <is>
-          <t>Book</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="AB28" t="inlineStr">
         <is>
-          <t>Other Government Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="AC28" t="inlineStr">
         <is>
-          <t>Handbook of Ecotoxicology</t>
+          <t>Mining Engineering</t>
         </is>
       </c>
       <c r="AD28" t="inlineStr">
         <is>
-          <t>703</t>
+          <t>51</t>
         </is>
       </c>
       <c r="AE28" t="inlineStr">
         <is>
-          <t>736</t>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="AF28" t="inlineStr">
+        <is>
+          <t>3</t>
         </is>
       </c>
       <c r="AW28" t="inlineStr">
         <is>
-          <t>Eisler, R.</t>
-[...4 lines deleted...]
-          <t>Hoffman, David J.; Rattner, Barnett A. 0000-0003-3676-2843 brattner@usgs.gov; Burton, G. Allen Jr.; Cairns, John Jr.</t>
+          <t>Hedrick, J.B.</t>
         </is>
       </c>
       <c r="AZ28" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA28" t="inlineStr">
         <is>
-          <t>4f4e4ad2e4b07f02db68196b</t>
+          <t>505a9523e4b0c8380cd81822</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/5224075</t>
+          <t>https://pubs.usgs.gov/publication/ofr20041290</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>5224075</t>
+          <t>57808</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>5224075</t>
+          <t>ofr20041290</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>Journal Article</t>
-[...4 lines deleted...]
-          <t>Satellite tracking of two lesser spotted eagles, &lt;i&gt;Aquila pomarina&lt;/i&gt;, migrating from Namibia</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t>Satellite tracking of two lesser spotted eagles, Aquila pomarina, migrating from Namibia</t>
+          <t>Mineral commodity profiles: nitrogen</t>
         </is>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>Ostrich</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
+        <is>
+          <t>2004-1290</t>
+        </is>
+      </c>
+      <c r="M29" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P29" t="inlineStr">
         <is>
-          <t>10.2989/00306520109485281</t>
-[...9 lines deleted...]
-          <t>1 &amp; 2</t>
+          <t>10.3133/ofr20041290</t>
+        </is>
+      </c>
+      <c r="Q29" t="inlineStr">
+        <is>
+          <t>Version 1.0, Online Only</t>
         </is>
       </c>
       <c r="T29" t="inlineStr">
         <is>
-          <t>2001</t>
+          <t>2004</t>
         </is>
       </c>
       <c r="U29" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V29" t="inlineStr">
         <is>
-          <t>English</t>
-[...9 lines deleted...]
-          <t>Patuxent Wildlife Research Center</t>
+          <t>ENGLISH</t>
         </is>
       </c>
       <c r="Z29" t="inlineStr">
         <is>
-          <t>6 p.</t>
-[...19 lines deleted...]
-          <t>Lake Tanganyika</t>
+          <t>49 p.</t>
+        </is>
+      </c>
+      <c r="AU29" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW29" t="inlineStr">
         <is>
-          <t>Meyburg, B.-U.; Ellis, D. H.; Meyburg, C.; Mendelsohn, J.; Scheller, W.</t>
+          <t>Kramer, Deborah A.</t>
         </is>
       </c>
       <c r="AZ29" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA29" t="inlineStr">
         <is>
-          <t>4f4e4a0ee4b07f02db5fdbea</t>
+          <t>4f4e4a61e4b07f02db6358a6</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/b2201E</t>
+          <t>https://pubs.usgs.gov/publication/5211202</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>33066</t>
+          <t>5211202</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>b2201E</t>
+          <t>5211202</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Book chapter</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Book Chapter</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
-          <t>Petroleum geology and resources of the Dnieper-Donets Basin, Ukraine and Russia</t>
-[...19 lines deleted...]
-          <t>10.3133/b2201E</t>
+          <t>The Chernobyl Nuclear Power Plant accident:  ecotoxicological update</t>
         </is>
       </c>
       <c r="Q30" t="inlineStr">
         <is>
-          <t>Version 1.0</t>
+          <t>2nd</t>
         </is>
       </c>
       <c r="T30" t="inlineStr">
         <is>
-          <t>2001</t>
+          <t>2003</t>
         </is>
       </c>
       <c r="U30" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V30" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W30" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
+          <t>Lewis Publishers</t>
+        </is>
+      </c>
+      <c r="X30" t="inlineStr">
+        <is>
+          <t>Boca Raton, FL</t>
+        </is>
+      </c>
+      <c r="Y30" t="inlineStr">
+        <is>
+          <t>Patuxent Wildlife Research Center</t>
         </is>
       </c>
       <c r="Z30" t="inlineStr">
         <is>
-          <t>14 p.</t>
+          <t>1,290</t>
+        </is>
+      </c>
+      <c r="AA30" t="inlineStr">
+        <is>
+          <t>Book</t>
+        </is>
+      </c>
+      <c r="AB30" t="inlineStr">
+        <is>
+          <t>Other Government Series</t>
+        </is>
+      </c>
+      <c r="AC30" t="inlineStr">
+        <is>
+          <t>Handbook of Ecotoxicology</t>
+        </is>
+      </c>
+      <c r="AD30" t="inlineStr">
+        <is>
+          <t>703</t>
+        </is>
+      </c>
+      <c r="AE30" t="inlineStr">
+        <is>
+          <t>736</t>
         </is>
       </c>
       <c r="AW30" t="inlineStr">
         <is>
-          <t>Ulmishek, Gregory F.</t>
+          <t>Eisler, R.</t>
+        </is>
+      </c>
+      <c r="AX30" t="inlineStr">
+        <is>
+          <t>Hoffman, David J.; Rattner, Barnett A. 0000-0003-3676-2843 brattner@usgs.gov; Burton, G. Allen Jr.; Cairns, John Jr.</t>
         </is>
       </c>
       <c r="AZ30" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA30" t="inlineStr">
         <is>
-          <t>4f4e4ae0e4b07f02db687ead</t>
+          <t>4f4e4ad2e4b07f02db68196b</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70023364</t>
+          <t>https://pubs.usgs.gov/publication/5224075</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>70023364</t>
+          <t>5224075</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>70023364</t>
+          <t>5224075</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>Conserving large-river fishes: Is the &lt;i&gt;highway analogy&lt;/i&gt; an appropriate paradigm?</t>
+          <t>Satellite tracking of two lesser spotted eagles, &lt;i&gt;Aquila pomarina&lt;/i&gt;, migrating from Namibia</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
-          <t>Conserving large-river fishes: Is the highway analogy an appropriate paradigm?</t>
+          <t>Satellite tracking of two lesser spotted eagles, Aquila pomarina, migrating from Namibia</t>
         </is>
       </c>
       <c r="H31" t="inlineStr">
         <is>
-          <t>Journal of the North American Benthological Society</t>
-[...9 lines deleted...]
-          <t>0887-3593</t>
+          <t>Ostrich</t>
         </is>
       </c>
       <c r="P31" t="inlineStr">
         <is>
-          <t>10.2307/1468321</t>
+          <t>10.2989/00306520109485281</t>
         </is>
       </c>
       <c r="R31" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>72</t>
         </is>
       </c>
       <c r="S31" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1 &amp; 2</t>
         </is>
       </c>
       <c r="T31" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
       <c r="U31" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V31" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W31" t="inlineStr">
         <is>
-          <t>University of Chicago Press</t>
+          <t>Taylor &amp; Francis</t>
+        </is>
+      </c>
+      <c r="Y31" t="inlineStr">
+        <is>
+          <t>Patuxent Wildlife Research Center</t>
         </is>
       </c>
       <c r="Z31" t="inlineStr">
         <is>
-          <t>14 p.</t>
+          <t>6 p.</t>
         </is>
       </c>
       <c r="AD31" t="inlineStr">
         <is>
-          <t>266</t>
+          <t>35</t>
         </is>
       </c>
       <c r="AE31" t="inlineStr">
         <is>
-          <t>279</t>
+          <t>40</t>
         </is>
       </c>
       <c r="AM31" t="inlineStr">
         <is>
-          <t>Austria, Bulgaria, Croatia, France, Germany, Hungary, Moldova, Netherlands, Romania, Russia, Serbia, Slovakia, Switzerland, Ukraine, United States</t>
+          <t>Angola, Democratic Republic of the Congo, Hungary, Namibia, Ukraine, Zambia</t>
         </is>
       </c>
       <c r="AQ31" t="inlineStr">
         <is>
-          <t>Colorado River, Columbia River, Danube River, Mississippi River, Missouri River, Rhine River, Rhône River, Volga River</t>
+          <t>Lake Tanganyika</t>
         </is>
       </c>
       <c r="AW31" t="inlineStr">
         <is>
-          <t>Galat, D.L.; Zweimuller, I.</t>
+          <t>Meyburg, B.-U.; Ellis, D. H.; Meyburg, C.; Mendelsohn, J.; Scheller, W.</t>
         </is>
       </c>
       <c r="AZ31" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA31" t="inlineStr">
         <is>
-          <t>5059f9f8e4b0c8380cd4d851</t>
+          <t>4f4e4a0ee4b07f02db5fdbea</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70022844</t>
+          <t>https://pubs.usgs.gov/publication/b2201E</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>70022844</t>
+          <t>33066</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>70022844</t>
+          <t>b2201E</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
-          <t>Silurian K-bentonites of the Dnestr Basin, Podolia, Ukraine</t>
+          <t>Petroleum geology and resources of the Dnieper-Donets Basin, Ukraine and Russia</t>
         </is>
       </c>
       <c r="H32" t="inlineStr">
         <is>
-          <t>Journal of the Geological Society</t>
+          <t>Bulletin</t>
+        </is>
+      </c>
+      <c r="I32" t="inlineStr">
+        <is>
+          <t>2201</t>
+        </is>
+      </c>
+      <c r="K32" t="inlineStr">
+        <is>
+          <t>E</t>
         </is>
       </c>
       <c r="P32" t="inlineStr">
         <is>
-          <t>10.1144/jgs.157.2.493</t>
-[...7 lines deleted...]
-      <c r="S32" t="inlineStr">
+          <t>10.3133/b2201E</t>
+        </is>
+      </c>
+      <c r="Q32" t="inlineStr">
+        <is>
+          <t>Version 1.0</t>
+        </is>
+      </c>
+      <c r="T32" t="inlineStr">
+        <is>
+          <t>2001</t>
+        </is>
+      </c>
+      <c r="U32" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V32" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W32" t="inlineStr">
+        <is>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="Z32" t="inlineStr">
+        <is>
+          <t>14 p.</t>
+        </is>
+      </c>
+      <c r="AW32" t="inlineStr">
+        <is>
+          <t>Ulmishek, Gregory F.</t>
+        </is>
+      </c>
+      <c r="AZ32" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="T32" t="inlineStr">
-[...53 lines deleted...]
-      </c>
       <c r="BA32" t="inlineStr">
         <is>
-          <t>505b8f3de4b08c986b318dfb</t>
+          <t>4f4e4ae0e4b07f02db687ead</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/1000700</t>
+          <t>https://pubs.usgs.gov/publication/70023364</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>1000700</t>
+          <t>70023364</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>1000700</t>
+          <t>70023364</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Conserving large-river fishes: Is the &lt;i&gt;highway analogy&lt;/i&gt; an appropriate paradigm?</t>
+        </is>
+      </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t>Changes in the dreissenid community in the lower Great Lakes with emphasis on southern Lake Ontario</t>
+          <t>Conserving large-river fishes: Is the highway analogy an appropriate paradigm?</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>Journal of Great Lakes Research</t>
+          <t>Journal of the North American Benthological Society</t>
+        </is>
+      </c>
+      <c r="M33" t="inlineStr">
+        <is>
+          <t>1937-237X</t>
+        </is>
+      </c>
+      <c r="N33" t="inlineStr">
+        <is>
+          <t>0887-3593</t>
         </is>
       </c>
       <c r="P33" t="inlineStr">
         <is>
-          <t>10.1016/S0380-1330(99)70727-6</t>
+          <t>10.2307/1468321</t>
         </is>
       </c>
       <c r="R33" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>20</t>
         </is>
       </c>
       <c r="S33" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="T33" t="inlineStr">
         <is>
-          <t>1999</t>
+          <t>2001</t>
         </is>
       </c>
       <c r="U33" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V33" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W33" t="inlineStr">
         <is>
-          <t>Elsevier</t>
-[...4 lines deleted...]
-          <t>Great Lakes Science Center</t>
+          <t>University of Chicago Press</t>
         </is>
       </c>
       <c r="Z33" t="inlineStr">
         <is>
-          <t>11 p.</t>
+          <t>14 p.</t>
         </is>
       </c>
       <c r="AD33" t="inlineStr">
         <is>
-          <t>187</t>
+          <t>266</t>
         </is>
       </c>
       <c r="AE33" t="inlineStr">
         <is>
-          <t>197</t>
-[...9 lines deleted...]
-          <t>N</t>
+          <t>279</t>
+        </is>
+      </c>
+      <c r="AM33" t="inlineStr">
+        <is>
+          <t>Austria, Bulgaria, Croatia, France, Germany, Hungary, Moldova, Netherlands, Romania, Russia, Serbia, Slovakia, Switzerland, Ukraine, United States</t>
+        </is>
+      </c>
+      <c r="AQ33" t="inlineStr">
+        <is>
+          <t>Colorado River, Columbia River, Danube River, Mississippi River, Missouri River, Rhine River, Rhône River, Volga River</t>
         </is>
       </c>
       <c r="AW33" t="inlineStr">
         <is>
-          <t>Mills, Edward L.; Chrisman, Jana R.; Baldwin, Brad; Owens, Randall W.; O’Gorman, Robert rogorman@usgs.gov; Howell, Todd; Roseman, Edward F.; Raths, Melinda K.</t>
+          <t>Galat, D.L.; Zweimuller, I.</t>
         </is>
       </c>
       <c r="AZ33" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA33" t="inlineStr">
         <is>
-          <t>4f4e49e5e4b07f02db5e69f7</t>
+          <t>5059f9f8e4b0c8380cd4d851</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70020511</t>
+          <t>https://pubs.usgs.gov/publication/70022844</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>70020511</t>
+          <t>70022844</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>70020511</t>
+          <t>70022844</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>Prospects for Ukrainian ferrous metals in the post-Soviet period</t>
+          <t>Silurian K-bentonites of the Dnestr Basin, Podolia, Ukraine</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
-          <t>Post-Soviet Geography and Economics</t>
+          <t>Journal of the Geological Society</t>
         </is>
       </c>
       <c r="P34" t="inlineStr">
         <is>
-          <t>10.1080/10889388.1998.10641072</t>
+          <t>10.1144/jgs.157.2.493</t>
         </is>
       </c>
       <c r="R34" t="inlineStr">
         <is>
-          <t>39</t>
+          <t>157</t>
         </is>
       </c>
       <c r="S34" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>2</t>
         </is>
       </c>
       <c r="T34" t="inlineStr">
         <is>
-          <t>1998</t>
+          <t>2000</t>
         </is>
       </c>
       <c r="U34" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V34" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W34" t="inlineStr">
         <is>
-          <t>Taylor &amp; Francis</t>
+          <t>The Geological Society</t>
         </is>
       </c>
       <c r="Z34" t="inlineStr">
         <is>
-          <t>13 p.</t>
+          <t>12 p.</t>
         </is>
       </c>
       <c r="AD34" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>493</t>
         </is>
       </c>
       <c r="AE34" t="inlineStr">
         <is>
-          <t>163</t>
+          <t>504</t>
         </is>
       </c>
       <c r="AM34" t="inlineStr">
         <is>
-          <t>Ukraine</t>
+          <t>Unkraine</t>
+        </is>
+      </c>
+      <c r="AQ34" t="inlineStr">
+        <is>
+          <t>Dnestr Basin, Podolia</t>
         </is>
       </c>
       <c r="AW34" t="inlineStr">
         <is>
-          <t>Levine, R.M.; Bond, A.R.</t>
+          <t>Huff, W.D.; Bergstrom, Stig M.; Kolata, Dennis R.</t>
         </is>
       </c>
       <c r="AZ34" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA34" t="inlineStr">
         <is>
-          <t>505a8f55e4b0c8380cd7f6d6</t>
+          <t>505b8f3de4b08c986b318dfb</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70020506</t>
+          <t>https://pubs.usgs.gov/publication/1000700</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>70020506</t>
+          <t>1000700</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>70020506</t>
+          <t>1000700</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>Article</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Journal Article</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t>Basin-centered gas evaluated in Dnieper-Donets basin, Donbas foldbelt, Ukraine</t>
+          <t>Changes in the dreissenid community in the lower Great Lakes with emphasis on southern Lake Ontario</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
-          <t>Oil &amp; Gas Journal</t>
-[...4 lines deleted...]
-          <t>0030-1388</t>
+          <t>Journal of Great Lakes Research</t>
+        </is>
+      </c>
+      <c r="P35" t="inlineStr">
+        <is>
+          <t>10.1016/S0380-1330(99)70727-6</t>
         </is>
       </c>
       <c r="R35" t="inlineStr">
         <is>
-          <t>96</t>
+          <t>25</t>
         </is>
       </c>
       <c r="S35" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>1</t>
         </is>
       </c>
       <c r="T35" t="inlineStr">
         <is>
-          <t>1998</t>
+          <t>1999</t>
         </is>
       </c>
       <c r="U35" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V35" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W35" t="inlineStr">
         <is>
-          <t>PennWell Corporation</t>
-[...4 lines deleted...]
-          <t>Tulsa, OK</t>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="Y35" t="inlineStr">
+        <is>
+          <t>Great Lakes Science Center</t>
         </is>
       </c>
       <c r="Z35" t="inlineStr">
         <is>
-          <t>5 p.</t>
+          <t>11 p.</t>
         </is>
       </c>
       <c r="AD35" t="inlineStr">
         <is>
-          <t>74</t>
+          <t>187</t>
         </is>
       </c>
       <c r="AE35" t="inlineStr">
         <is>
-          <t>78</t>
-[...4 lines deleted...]
-          <t>Ukraine</t>
+          <t>197</t>
+        </is>
+      </c>
+      <c r="AU35" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV35" t="inlineStr">
+        <is>
+          <t>N</t>
         </is>
       </c>
       <c r="AW35" t="inlineStr">
         <is>
-          <t>Law, B. E.; Ulmishek, G. F.; Clayton, J.L.; Kabyshev, B.P.; Pashova, N.T.; Krivosheya, V.A.</t>
+          <t>Mills, Edward L.; Chrisman, Jana R.; Baldwin, Brad; Owens, Randall W.; O’Gorman, Robert rogorman@usgs.gov; Howell, Todd; Roseman, Edward F.; Raths, Melinda K.</t>
         </is>
       </c>
       <c r="AZ35" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="BA35" t="inlineStr">
         <is>
-          <t>5059efefe4b0c8380cd4a511</t>
+          <t>4f4e49e5e4b07f02db5e69f7</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/ofr97470E</t>
+          <t>https://pubs.usgs.gov/publication/70020511</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>23158</t>
+          <t>70020511</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>ofr97470E</t>
+          <t>70020511</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
-[...4 lines deleted...]
-          <t>Maps Showing Geology, Oil and Gas Fields and Geologic Provinces of the Former Soviet Union</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>Maps showing geology, oil and gas fields and geologic provinces of the former Soviet Union</t>
+          <t>Prospects for Ukrainian ferrous metals in the post-Soviet period</t>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
-          <t>Open-File Report</t>
-[...19 lines deleted...]
-          <t>0196-1497</t>
+          <t>Post-Soviet Geography and Economics</t>
         </is>
       </c>
       <c r="P36" t="inlineStr">
         <is>
-          <t>10.3133/ofr97470E</t>
+          <t>10.1080/10889388.1998.10641072</t>
+        </is>
+      </c>
+      <c r="R36" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="S36" t="inlineStr">
+        <is>
+          <t>3</t>
         </is>
       </c>
       <c r="T36" t="inlineStr">
         <is>
-          <t>1997</t>
+          <t>1998</t>
         </is>
       </c>
       <c r="U36" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V36" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W36" t="inlineStr">
         <is>
-          <t>U.S. Geological Survey</t>
-[...9 lines deleted...]
-          <t>Central Energy Resources Science Center</t>
+          <t>Taylor &amp; Francis</t>
         </is>
       </c>
       <c r="Z36" t="inlineStr">
         <is>
-          <t>Report: 13 p.; 2 Data Releases</t>
-[...14 lines deleted...]
-          <t>Y</t>
+          <t>13 p.</t>
+        </is>
+      </c>
+      <c r="AD36" t="inlineStr">
+        <is>
+          <t>151</t>
+        </is>
+      </c>
+      <c r="AE36" t="inlineStr">
+        <is>
+          <t>163</t>
+        </is>
+      </c>
+      <c r="AM36" t="inlineStr">
+        <is>
+          <t>Ukraine</t>
         </is>
       </c>
       <c r="AW36" t="inlineStr">
         <is>
-          <t>Persits, F.M.; Ulmishek, G. F.; Steinshouer, D.W.</t>
+          <t>Levine, R.M.; Bond, A.R.</t>
         </is>
       </c>
       <c r="AZ36" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>0</t>
         </is>
       </c>
       <c r="BA36" t="inlineStr">
         <is>
-          <t>4f4e4a19e4b07f02db605919</t>
+          <t>505a8f55e4b0c8380cd7f6d6</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/5210576</t>
+          <t>https://pubs.usgs.gov/publication/70020506</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>5210576</t>
+          <t>70020506</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>5210576</t>
+          <t>70020506</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>Book chapter</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
-          <t>Book Chapter</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
-          <t>Ecological and toxicological aspects of the partial meltdown of the Chernobyl nuclear power plant reactor</t>
-[...9 lines deleted...]
-          <t>0873715853</t>
+          <t>Basin-centered gas evaluated in Dnieper-Donets basin, Donbas foldbelt, Ukraine</t>
+        </is>
+      </c>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>Oil &amp; Gas Journal</t>
+        </is>
+      </c>
+      <c r="N37" t="inlineStr">
+        <is>
+          <t>0030-1388</t>
+        </is>
+      </c>
+      <c r="R37" t="inlineStr">
+        <is>
+          <t>96</t>
+        </is>
+      </c>
+      <c r="S37" t="inlineStr">
+        <is>
+          <t>47</t>
         </is>
       </c>
       <c r="T37" t="inlineStr">
         <is>
-          <t>1995</t>
+          <t>1998</t>
         </is>
       </c>
       <c r="U37" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V37" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W37" t="inlineStr">
         <is>
-          <t>Lewis Publishers</t>
+          <t>PennWell Corporation</t>
         </is>
       </c>
       <c r="X37" t="inlineStr">
         <is>
-          <t>Boca Raton, FL</t>
-[...4 lines deleted...]
-          <t>Patuxent Wildlife Research Center</t>
+          <t>Tulsa, OK</t>
         </is>
       </c>
       <c r="Z37" t="inlineStr">
         <is>
-          <t>16 p.</t>
-[...14 lines deleted...]
-          <t>Handbook of ecotoxicology</t>
+          <t>5 p.</t>
         </is>
       </c>
       <c r="AD37" t="inlineStr">
         <is>
-          <t>549</t>
+          <t>74</t>
         </is>
       </c>
       <c r="AE37" t="inlineStr">
         <is>
-          <t>564</t>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="AM37" t="inlineStr">
+        <is>
+          <t>Ukraine</t>
         </is>
       </c>
       <c r="AW37" t="inlineStr">
         <is>
-          <t>Eisler, Ronald</t>
-[...4 lines deleted...]
-          <t>Hoffman, David J.; Rattner, Barnett A. 0000-0003-3676-2843 brattner@usgs.gov; Burton, G. Allen Jr.; Cairns, John Jr.</t>
+          <t>Law, B. E.; Ulmishek, G. F.; Clayton, J.L.; Kabyshev, B.P.; Pashova, N.T.; Krivosheya, V.A.</t>
         </is>
       </c>
       <c r="AZ37" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="BA37" t="inlineStr">
         <is>
-          <t>4f4e4a4ee4b07f02db627fcb</t>
+          <t>5059efefe4b0c8380cd4a511</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70207735</t>
+          <t>https://pubs.usgs.gov/publication/ofr97470E</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>70207735</t>
+          <t>23158</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>70207735</t>
+          <t>ofr97470E</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Report</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>Maps Showing Geology, Oil and Gas Fields and Geologic Provinces of the Former Soviet Union</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
-          <t>Varve calibrated records of carbonate and organic carbon accumulation over the last 2000 years in the Black Sea</t>
+          <t>Maps showing geology, oil and gas fields and geologic provinces of the former Soviet Union</t>
         </is>
       </c>
       <c r="H38" t="inlineStr">
         <is>
-          <t>Global Biogeochemical Cycles</t>
+          <t>Open-File Report</t>
+        </is>
+      </c>
+      <c r="I38" t="inlineStr">
+        <is>
+          <t>97-470</t>
+        </is>
+      </c>
+      <c r="K38" t="inlineStr">
+        <is>
+          <t>E</t>
+        </is>
+      </c>
+      <c r="M38" t="inlineStr">
+        <is>
+          <t>2331-1258</t>
+        </is>
+      </c>
+      <c r="N38" t="inlineStr">
+        <is>
+          <t>0196-1497</t>
         </is>
       </c>
       <c r="P38" t="inlineStr">
         <is>
-          <t>10.1029/94GB00297</t>
-[...9 lines deleted...]
-          <t>2</t>
+          <t>10.3133/ofr97470E</t>
         </is>
       </c>
       <c r="T38" t="inlineStr">
         <is>
-          <t>1994</t>
+          <t>1997</t>
         </is>
       </c>
       <c r="U38" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V38" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W38" t="inlineStr">
         <is>
-          <t>American Geophysical Union</t>
+          <t>U.S. Geological Survey</t>
+        </is>
+      </c>
+      <c r="X38" t="inlineStr">
+        <is>
+          <t>Reston, VA</t>
         </is>
       </c>
       <c r="Y38" t="inlineStr">
         <is>
-          <t>Geosciences and Environmental Change Science Center</t>
+          <t>Central Energy Resources Science Center</t>
         </is>
       </c>
       <c r="Z38" t="inlineStr">
         <is>
-          <t>23 p.</t>
-[...9 lines deleted...]
-          <t>217</t>
+          <t>Report: 13 p.; 2 Data Releases</t>
         </is>
       </c>
       <c r="AQ38" t="inlineStr">
         <is>
-          <t>Black Sea</t>
+          <t>former Soviet Union</t>
+        </is>
+      </c>
+      <c r="AU38" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV38" t="inlineStr">
+        <is>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW38" t="inlineStr">
         <is>
-          <t>Arthur, Michael A.; Dean, Walter E. dean@usgs.gov; Neff, E.D.; Hay, B.J.; King, J.; Jones, Glenn A.</t>
+          <t>Persits, F.M.; Ulmishek, G. F.; Steinshouer, D.W.</t>
         </is>
       </c>
       <c r="AZ38" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="BA38" t="inlineStr">
+        <is>
+          <t>4f4e4a19e4b07f02db605919</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70017463</t>
+          <t>https://pubs.usgs.gov/publication/5210576</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>70017463</t>
+          <t>5210576</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>70017463</t>
+          <t>5210576</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>Article</t>
+          <t>Book chapter</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>Journal Article</t>
+          <t>Book Chapter</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t>Observations on the geology and geohydrology of the Chernobyl' nuclear accident site, Ukraine</t>
-[...19 lines deleted...]
-          <t>2</t>
+          <t>Ecological and toxicological aspects of the partial meltdown of the Chernobyl nuclear power plant reactor</t>
+        </is>
+      </c>
+      <c r="K39" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="O39" t="inlineStr">
+        <is>
+          <t>0873715853</t>
         </is>
       </c>
       <c r="T39" t="inlineStr">
         <is>
-          <t>1994</t>
+          <t>1995</t>
         </is>
       </c>
       <c r="U39" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V39" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W39" t="inlineStr">
         <is>
-          <t>Taylor and Francis</t>
+          <t>Lewis Publishers</t>
+        </is>
+      </c>
+      <c r="X39" t="inlineStr">
+        <is>
+          <t>Boca Raton, FL</t>
+        </is>
+      </c>
+      <c r="Y39" t="inlineStr">
+        <is>
+          <t>Patuxent Wildlife Research Center</t>
         </is>
       </c>
       <c r="Z39" t="inlineStr">
         <is>
-          <t>9 p.</t>
+          <t>16 p.</t>
+        </is>
+      </c>
+      <c r="AA39" t="inlineStr">
+        <is>
+          <t>Book</t>
+        </is>
+      </c>
+      <c r="AB39" t="inlineStr">
+        <is>
+          <t>Monograph</t>
+        </is>
+      </c>
+      <c r="AC39" t="inlineStr">
+        <is>
+          <t>Handbook of ecotoxicology</t>
         </is>
       </c>
       <c r="AD39" t="inlineStr">
         <is>
-          <t>203</t>
+          <t>549</t>
         </is>
       </c>
       <c r="AE39" t="inlineStr">
         <is>
-          <t>211</t>
-[...4 lines deleted...]
-          <t>9</t>
+          <t>564</t>
         </is>
       </c>
       <c r="AW39" t="inlineStr">
         <is>
-          <t>Matzko, J.R.; Percious, D.J.; Rachlin, J.; Marples, D.R.</t>
+          <t>Eisler, Ronald</t>
+        </is>
+      </c>
+      <c r="AX39" t="inlineStr">
+        <is>
+          <t>Hoffman, David J.; Rattner, Barnett A. 0000-0003-3676-2843 brattner@usgs.gov; Burton, G. Allen Jr.; Cairns, John Jr.</t>
         </is>
       </c>
       <c r="AZ39" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="BA39" t="inlineStr">
         <is>
-          <t>505a6ad7e4b0c8380cd7439f</t>
+          <t>4f4e4a4ee4b07f02db627fcb</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/b1785</t>
+          <t>https://pubs.usgs.gov/publication/70207735</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>35693</t>
+          <t>70207735</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>b1785</t>
+          <t>70207735</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>Report</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t>USGS Numbered Series</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>Processing and analysis of commercial satellite image data of the nuclear accident near Chernobyl, U.S.S.R.</t>
+          <t>Varve calibrated records of carbonate and organic carbon accumulation over the last 2000 years in the Black Sea</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
-          <t>Bulletin</t>
-[...4 lines deleted...]
-          <t>1785</t>
+          <t>Global Biogeochemical Cycles</t>
         </is>
       </c>
       <c r="P40" t="inlineStr">
         <is>
-          <t>10.3133/b1785</t>
+          <t>10.1029/94GB00297</t>
+        </is>
+      </c>
+      <c r="R40" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="S40" t="inlineStr">
+        <is>
+          <t>2</t>
         </is>
       </c>
       <c r="T40" t="inlineStr">
         <is>
-          <t>1987</t>
+          <t>1994</t>
         </is>
       </c>
       <c r="U40" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V40" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W40" t="inlineStr">
         <is>
-          <t>U.S. Government Printing Office</t>
-[...4 lines deleted...]
-          <t>Washington, D.C.</t>
+          <t>American Geophysical Union</t>
         </is>
       </c>
       <c r="Y40" t="inlineStr">
         <is>
-          <t>Earth Resources Observation and Science (EROS) Center</t>
+          <t>Geosciences and Environmental Change Science Center</t>
         </is>
       </c>
       <c r="Z40" t="inlineStr">
         <is>
-          <t>iii, 19 p.</t>
+          <t>23 p.</t>
+        </is>
+      </c>
+      <c r="AD40" t="inlineStr">
+        <is>
+          <t>195</t>
+        </is>
+      </c>
+      <c r="AE40" t="inlineStr">
+        <is>
+          <t>217</t>
+        </is>
+      </c>
+      <c r="AQ40" t="inlineStr">
+        <is>
+          <t>Black Sea</t>
         </is>
       </c>
       <c r="AW40" t="inlineStr">
         <is>
-          <t>Sadowski, Franklin G.; Covington, Steven J.</t>
+          <t>Arthur, Michael A.; Dean, Walter E. dean@usgs.gov; Neff, E.D.; Hay, B.J.; King, J.; Jones, Glenn A.</t>
         </is>
       </c>
       <c r="AZ40" t="inlineStr">
         <is>
-          <t>1</t>
-[...4 lines deleted...]
-          <t>4f4e4a9be4b07f02db65e502</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>https://pubs.usgs.gov/publication/70236976</t>
+          <t>https://pubs.usgs.gov/publication/70017463</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>70236976</t>
+          <t>70017463</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>70236976</t>
+          <t>70017463</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Article</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>Conference Paper</t>
+          <t>Journal Article</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>Processing and analysis of commercial satellite image data of the nuclear accident at Chernobyl, U.S.S.R.</t>
+          <t>Observations on the geology and geohydrology of the Chernobyl' nuclear accident site, Ukraine</t>
+        </is>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>International Geology Review</t>
+        </is>
+      </c>
+      <c r="P41" t="inlineStr">
+        <is>
+          <t>10.1080/00206819409465456</t>
+        </is>
+      </c>
+      <c r="R41" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="S41" t="inlineStr">
+        <is>
+          <t>2</t>
         </is>
       </c>
       <c r="T41" t="inlineStr">
         <is>
-          <t>1987</t>
+          <t>1994</t>
         </is>
       </c>
       <c r="U41" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="V41" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
       <c r="W41" t="inlineStr">
         <is>
-          <t>American Society for Photogrammetry and Remote Sensing</t>
-[...4 lines deleted...]
-          <t>Earth Resources Observation and Science (EROS) Center</t>
+          <t>Taylor and Francis</t>
         </is>
       </c>
       <c r="Z41" t="inlineStr">
         <is>
-          <t>7 p.</t>
-[...14 lines deleted...]
-          <t>1987 ASPRS-ACSM Fall Convention: ASPRS technical papers</t>
+          <t>9 p.</t>
         </is>
       </c>
       <c r="AD41" t="inlineStr">
         <is>
-          <t>324</t>
+          <t>203</t>
         </is>
       </c>
       <c r="AE41" t="inlineStr">
         <is>
-          <t>330</t>
-[...39 lines deleted...]
-          <t>Chernobyl Exclusion Zone, Chernobyl Nuclear Power Plant, Union of Soviet Socialist Republics</t>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="AF41" t="inlineStr">
+        <is>
+          <t>9</t>
         </is>
       </c>
       <c r="AW41" t="inlineStr">
         <is>
-          <t>Sadowski, Franklin G.; Covington, Steven J.; Hood, Joy J. jhood@usgs.gov; Meyer, David dmeyer@usgs.gov; Dwyer, John L. 0000-0002-8281-0896 dwyer@usgs.gov; Miller, Wayne A. wamiller@usgs.gov</t>
+          <t>Matzko, J.R.; Percious, D.J.; Rachlin, J.; Marples, D.R.</t>
         </is>
       </c>
       <c r="AZ41" t="inlineStr">
         <is>
           <t>0</t>
+        </is>
+      </c>
+      <c r="BA41" t="inlineStr">
+        <is>
+          <t>505a6ad7e4b0c8380cd7439f</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
+          <t>https://pubs.usgs.gov/publication/b1785</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>35693</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>b1785</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>Report</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>USGS Numbered Series</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr">
+        <is>
+          <t>Processing and analysis of commercial satellite image data of the nuclear accident near Chernobyl, U.S.S.R.</t>
+        </is>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>Bulletin</t>
+        </is>
+      </c>
+      <c r="I42" t="inlineStr">
+        <is>
+          <t>1785</t>
+        </is>
+      </c>
+      <c r="P42" t="inlineStr">
+        <is>
+          <t>10.3133/b1785</t>
+        </is>
+      </c>
+      <c r="T42" t="inlineStr">
+        <is>
+          <t>1987</t>
+        </is>
+      </c>
+      <c r="U42" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V42" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W42" t="inlineStr">
+        <is>
+          <t>U.S. Government Printing Office</t>
+        </is>
+      </c>
+      <c r="X42" t="inlineStr">
+        <is>
+          <t>Washington, D.C.</t>
+        </is>
+      </c>
+      <c r="Y42" t="inlineStr">
+        <is>
+          <t>Earth Resources Observation and Science (EROS) Center</t>
+        </is>
+      </c>
+      <c r="Z42" t="inlineStr">
+        <is>
+          <t>iii, 19 p.</t>
+        </is>
+      </c>
+      <c r="AW42" t="inlineStr">
+        <is>
+          <t>Sadowski, Franklin G.; Covington, Steven J.</t>
+        </is>
+      </c>
+      <c r="AZ42" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="BA42" t="inlineStr">
+        <is>
+          <t>4f4e4a9be4b07f02db65e502</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>https://pubs.usgs.gov/publication/70236976</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>70236976</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>70236976</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
+        <is>
+          <t>Processing and analysis of commercial satellite image data of the nuclear accident at Chernobyl, U.S.S.R.</t>
+        </is>
+      </c>
+      <c r="T43" t="inlineStr">
+        <is>
+          <t>1987</t>
+        </is>
+      </c>
+      <c r="U43" t="inlineStr">
+        <is>
+          <t>false</t>
+        </is>
+      </c>
+      <c r="V43" t="inlineStr">
+        <is>
+          <t>English</t>
+        </is>
+      </c>
+      <c r="W43" t="inlineStr">
+        <is>
+          <t>American Society for Photogrammetry and Remote Sensing</t>
+        </is>
+      </c>
+      <c r="Y43" t="inlineStr">
+        <is>
+          <t>Earth Resources Observation and Science (EROS) Center</t>
+        </is>
+      </c>
+      <c r="Z43" t="inlineStr">
+        <is>
+          <t>7 p.</t>
+        </is>
+      </c>
+      <c r="AA43" t="inlineStr">
+        <is>
+          <t>Book</t>
+        </is>
+      </c>
+      <c r="AB43" t="inlineStr">
+        <is>
+          <t>Conference publication</t>
+        </is>
+      </c>
+      <c r="AC43" t="inlineStr">
+        <is>
+          <t>1987 ASPRS-ACSM Fall Convention: ASPRS technical papers</t>
+        </is>
+      </c>
+      <c r="AD43" t="inlineStr">
+        <is>
+          <t>324</t>
+        </is>
+      </c>
+      <c r="AE43" t="inlineStr">
+        <is>
+          <t>330</t>
+        </is>
+      </c>
+      <c r="AJ43" t="inlineStr">
+        <is>
+          <t>1987 ASPRS-ACSM Fall Convention</t>
+        </is>
+      </c>
+      <c r="AK43" t="inlineStr">
+        <is>
+          <t>Reno, Nevada, United States</t>
+        </is>
+      </c>
+      <c r="AL43" t="inlineStr">
+        <is>
+          <t>October 4-9, 1987</t>
+        </is>
+      </c>
+      <c r="AM43" t="inlineStr">
+        <is>
+          <t>Ukraine</t>
+        </is>
+      </c>
+      <c r="AN43" t="inlineStr">
+        <is>
+          <t>Kyiv Oblast</t>
+        </is>
+      </c>
+      <c r="AO43" t="inlineStr">
+        <is>
+          <t>Vyshhorod Raion</t>
+        </is>
+      </c>
+      <c r="AP43" t="inlineStr">
+        <is>
+          <t>Chernobyl, Pripyat</t>
+        </is>
+      </c>
+      <c r="AQ43" t="inlineStr">
+        <is>
+          <t>Chernobyl Exclusion Zone, Chernobyl Nuclear Power Plant, Union of Soviet Socialist Republics</t>
+        </is>
+      </c>
+      <c r="AW43" t="inlineStr">
+        <is>
+          <t>Sadowski, Franklin G.; Covington, Steven J.; Hood, Joy J. jhood@usgs.gov; Meyer, David dmeyer@usgs.gov; Dwyer, John L. 0000-0002-8281-0896 dwyer@usgs.gov; Miller, Wayne A. wamiller@usgs.gov</t>
+        </is>
+      </c>
+      <c r="AZ43" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
           <t>https://pubs.usgs.gov/publication/70236906</t>
         </is>
       </c>
-      <c r="B42" t="inlineStr">
+      <c r="B44" t="inlineStr">
         <is>
           <t>70236906</t>
         </is>
       </c>
-      <c r="C42" t="inlineStr">
+      <c r="C44" t="inlineStr">
         <is>
           <t>70236906</t>
         </is>
       </c>
-      <c r="D42" t="inlineStr">
+      <c r="D44" t="inlineStr">
         <is>
           <t>Conference Paper</t>
         </is>
       </c>
-      <c r="E42" t="inlineStr">
+      <c r="E44" t="inlineStr">
         <is>
           <t>Conference Paper</t>
         </is>
       </c>
-      <c r="G42" t="inlineStr">
+      <c r="G44" t="inlineStr">
         <is>
           <t>Radiation exposure near Chernobyl based on analysis of conifer injury using Thematic Mapper satellite images</t>
         </is>
       </c>
-      <c r="U42" t="inlineStr">
+      <c r="U44" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
-      <c r="V42" t="inlineStr">
+      <c r="V44" t="inlineStr">
         <is>
           <t>English</t>
         </is>
       </c>
-      <c r="W42" t="inlineStr">
+      <c r="W44" t="inlineStr">
         <is>
           <t>OECD Nuclear energy Agency</t>
         </is>
       </c>
-      <c r="Y42" t="inlineStr">
+      <c r="Y44" t="inlineStr">
         <is>
           <t>Earth Resources Observation and Science (EROS) Center</t>
         </is>
       </c>
-      <c r="Z42" t="inlineStr">
+      <c r="Z44" t="inlineStr">
         <is>
           <t>10 p.</t>
         </is>
       </c>
-      <c r="AA42" t="inlineStr">
+      <c r="AA44" t="inlineStr">
         <is>
           <t>Book</t>
         </is>
       </c>
-      <c r="AB42" t="inlineStr">
+      <c r="AB44" t="inlineStr">
         <is>
           <t>Conference publication</t>
         </is>
       </c>
-      <c r="AC42" t="inlineStr">
+      <c r="AC44" t="inlineStr">
         <is>
           <t>Joint CEC/OECD(NEA) workshop on recent advances in reactor accident consequence assessment</t>
         </is>
       </c>
-      <c r="AJ42" t="inlineStr">
+      <c r="AJ44" t="inlineStr">
         <is>
           <t>Joint CEC/OECD(NEA) Workshop on Recent Advances in Reactor Accident Consequence Assessment</t>
         </is>
       </c>
-      <c r="AK42" t="inlineStr">
+      <c r="AK44" t="inlineStr">
         <is>
           <t>Rome, Italy</t>
         </is>
       </c>
-      <c r="AL42" t="inlineStr">
+      <c r="AL44" t="inlineStr">
         <is>
           <t>Jan 25-29, 1988</t>
         </is>
       </c>
-      <c r="AM42" t="inlineStr">
+      <c r="AM44" t="inlineStr">
         <is>
           <t>Ukraine</t>
         </is>
       </c>
-      <c r="AQ42" t="inlineStr">
+      <c r="AQ44" t="inlineStr">
         <is>
           <t>Chernobyl</t>
         </is>
       </c>
-      <c r="AW42" t="inlineStr">
+      <c r="AW44" t="inlineStr">
         <is>
           <t>Goldman, Marvin; Ustin, Susan L.; Warman, Edward A.; Sadowski, F. G.</t>
         </is>
       </c>
-      <c r="AZ42" t="inlineStr">
+      <c r="AZ44" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>